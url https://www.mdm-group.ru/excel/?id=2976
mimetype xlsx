--- v0 (2026-01-03)
+++ v1 (2026-02-25)
@@ -1,182 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="ru" ContentType="application/octet-stream"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины Селена Плюс</t>
   </si>
   <si>
     <t>Серия «Селена плюс» является логическим продолжением серии витрин «Селена». Внешние панели подиумов и фризов выполнены из МДФ, оклеенного пленкой ПВХ, и могут быть различных цветов или с текстурой под дерево. Полки витрин регулируются по высоте, в серии «Селена» такая возможность предусмотрена не была. Благодаря возможности использовать произвольное количество полок, выкладка товара стала более удобна и наглядна.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Светильник LED 1295</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SLN.03P.HWH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: -</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Потребляемая мощность, Вт: 21</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Для витрин: ВП 003</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2948.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="3">
     <border/>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="6">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mdm-group2.ru"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="NAN" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -443,54 +559,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z4"/>
+  <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -509,50 +625,112 @@
             </rPr>
             <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="A7" s="4"/>
+      <c r="B7" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Светильник LED 1295</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SLN.03P.HWH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: -</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Потребляемая мощность, Вт: 21</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: ВП 003</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2948.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>