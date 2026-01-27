--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11.04.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Навесные элементы &amp;quot;GLOBAL AR&amp;quot;</t>
   </si>
   <si>
     <t xml:space="preserve">Навесные элементы AR GLOBAL
 Представляем вам уникальную серию навесных элементов AR GLOBAL состоящую из кронштейнов, штанг и полок, которые сделают ваше торговое пространство не только функциональным, но и стильным. Совместимые с системами GLOBAL, FOURUS и RAMES, эти элементы создадут идеальную организацию и привлекательный вид вашего магазина.
 Основное преимущество AR GLOBAL заключается в его зацепе, который позволяет крепить фронтальные кронштейны и полки для обуви прямо в перфорацию стоек. Забудьте о промежуточных штангах — с AR GLOBAL вы получаете дополнительные возможности в организации вашего торгового пространства. Это значит, что ваши товары всегда будут на своем месте, а покупатели смогут легко их рассмотреть.
 С навесными элементами AR GLOBAL установка перфорированных стоек осуществляется с отступом от начала стены, что позволяет не только оптимизировать пространство, но и создать совершенно новый визуальный облик вашего интерьера. Представьте себе, как ваши клиенты будут восхищаться стильным оформлением и легкостью, с которой они смогут находить нужные товары. 
 Почему стоит выбрать навесные элементы AR GLOBAL?
 1. Удобство и простота установки: Быстрая и легкая установка элементов с помощью уникального зацепа.
 2. Стильный дизайн: Эстетически привлекательный вид, который привлечет внимание ваших клиентов.
 3. Максимальная надежность: Забудьте о беспокойстве за сохранность ваших товаров — крепления AR GLOBAL обеспечивают надежную фиксацию.
 4. Гибкость в организации пространства: Возможность модификации и адаптации под 
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -98,51 +98,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900 </t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">520.00</t>
+      <t xml:space="preserve">530.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 39 \  Штанга пристенная из овальной трубы 30х15 (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.039.C.22450.4N100</t>
@@ -159,51 +159,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8249003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">590.00</t>
+      <t xml:space="preserve">602.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.038.A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -224,51 +224,51 @@
       <t xml:space="preserve">
 Картинка анонса: 8249008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">690.00</t>
+      <t xml:space="preserve">704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.038.B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -285,51 +285,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8249007</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">760.00</t>
+      <t xml:space="preserve">775.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 39 \ Штанга пристенная из овальной трубы 30х15 (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.039.B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -338,51 +338,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">540.00</t>
+      <t xml:space="preserve">551.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.038.C.22450.4N100</t>
@@ -399,51 +399,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">830.00</t>
+      <t xml:space="preserve">847.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS AR 152 \ Кронштейн прямой из овальной трубы (30х15), L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.152.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -456,51 +456,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">265.00</t>
+      <t xml:space="preserve">270.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS AR 153 \ Кронштейн прямой из овальной трубы (30х15), L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.153.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -513,51 +513,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">275.00</t>
+      <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS AR 153OG \ Кронштейн прямой из овальной трубы (30х15) c ограничителями, L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.153OG.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -566,51 +566,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">375.00</t>
+      <t xml:space="preserve">383.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS AR 150 \ Кронштейн наклонный из овальной трубы (30х15), L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.150.22450.4N100</t>
@@ -627,51 +627,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">385.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 109 \ Кронштейн ступенчатый из овальной трубы (30х15), L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.109.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -688,51 +688,51 @@
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900 </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">625.00</t>
+      <t xml:space="preserve">638.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 065 \ Полка для обуви 260х100мм, крепл. в стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.065.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -749,51 +749,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">340.00</t>
+      <t xml:space="preserve">347.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 066 \ Полка для обуви 260х100мм с отгибом, крепл. в стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.066.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -810,51 +810,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">399.00</t>
+      <t xml:space="preserve">407.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 39 \ Штанга пристенная из овальной трубы 30х15 (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.039.C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -863,51 +863,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">620.00</t>
+      <t xml:space="preserve">632.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.038.A.9016MU.25</t>
@@ -928,51 +928,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">725.00</t>
+      <t xml:space="preserve">740.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.038.B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -989,51 +989,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">799.00</t>
+      <t xml:space="preserve">815.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.038.C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1050,51 +1050,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">870.00</t>
+      <t xml:space="preserve">887.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS AR 152 \ Кронштейн прямой из овальной трубы (30х15), L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.152.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1107,51 +1107,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">280.00</t>
+      <t xml:space="preserve">286.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS AR 153 \ Кронштейн прямой из овальной трубы (30х15), L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.153.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1164,51 +1164,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">290.00</t>
+      <t xml:space="preserve">296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS AR 153OG \ Кронштейн прямой из овальной трубы (30х15) c ограничителями, L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.153OG.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1221,51 +1221,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">385.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS AR 150 \ Кронштейн наклонный из овальной трубы (30х15), L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.150.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1278,51 +1278,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">405.00</t>
+      <t xml:space="preserve">413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 109 \ Кронштейн ступенчатый из овальной трубы (30х15), L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.109.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1335,51 +1335,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">655.00</t>
+      <t xml:space="preserve">668.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 065 \ Полка для обуви 260х100мм, крепл. в стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.065.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1396,51 +1396,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">345.00</t>
+      <t xml:space="preserve">352.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.066.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1457,51 +1457,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">420.00</t>
+      <t xml:space="preserve">428.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2655,51 +2655,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11.04.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2731,51 +2731,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900 </t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">520.00</t>
+            <t xml:space="preserve">530.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 39 \  Штанга пристенная из овальной трубы 30х15 (L-1200мм)</t>
           </r>
@@ -2795,51 +2795,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8249003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">590.00</t>
+            <t xml:space="preserve">602.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2865,51 +2865,51 @@
             <t xml:space="preserve">
 Картинка анонса: 8249008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">690.00</t>
+            <t xml:space="preserve">704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.AR.038.B.22450.4N100</t>
           </r>
@@ -2929,51 +2929,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8249007</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">760.00</t>
+            <t xml:space="preserve">775.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 39 \ Штанга пристенная из овальной трубы 30х15 (L-900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2987,51 +2987,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">540.00</t>
+            <t xml:space="preserve">551.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-1200мм)</t>
           </r>
@@ -3051,51 +3051,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">830.00</t>
+            <t xml:space="preserve">847.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS AR 152 \ Кронштейн прямой из овальной трубы (30х15), L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3113,51 +3113,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265.00</t>
+            <t xml:space="preserve">270.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS AR 153 \ Кронштейн прямой из овальной трубы (30х15), L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.AR.153.22450.4N100</t>
           </r>
@@ -3173,51 +3173,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">275.00</t>
+            <t xml:space="preserve">281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS AR 153OG \ Кронштейн прямой из овальной трубы (30х15) c ограничителями, L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3231,51 +3231,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">375.00</t>
+            <t xml:space="preserve">383.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS AR 150 \ Кронштейн наклонный из овальной трубы (30х15), L-400мм</t>
           </r>
@@ -3295,51 +3295,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385.00</t>
+            <t xml:space="preserve">393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 109 \ Кронштейн ступенчатый из овальной трубы (30х15), L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3361,51 +3361,51 @@
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900 </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">625.00</t>
+            <t xml:space="preserve">638.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 065 \ Полка для обуви 260х100мм, крепл. в стойку</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.AR.065.22450.4N100</t>
           </r>
@@ -3425,51 +3425,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">340.00</t>
+            <t xml:space="preserve">347.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 066 \ Полка для обуви 260х100мм с отгибом, крепл. в стойку</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3491,51 +3491,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">399.00</t>
+            <t xml:space="preserve">407.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 39 \ Штанга пристенная из овальной трубы 30х15 (L-1200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.AR.039.C.9016MU.25</t>
           </r>
@@ -3547,51 +3547,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">620.00</t>
+            <t xml:space="preserve">632.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3617,51 +3617,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">725.00</t>
+            <t xml:space="preserve">740.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.AR.038.B.9016MU.25</t>
           </r>
@@ -3681,51 +3681,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">799.00</t>
+            <t xml:space="preserve">815.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-1200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3747,51 +3747,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">870.00</t>
+            <t xml:space="preserve">887.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS AR 152 \ Кронштейн прямой из овальной трубы (30х15), L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.AR.152.9016MU.25</t>
           </r>
@@ -3807,51 +3807,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280.00</t>
+            <t xml:space="preserve">286.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS AR 153 \ Кронштейн прямой из овальной трубы (30х15), L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3869,51 +3869,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">290.00</t>
+            <t xml:space="preserve">296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS AR 153OG \ Кронштейн прямой из овальной трубы (30х15) c ограничителями, L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.AR.153OG.9016MU.25</t>
           </r>
@@ -3929,51 +3929,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385.00</t>
+            <t xml:space="preserve">393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS AR 150 \ Кронштейн наклонный из овальной трубы (30х15), L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3991,51 +3991,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">405.00</t>
+            <t xml:space="preserve">413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 109 \ Кронштейн ступенчатый из овальной трубы (30х15), L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.AR.109.9016MU.25</t>
           </r>
@@ -4051,51 +4051,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">655.00</t>
+            <t xml:space="preserve">668.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 065 \ Полка для обуви 260х100мм, крепл. в стойку</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4117,51 +4117,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">345.00</t>
+            <t xml:space="preserve">352.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-1200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.AR.066.9016MU.25</t>
           </r>
@@ -4181,51 +4181,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не имеет возможности установки при использовании металлических задних стенок и при монтаже задней стенки ЛДСП перед стойками.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">420.00</t>
+            <t xml:space="preserve">428.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>