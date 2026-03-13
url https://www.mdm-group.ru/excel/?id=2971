--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -302,151 +302,151 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">775.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.AR 39 \ Штанга пристенная из овальной трубы 30х15 (L-900мм)</t>
-[...11 lines deleted...]
-Ширина, мм: 900</t>
+      <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-1200мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.AR.038.C.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 310</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">551.00</t>
+      <t xml:space="preserve">847.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-1200мм)</t>
-[...15 lines deleted...]
-Ширина, мм: 1200</t>
+      <t xml:space="preserve">GLS.AR 39 \ Штанга пристенная из овальной трубы 30х15 (L-900мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.AR.039.B.9016MU.25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">847.00</t>
+      <t xml:space="preserve">551.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS AR 152 \ Кронштейн прямой из овальной трубы (30х15), L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.AR.152.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1561,51 +1561,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926476ab_799f_11ef_bd55_0050569cf81d_GLSAR039B224504N100_012.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLS.AR.039.C.22450.4N100_013.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLS.AR.038.C.22450.4N100_014.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLS.AR.038.B.22450.4N100_015.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc02b8ca_fe40_11ef_8ec3_0050569cf81d_GLSAR039B9016MU25_016.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b04c7a8b_799f_11ef_bd55_0050569cf81d_GLSAR038C224504N100_017.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e223d15_799f_11ef_bd55_0050569cf81d_GLSAR152224504N100_018.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50924ca2_799f_11ef_bd55_0050569cf81d_GLSAR153OG224504N100_019.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68728624_799f_11ef_bd55_0050569cf81d_GLSAR153OG224504N100_0110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/806a7bf1_799f_11ef_bd55_0050569cf81d_GLSAR150224504N100_0111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19bd45a9_799f_11ef_bd55_0050569cf81d_GLSAR109224504N100_0112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/230af710_79a0_11ef_bd55_0050569cf81d_GLSAR065224504N100_0113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b6c65ba_79a0_11ef_bd55_0050569cf81d_GLSAR066224504N100_0114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caa8c00_fe40_11ef_8ec3_0050569cf81d_GLSAR039C9016MU25_0115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b497d33_fe40_11ef_8ec3_0050569cf81d_GLSAR038C9016MU25_0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75eae65a_fe40_11ef_8ec3_0050569cf81d_GLSAR038B9016MU25_0117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fdd5c1b_fdc5_11ef_8ec3_0050569cf81d_GLSAR038C9016MU25_0118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbcc51e8_fdc4_11ef_8ec3_0050569cf81d_GLSAR1529016MU25_0119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c8039c_fdc4_11ef_8ec3_0050569cf81d_GLSAR1539016MU25_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdec345c_fdc4_11ef_8ec3_0050569cf81d_GLSAR153OG9016MU25_0121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af5681a4_fdc4_11ef_8ec3_0050569cf81d_GLSAR1509016MU25_0122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4694b27c_fdc5_11ef_8ec3_0050569cf81d_GLSAR1099016MU25_0123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13a5d38d_fdc5_11ef_8ec3_0050569cf81d_GLSAR0659016MU25_0124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301c042b_fdc5_11ef_8ec3_0050569cf81d_GLSAR0669016MU25_0125.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926476ab_799f_11ef_bd55_0050569cf81d_GLSAR039B224504N100_012.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLS.AR.039.C.22450.4N100_013.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLS.AR.038.C.22450.4N100_014.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLS.AR.038.B.22450.4N100_015.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b04c7a8b_799f_11ef_bd55_0050569cf81d_GLSAR038C224504N100_016.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc02b8ca_fe40_11ef_8ec3_0050569cf81d_GLSAR039B9016MU25_017.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e223d15_799f_11ef_bd55_0050569cf81d_GLSAR152224504N100_018.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50924ca2_799f_11ef_bd55_0050569cf81d_GLSAR153OG224504N100_019.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68728624_799f_11ef_bd55_0050569cf81d_GLSAR153OG224504N100_0110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/806a7bf1_799f_11ef_bd55_0050569cf81d_GLSAR150224504N100_0111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19bd45a9_799f_11ef_bd55_0050569cf81d_GLSAR109224504N100_0112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/230af710_79a0_11ef_bd55_0050569cf81d_GLSAR065224504N100_0113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b6c65ba_79a0_11ef_bd55_0050569cf81d_GLSAR066224504N100_0114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caa8c00_fe40_11ef_8ec3_0050569cf81d_GLSAR039C9016MU25_0115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b497d33_fe40_11ef_8ec3_0050569cf81d_GLSAR038C9016MU25_0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75eae65a_fe40_11ef_8ec3_0050569cf81d_GLSAR038B9016MU25_0117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fdd5c1b_fdc5_11ef_8ec3_0050569cf81d_GLSAR038C9016MU25_0118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbcc51e8_fdc4_11ef_8ec3_0050569cf81d_GLSAR1529016MU25_0119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c8039c_fdc4_11ef_8ec3_0050569cf81d_GLSAR1539016MU25_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdec345c_fdc4_11ef_8ec3_0050569cf81d_GLSAR153OG9016MU25_0121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af5681a4_fdc4_11ef_8ec3_0050569cf81d_GLSAR1509016MU25_0122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4694b27c_fdc5_11ef_8ec3_0050569cf81d_GLSAR1099016MU25_0123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13a5d38d_fdc5_11ef_8ec3_0050569cf81d_GLSAR0659016MU25_0124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301c042b_fdc5_11ef_8ec3_0050569cf81d_GLSAR0669016MU25_0125.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2951,154 +2951,154 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">775.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.AR 39 \ Штанга пристенная из овальной трубы 30х15 (L-900мм)</t>
-[...11 lines deleted...]
-Ширина, мм: 900</t>
+            <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-1200мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.AR.038.C.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 310</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">551.00</t>
+            <t xml:space="preserve">847.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.AR 38 \ Штанга дистанционная из овальной трубы 30х15 (L-1200мм)</t>
-[...15 lines deleted...]
-Ширина, мм: 1200</t>
+            <t xml:space="preserve">GLS.AR 39 \ Штанга пристенная из овальной трубы 30х15 (L-900мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.AR.039.B.9016MU.25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">847.00</t>
+            <t xml:space="preserve">551.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS AR 152 \ Кронштейн прямой из овальной трубы (30х15), L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.AR.152.22450.4N100</t>
           </r>
           <r>