--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">03.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>UNIFIT 32</t>
   </si>
   <si>
     <t xml:space="preserve">UNIFIT 32 — современное решение для тех, кто ценит гибкость и функциональность. Эта универсальная система основана на прочной стальной трубе Д-32мм и алюминиевых соединителях, обеспечивающих надёжную и долговечную сборку. 
 Идеально подходит для проектирования и сборки различных конструкций для:
 - Торгового оборудования, которое выделится своей оригинальностью и практичностью.
 - Мебели для дома и офиса, где каждый элемент можно адаптировать под личные предпочтения и пространство. 
 - Сантехнических перегородок, которые гармонично вписываются в интерьеры любого стиля.
 - Выставочных стендов, способных привлечь внимание благодаря своей уникальности и мобильности. 
 - Гардеробных систем, позволяющих рационально использовать пространство и организовать хранение вещей. 
 Благодаря простоте сборки и универсальности компонентов UNIFIT 32 открывает новые горизонты для дизайнерских идей и позволяет воплощать их с минимальными усилиями. Смотрите Презентацию серии.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
@@ -109,51 +109,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Упаковка по 6 штук. Порошково-полимерное покрытие.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">790.00</t>
+      <t xml:space="preserve">806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 106 \ Стойка перфорированная (одностор.) 32x2400 (t-1,2мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.106.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32 </t>
@@ -178,51 +178,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стойка имеет перфорацию 25х15, шаг 50мм. Отступ снизу до первой перфорации 300мм, отступ сверху до первой перфораци 175мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1150.00</t>
+      <t xml:space="preserve">1173.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 107 \ Стойка перфорированная (двухсторон.) 32x2400 (t-1,2мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.107.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32 </t>
@@ -247,51 +247,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стойка имеет перфорацию 25х15, шаг 50мм. Отступ снизу до первой перфорации 300мм, отступ сверху до первой перфораци 175мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1550.00</t>
+      <t xml:space="preserve">1581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 108 \ Стойка перфорированная (одностор.) 32x3000 (t-1,2мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.108.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32 </t>
@@ -316,51 +316,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стойка имеет перфорацию 25х15, шаг 50мм. Отступ снизу до первой перфорации 300мм, отступ сверху до первой перфораци 175мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1370.00</t>
+      <t xml:space="preserve">1397.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 109 \ Стойка перфорированная (двухсторон.) 32x3000 (t-1,2мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.109.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32 </t>
@@ -385,51 +385,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стойка имеет перфорацию 25х15, шаг 50мм. Отступ снизу до первой перфорации 300мм, отступ сверху до первой перфораци 175мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1999.00</t>
+      <t xml:space="preserve">2039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-1 (d-32мм) \ Соединитель(2-х труб)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.001.32.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -446,51 +446,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединитель для 2-х перпендикулярных труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-6 (d-32мм) \ Соединитель(перпендикулярный 2-х труб)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.006.32.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -507,51 +507,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединитель для 2-х перпендикулярных труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">148.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-21 (d-32мм) \ Соединитель(перпендикулярный 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.021.32.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -568,51 +568,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединитель для 2-х перпендикулярных труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">299.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-4 (d-32мм) \ Соединитель(угловой 3-х труб)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.004.32.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -629,51 +629,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединитель для 3-х перпендикулярных труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">335.00</t>
+      <t xml:space="preserve">342.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-22 (d-32мм) \ Соединитель(перпендикулярный 3-х труб, поворотный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.022C.32.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -690,51 +690,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединитель для 3-х  труб,с  возможностью регулировки угла двух встречных труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-15 c (D=32мм) \ Консоль(крепления плоскости, t-3,2мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.015CT.32.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -751,51 +751,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота 15мм, диаметр фланца 61мм, винт в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">75.48</t>
+      <t xml:space="preserve">76.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-15 h (d-32мм) \ Консоль (крепления к плоскости), h-40мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.015H.32.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -812,51 +812,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота 37мм, диаметр фланца 61мм, винт в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">204.00</t>
+      <t xml:space="preserve">208.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-651 (d-32мм) \ Держатель(трубы проходной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.651.32.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -873,51 +873,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможна регулировки по высоте, от 85мм до 105мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">257.00</t>
+      <t xml:space="preserve">262.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-652 (d-32мм) \ Держатель(трубы завершающий)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.652.32.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -934,51 +934,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможна регулировки по высоте, от 85мм до 105мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">275.00</t>
+      <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 101 \ Полкодержатель в перфорированную стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.101.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32 </t>
@@ -1003,51 +1003,51 @@
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полкодержатель устанавливается в перфорацию стоек UNF.106-109 и служит для размещения полок из ЛДСП и стекла.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">225.00</t>
+      <t xml:space="preserve">230.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 102 \ Полкодержатель угловой для UNOP.004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.102.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Сталь</t>
@@ -1060,51 +1060,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полкодержатель устанавливается в угловой соеденитель UNOP.004 и служи для размещения полки из лдсп и стекла.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 103 \ Переходник для трубы 32мм и горизонтальной плиты </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.103.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Сталь</t>
@@ -1117,51 +1117,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для крепления горизонтальной плиты к трубе 32мм, переходник крепится саморезом по дереву через сквозное отверстие в трубе. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">68.00</t>
+      <t xml:space="preserve">69.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 104 \ Соединитель трубы 32мм и вертикальной плиты</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.104.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Сталь</t>
@@ -1174,51 +1174,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для крепления вертикальной  плиты к трубе 32мм, переходник крепится саморезом по металлу к трубе в необходимом месте, далее к переходнику крепится вертикальная плита.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.00</t>
+      <t xml:space="preserve">58.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Труборез  ручной для круглой трубы  5-32 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.TRR.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1227,51 +1227,51 @@
       <t xml:space="preserve">
 Диаметр, мм:  5-32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">489.00</t>
+      <t xml:space="preserve">499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Заглушка внутренняя для труб диаметром 32 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 32ПЧK</t>
@@ -1292,51 +1292,51 @@
       <t xml:space="preserve">
 Производитель:  Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможна регулировки по высоте, от 85мм до 105мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17.00</t>
+      <t xml:space="preserve">17.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Заглушка с резьбой М10 для труб диаметром 32 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 32M10ЧC</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1349,51 +1349,51 @@
       <t xml:space="preserve">
 Материал: Пластик/Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель:  Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.00</t>
+      <t xml:space="preserve">60.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Наконечник пластиковый для труб круглого сечения с внешним диаметром 32 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: H32ЧK</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1406,51 +1406,51 @@
       <t xml:space="preserve">
 Материал: Пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43.00</t>
+      <t xml:space="preserve">43.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 001 \ Вешало однорядное L1200 H1500 G500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.001.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
@@ -1475,51 +1475,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг. Перемещение вешала под нагрузкой не рекомендуется.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2999.00</t>
+      <t xml:space="preserve">3059.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 002 \ Вешало A-frame однорядное L1200 H1500 G500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.002.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
@@ -1544,51 +1544,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг. Перемещение вешала под нагрузкой не рекомендуется. Полка в комплект не входит.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5400.00</t>
+      <t xml:space="preserve">5508.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 003 \ Вешало двухрядное L1200 H1500 G700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.003.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
@@ -1613,51 +1613,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 80 кг. Перемещение вешала под нагрузкой не рекомендуется.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6180.00</t>
+      <t xml:space="preserve">6304.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 004 \  Вешало Т образное H1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.004.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
@@ -1682,51 +1682,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 40 кг. Перемещение вешала под нагрузкой не рекомендуется.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3999.00</t>
+      <t xml:space="preserve">4079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 005 \ Вешало -Стеллаж L1200 H1500 G500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.005.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
@@ -1751,51 +1751,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг. Перемещение вешала под нагрузкой не рекомендуется. Колесные опоры и полки в комплект не входят.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9500.00</t>
+      <t xml:space="preserve">9690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 006 \  Секция пристенная для боковой развески L1800 H1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.006.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
@@ -1820,51 +1820,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг.  Полка в комплект не входит.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3999.00</t>
+      <t xml:space="preserve">4079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 007 \  Стойка пристенная, для фронтальной развески H1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.007.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
@@ -1889,51 +1889,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 20 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2550.00</t>
+      <t xml:space="preserve">2601.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 008 \ Каркас стеллажа пристенного  (2 стойки 8 кронштейнов) без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.008.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
@@ -1958,51 +1958,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг.  Полки в комплект не входят.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3650.00</t>
+      <t xml:space="preserve">3723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 009 \  Каркас стола малый (без столешницы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.009.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
@@ -2031,51 +2031,51 @@
       <t xml:space="preserve">
 Картинка анонса: 8252626</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг.  Полка в комплект не входит.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2635.00</t>
+      <t xml:space="preserve">2688.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNF - 011 \ Каркас стола большой (без столешницы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNF.011.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
@@ -2100,51 +2100,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг.  Полка в комплект не входит.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6350.00</t>
+      <t xml:space="preserve">6477.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3538,51 +3538,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">03.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3626,51 +3626,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Упаковка по 6 штук. Порошково-полимерное покрытие.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">790.00</t>
+            <t xml:space="preserve">806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 106 \ Стойка перфорированная (одностор.) 32x2400 (t-1,2мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNF.106.22450.4N100</t>
           </r>
@@ -3698,51 +3698,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стойка имеет перфорацию 25х15, шаг 50мм. Отступ снизу до первой перфорации 300мм, отступ сверху до первой перфораци 175мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1150.00</t>
+            <t xml:space="preserve">1173.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 107 \ Стойка перфорированная (двухсторон.) 32x2400 (t-1,2мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3772,51 +3772,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стойка имеет перфорацию 25х15, шаг 50мм. Отступ снизу до первой перфорации 300мм, отступ сверху до первой перфораци 175мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1550.00</t>
+            <t xml:space="preserve">1581.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 108 \ Стойка перфорированная (одностор.) 32x3000 (t-1,2мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNF.108.22450.4N100</t>
           </r>
@@ -3844,51 +3844,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стойка имеет перфорацию 25х15, шаг 50мм. Отступ снизу до первой перфорации 300мм, отступ сверху до первой перфораци 175мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1370.00</t>
+            <t xml:space="preserve">1397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 109 \ Стойка перфорированная (двухсторон.) 32x3000 (t-1,2мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3918,51 +3918,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стойка имеет перфорацию 25х15, шаг 50мм. Отступ снизу до первой перфорации 300мм, отступ сверху до первой перфораци 175мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1999.00</t>
+            <t xml:space="preserve">2039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-1 (d-32мм) \ Соединитель(2-х труб)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.001.32.BL.MU</t>
           </r>
@@ -3982,51 +3982,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединитель для 2-х перпендикулярных труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-6 (d-32мм) \ Соединитель(перпендикулярный 2-х труб)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4048,51 +4048,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединитель для 2-х перпендикулярных труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">148.00</t>
+            <t xml:space="preserve">151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-21 (d-32мм) \ Соединитель(перпендикулярный 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.021.32.BL.MU</t>
           </r>
@@ -4112,51 +4112,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединитель для 2-х перпендикулярных труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">299.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-4 (d-32мм) \ Соединитель(угловой 3-х труб)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4178,51 +4178,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединитель для 3-х перпендикулярных труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">335.00</t>
+            <t xml:space="preserve">342.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-22 (d-32мм) \ Соединитель(перпендикулярный 3-х труб, поворотный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.022C.32.BL.MU</t>
           </r>
@@ -4242,51 +4242,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединитель для 3-х  труб,с  возможностью регулировки угла двух встречных труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-15 c (D=32мм) \ Консоль(крепления плоскости, t-3,2мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4308,51 +4308,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота 15мм, диаметр фланца 61мм, винт в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75.48</t>
+            <t xml:space="preserve">76.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-15 h (d-32мм) \ Консоль (крепления к плоскости), h-40мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.015H.32.BL.MU</t>
           </r>
@@ -4372,51 +4372,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота 37мм, диаметр фланца 61мм, винт в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">204.00</t>
+            <t xml:space="preserve">208.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-651 (d-32мм) \ Держатель(трубы проходной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4438,51 +4438,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможна регулировки по высоте, от 85мм до 105мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">257.00</t>
+            <t xml:space="preserve">262.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-652 (d-32мм) \ Держатель(трубы завершающий)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.652.32.BL.MU</t>
           </r>
@@ -4502,51 +4502,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможна регулировки по высоте, от 85мм до 105мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">275.00</t>
+            <t xml:space="preserve">281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 101 \ Полкодержатель в перфорированную стойку</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4576,51 +4576,51 @@
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полкодержатель устанавливается в перфорацию стоек UNF.106-109 и служит для размещения полок из ЛДСП и стекла.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">225.00</t>
+            <t xml:space="preserve">230.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 102 \ Полкодержатель угловой для UNOP.004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNF.102.22450.4N100</t>
           </r>
@@ -4636,51 +4636,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полкодержатель устанавливается в угловой соеденитель UNOP.004 и служи для размещения полки из лдсп и стекла.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 103 \ Переходник для трубы 32мм и горизонтальной плиты </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4698,51 +4698,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для крепления горизонтальной плиты к трубе 32мм, переходник крепится саморезом по дереву через сквозное отверстие в трубе. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">68.00</t>
+            <t xml:space="preserve">69.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 104 \ Соединитель трубы 32мм и вертикальной плиты</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNF.104.22450.4N100</t>
           </r>
@@ -4758,51 +4758,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для крепления вертикальной  плиты к трубе 32мм, переходник крепится саморезом по металлу к трубе в необходимом месте, далее к переходнику крепится вертикальная плита.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.00</t>
+            <t xml:space="preserve">58.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Труборез  ручной для круглой трубы  5-32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4816,51 +4816,51 @@
             <t xml:space="preserve">
 Диаметр, мм:  5-32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">489.00</t>
+            <t xml:space="preserve">499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Заглушка внутренняя для труб диаметром 32 мм</t>
           </r>
@@ -4884,51 +4884,51 @@
             <t xml:space="preserve">
 Производитель:  Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможна регулировки по высоте, от 85мм до 105мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17.00</t>
+            <t xml:space="preserve">17.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Заглушка с резьбой М10 для труб диаметром 32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4946,51 +4946,51 @@
             <t xml:space="preserve">
 Материал: Пластик/Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель:  Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.00</t>
+            <t xml:space="preserve">60.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Наконечник пластиковый для труб круглого сечения с внешним диаметром 32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: H32ЧK</t>
           </r>
@@ -5006,51 +5006,51 @@
             <t xml:space="preserve">
 Материал: Пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43.00</t>
+            <t xml:space="preserve">43.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 001 \ Вешало однорядное L1200 H1500 G500</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5080,51 +5080,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг. Перемещение вешала под нагрузкой не рекомендуется.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2999.00</t>
+            <t xml:space="preserve">3059.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 002 \ Вешало A-frame однорядное L1200 H1500 G500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNF.002.22450.4N100</t>
           </r>
@@ -5152,51 +5152,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг. Перемещение вешала под нагрузкой не рекомендуется. Полка в комплект не входит.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5400.00</t>
+            <t xml:space="preserve">5508.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 003 \ Вешало двухрядное L1200 H1500 G700</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5226,51 +5226,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 80 кг. Перемещение вешала под нагрузкой не рекомендуется.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6180.00</t>
+            <t xml:space="preserve">6304.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 004 \  Вешало Т образное H1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNF.004.22450.4N100</t>
           </r>
@@ -5298,51 +5298,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 40 кг. Перемещение вешала под нагрузкой не рекомендуется.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3999.00</t>
+            <t xml:space="preserve">4079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 005 \ Вешало -Стеллаж L1200 H1500 G500</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5372,51 +5372,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг. Перемещение вешала под нагрузкой не рекомендуется. Колесные опоры и полки в комплект не входят.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9500.00</t>
+            <t xml:space="preserve">9690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 006 \  Секция пристенная для боковой развески L1800 H1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNF.006.22450.4N100</t>
           </r>
@@ -5444,51 +5444,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг.  Полка в комплект не входит.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3999.00</t>
+            <t xml:space="preserve">4079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 007 \  Стойка пристенная, для фронтальной развески H1500</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5518,51 +5518,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 20 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2550.00</t>
+            <t xml:space="preserve">2601.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 008 \ Каркас стеллажа пристенного  (2 стойки 8 кронштейнов) без полок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNF.008.22450.4N100</t>
           </r>
@@ -5590,51 +5590,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг.  Полки в комплект не входят.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3650.00</t>
+            <t xml:space="preserve">3723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 009 \  Каркас стола малый (без столешницы)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5668,51 +5668,51 @@
             <t xml:space="preserve">
 Картинка анонса: 8252626</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг.  Полка в комплект не входит.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2635.00</t>
+            <t xml:space="preserve">2688.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNF - 011 \ Каркас стола большой (без столешницы)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNF.011.22450.4N100</t>
           </r>
@@ -5740,51 +5740,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Распределенная нагрузка до 60 кг.  Полка в комплект не входит.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6350.00</t>
+            <t xml:space="preserve">6477.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>