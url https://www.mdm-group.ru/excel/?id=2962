--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17.03.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система  GLOBAL LITE в цветах черный и белый муар</t>
   </si>
   <si>
     <t xml:space="preserve">Модульная систем GLOBAL LITE – это новая версия популярной серии GLOBAL.Благодаря оптимизации технических процессов и сырьевой базы, новая версия популярной серии GLOBAL соответствует современным требованиям по цене и качеству. Изготавливается на собственном производстве нашей компании.
 Основные элементы:
 L-образные пристенные и островные T-образные стойки из трубы сечением 40х25х2мм
 П-образная настенная перфорированная стойка 30х25х1,6мм
 Навесные элементы: штанги из овальной трубы 30х15мм, полкодержатели и соединители стоек.
 Навесные элементы серии GLOBAL совместимы с серией GLOBAL LITE, за исключением элементов, которые устанавливаются между стоек: задние стенки из ЛДСП, соединители стоек, держатели нижних полок и нижние полки.
 Цвета складской программы: черный и белый муар
 Допустимая распределенная нагрузная способность:
 L и T - образные стойки из трубы 40х25х2мм: до 45кг на полку
 П-образная стойка 30х25х1,6мм: до 35кг на полку
 Штанги GLS.LT.038 и 039: до 30кг на штангу
 Полкодержатели GLS.LT.023: до 30кг на полку
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
@@ -109,51 +109,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на полку 35 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">920.00</t>
+      <t xml:space="preserve">938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 1 (1,8) \ Стойка 23x30x23 L-2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.001.1.8.V2.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -162,51 +162,51 @@
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1.8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">714.00</t>
+      <t xml:space="preserve">728.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 210 \ Стойка гондолы (L-1515мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.210.22450.4N100</t>
@@ -231,51 +231,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба 40х25мм, толщина 2мм. Нагрузка на полку до 45 кг. Регулируемые опоры в комплект не входят.  Шаг перфорации 50мм. Для соединителей GLS.LT.212</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2710.00</t>
+      <t xml:space="preserve">2764.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 209 \ Стойка L-образная (L-2395мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.209.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -361,51 +361,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">450.00</t>
+      <t xml:space="preserve">459.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 38 \ Штанга (L=900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.038B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -426,51 +426,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">529.00</t>
+      <t xml:space="preserve">540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 38 \ Штанга (L=1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.038C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -491,51 +491,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">590.00</t>
+      <t xml:space="preserve">602.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 39 \ Штанга (L=600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.039A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -552,51 +552,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">290.00</t>
+      <t xml:space="preserve">296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 39 \ Штанга (L=900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.039B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -613,51 +613,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">350.00</t>
+      <t xml:space="preserve">357.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 39 \ Штанга (L=1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.039C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -674,51 +674,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023C.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -739,51 +739,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \  Полкодержатель(левый, L=250 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023D.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -804,51 +804,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">97.00</t>
+      <t xml:space="preserve">98.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023A.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -869,51 +869,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=400 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023B.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -934,51 +934,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(правый, L=200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023C.R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -999,51 +999,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(правый, L=250 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023D.R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1064,51 +1064,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">97.00</t>
+      <t xml:space="preserve">98.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(правый, L=300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023A.R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1129,51 +1129,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(правый, L=400 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023B.R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1194,51 +1194,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 211A \ Соединитель L- образных стоек LT, L-600мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.211.A.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1251,51 +1251,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">410.00</t>
+      <t xml:space="preserve">418.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 211B \ Соединитель L- образных стоек LT, L-900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.211.B.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1316,51 +1316,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба 40х25мм, толщина 2мм. Нагрузка на полку до 45 кг. Регулируемые опоры в комплект не входят.  Шаг перфорации 50мм. Для соединителей GLS.LT.211. При неоходимости стойку можно крепить к стене.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">460.00</t>
+      <t xml:space="preserve">469.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 211C \ Соединитель L- образных стоек LT, L-1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.211.C.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1373,51 +1373,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">500.00</t>
+      <t xml:space="preserve">510.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 212A \ Соединитель для стоек гондол LT, L-600мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.212.A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1430,51 +1430,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">580.00</t>
+      <t xml:space="preserve">592.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 212B \ Соединитель для стоек гондол LT, L-900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.212.B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1487,51 +1487,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">740.00</t>
+      <t xml:space="preserve">755.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 212C \ Соединитель для стоек гондол LT, L-1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.212.C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1544,100 +1544,100 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">850.00</t>
+      <t xml:space="preserve">867.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 213 \ Усилитель гондолы для T-стоек GLSLT 210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.213.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.210. Используется при отсутствии задних стенок во избежание раскачивания стоек. Крепление в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">170.00</t>
+      <t xml:space="preserve">173.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Type 1S.V3  Стойка Global </t>
@@ -1662,51 +1662,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на полку 35 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">980.00</t>
+      <t xml:space="preserve">1000.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 210 \ Стойка гондолы (L-1515мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.210.9016.MU25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1727,51 +1727,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба 40х25мм, толщина 2мм. Нагрузка на полку до 45 кг. Регулируемые опоры в комплект не входят.  Шаг перфорации 50мм. Для соединителей GLS.LT.211. При неоходимости стойку можно крепить к стене.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2890.00</t>
+      <t xml:space="preserve">2948.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 209 \ Стойка L-образная (L-2395мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.209.9016.MU25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
@@ -1792,51 +1792,51 @@
       <t xml:space="preserve">
 Примечание: Труба 40х25мм, толщина 2мм. Нагрузка на полку до 45 кг. Регулируемые опоры в комплект не входят.  Шаг перфорации 50мм. Для соединителей GLS.LT.211. При неоходимости стойку можно крепить к стене.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3220.00</t>
+      <t xml:space="preserve">3284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 38 \ Штанга (L=600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.038A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1857,51 +1857,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">490.00</t>
+      <t xml:space="preserve">500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 38 \ Штанга (L=900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.038B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1922,51 +1922,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">570.00</t>
+      <t xml:space="preserve">581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 38 \ Штанга (L=1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.038C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1987,51 +1987,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">640.00</t>
+      <t xml:space="preserve">653.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 39 \ Штанга (L=600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.039A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2048,51 +2048,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">320.00</t>
+      <t xml:space="preserve">326.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 39 \ Штанга (L=900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.039B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2109,51 +2109,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">380.00</t>
+      <t xml:space="preserve">388.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 39 \ Штанга (L=1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.039C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2170,51 +2170,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">470.00</t>
+      <t xml:space="preserve">479.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023C.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2235,51 +2235,51 @@
       <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.00</t>
+      <t xml:space="preserve">100.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=250 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023D.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2300,51 +2300,51 @@
       <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023A.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2365,51 +2365,51 @@
       <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">118.00</t>
+      <t xml:space="preserve">120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=400 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023B.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2430,51 +2430,51 @@
       <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">136.00</t>
+      <t xml:space="preserve">139.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23R \ Полкодержатель(правый, L=200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023C.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2495,51 +2495,51 @@
       <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.00</t>
+      <t xml:space="preserve">100.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23R \ Полкодержатель(правый, L=250 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023D.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2560,51 +2560,51 @@
       <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23R \ Полкодержатель(правый, L=300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023A.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2625,51 +2625,51 @@
       <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">118.00</t>
+      <t xml:space="preserve">120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23R \ Полкодержатель(правый, L=400 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023B.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2690,51 +2690,51 @@
       <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">136.00</t>
+      <t xml:space="preserve">139.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 211A \ Соединитель L- образных стоек LT, L-600мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.211.A.V2.9016.MU25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2747,51 +2747,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">420.00</t>
+      <t xml:space="preserve">428.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 211B \ Соединитель L- образных стоек LT, L-900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.211.B.V2.9016.MU25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2804,51 +2804,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">490.00</t>
+      <t xml:space="preserve">500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 211C \ Соединитель L- образных стоек LT, L-1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.211.C.V2.9016.MU25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2861,51 +2861,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">520.00</t>
+      <t xml:space="preserve">530.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 212A \ Соединитель для стоек гондол LT, L-600мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.212.A.9016.MU25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2918,51 +2918,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">620.00</t>
+      <t xml:space="preserve">632.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 212B \ Соединитель для стоек гондол LT, L-900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.212.B.9016.MU25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2975,51 +2975,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">760.00</t>
+      <t xml:space="preserve">775.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 212C \ Соединитель для стоек гондол LT, L-1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.212.C.9016.MU25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3032,51 +3032,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">900.00</t>
+      <t xml:space="preserve">918.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSLT 213 \ Усилитель гондолы для T-стоек GLSLT 210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.213.9016.MU25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3093,51 +3093,51 @@
       <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.210. Крепление в комплекте. Испозуется при отсутсвие задних стенок. Что бы избежать раскачивания стоек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8224093</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">190.00</t>
+      <t xml:space="preserve">194.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT-019-1A \ Держатель нижней полки (1 шт, L=600 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.019-1A.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -3150,51 +3150,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется 2 штуки, для установки нижней полки из ЛДСП.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">169.00</t>
+      <t xml:space="preserve">172.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT-019-1B \ Держатель нижней полки (1 шт, L=900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.019-1B.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -3207,51 +3207,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется 2 штуки, для установки нижней полки из ЛДСП.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT-019-1C \ Держатель нижней полки (1 шт, L=1200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.019-1C.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -3264,51 +3264,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется 2 штуки, для установки нижней полки из ЛДСП.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">300.00</t>
+      <t xml:space="preserve">306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -5302,51 +5302,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17.03.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5386,51 +5386,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на полку 35 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">920.00</t>
+            <t xml:space="preserve">938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 1 (1,8) \ Стойка 23x30x23 L-2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.001.1.8.V2.BL.MU</t>
           </r>
@@ -5442,51 +5442,51 @@
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1.8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">714.00</t>
+            <t xml:space="preserve">728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5516,51 +5516,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба 40х25мм, толщина 2мм. Нагрузка на полку до 45 кг. Регулируемые опоры в комплект не входят.  Шаг перфорации 50мм. Для соединителей GLS.LT.212</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2710.00</t>
+            <t xml:space="preserve">2764.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 209 \ Стойка L-образная (L-2395мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.209.22450.4N100</t>
           </r>
@@ -5654,51 +5654,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">450.00</t>
+            <t xml:space="preserve">459.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 38 \ Штанга (L=900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.038B.22450.4N100</t>
           </r>
@@ -5722,51 +5722,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">529.00</t>
+            <t xml:space="preserve">540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 38 \ Штанга (L=1200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5792,51 +5792,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">590.00</t>
+            <t xml:space="preserve">602.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 39 \ Штанга (L=600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.039A.22450.4N100</t>
           </r>
@@ -5856,51 +5856,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">290.00</t>
+            <t xml:space="preserve">296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 39 \ Штанга (L=900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5922,51 +5922,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350.00</t>
+            <t xml:space="preserve">357.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 39 \ Штанга (L=1200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.039C.22450.4N100</t>
           </r>
@@ -5986,51 +5986,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6056,51 +6056,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \  Полкодержатель(левый, L=250 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.023D.L.22450.4N100</t>
           </r>
@@ -6124,51 +6124,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">97.00</t>
+            <t xml:space="preserve">98.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6194,51 +6194,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=400 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.023B.L.22450.4N100</t>
           </r>
@@ -6262,51 +6262,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(правый, L=200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6332,51 +6332,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(правый, L=250 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.023D.R.22450.4N100</t>
           </r>
@@ -6400,51 +6400,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">97.00</t>
+            <t xml:space="preserve">98.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(правый, L=300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6470,51 +6470,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(правый, L=400 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.023B.R.22450.4N100</t>
           </r>
@@ -6538,51 +6538,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 211A \ Соединитель L- образных стоек LT, L-600мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6600,51 +6600,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">410.00</t>
+            <t xml:space="preserve">418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 211B \ Соединитель L- образных стоек LT, L-900мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.211.B.V2.22450.4N100</t>
           </r>
@@ -6668,51 +6668,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба 40х25мм, толщина 2мм. Нагрузка на полку до 45 кг. Регулируемые опоры в комплект не входят.  Шаг перфорации 50мм. Для соединителей GLS.LT.211. При неоходимости стойку можно крепить к стене.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">460.00</t>
+            <t xml:space="preserve">469.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 211C \ Соединитель L- образных стоек LT, L-1200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6730,51 +6730,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">500.00</t>
+            <t xml:space="preserve">510.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 212A \ Соединитель для стоек гондол LT, L-600мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.212.A.22450.4N100</t>
           </r>
@@ -6790,51 +6790,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">580.00</t>
+            <t xml:space="preserve">592.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 212B \ Соединитель для стоек гондол LT, L-900мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6852,51 +6852,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">740.00</t>
+            <t xml:space="preserve">755.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 212C \ Соединитель для стоек гондол LT, L-1200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.212.C.22450.4N100</t>
           </r>
@@ -6912,51 +6912,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">850.00</t>
+            <t xml:space="preserve">867.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 213 \ Усилитель гондолы для T-стоек GLSLT 210</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6966,51 +6966,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.210. Используется при отсутствии задних стенок во избежание раскачивания стоек. Крепление в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170.00</t>
+            <t xml:space="preserve">173.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7038,51 +7038,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на полку 35 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">980.00</t>
+            <t xml:space="preserve">1000.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 210 \ Стойка гондолы (L-1515мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7108,51 +7108,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба 40х25мм, толщина 2мм. Нагрузка на полку до 45 кг. Регулируемые опоры в комплект не входят.  Шаг перфорации 50мм. Для соединителей GLS.LT.211. При неоходимости стойку можно крепить к стене.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2890.00</t>
+            <t xml:space="preserve">2948.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 209 \ Стойка L-образная (L-2395мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.209.9016.MU25</t>
           </r>
@@ -7176,51 +7176,51 @@
             <t xml:space="preserve">
 Примечание: Труба 40х25мм, толщина 2мм. Нагрузка на полку до 45 кг. Регулируемые опоры в комплект не входят.  Шаг перфорации 50мм. Для соединителей GLS.LT.211. При неоходимости стойку можно крепить к стене.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3220.00</t>
+            <t xml:space="preserve">3284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 38 \ Штанга (L=600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7246,51 +7246,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">490.00</t>
+            <t xml:space="preserve">500.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 38 \ Штанга (L=900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.038B.9016MU.25</t>
           </r>
@@ -7314,51 +7314,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">570.00</t>
+            <t xml:space="preserve">581.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 38 \ Штанга (L=1200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7384,51 +7384,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">640.00</t>
+            <t xml:space="preserve">653.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 39 \ Штанга (L=600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.039A.9016MU.25</t>
           </r>
@@ -7448,51 +7448,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">320.00</t>
+            <t xml:space="preserve">326.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 39 \ Штанга (L=900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7514,51 +7514,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">380.00</t>
+            <t xml:space="preserve">388.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 39 \ Штанга (L=1200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.039C.9016MU.25</t>
           </r>
@@ -7578,51 +7578,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 30 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">470.00</t>
+            <t xml:space="preserve">479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7648,51 +7648,51 @@
             <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.00</t>
+            <t xml:space="preserve">100.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=250 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.023D.L.9016MU.25</t>
           </r>
@@ -7716,51 +7716,51 @@
             <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7786,51 +7786,51 @@
             <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">118.00</t>
+            <t xml:space="preserve">120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель(левый, L=400 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.023B.L.9016MU.25</t>
           </r>
@@ -7854,51 +7854,51 @@
             <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">136.00</t>
+            <t xml:space="preserve">139.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23R \ Полкодержатель(правый, L=200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7924,51 +7924,51 @@
             <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.00</t>
+            <t xml:space="preserve">100.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23R \ Полкодержатель(правый, L=250 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.023D.R.9016MU.25</t>
           </r>
@@ -7992,51 +7992,51 @@
             <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23R \ Полкодержатель(правый, L=300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8062,51 +8062,51 @@
             <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">118.00</t>
+            <t xml:space="preserve">120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23R \ Полкодержатель(правый, L=400 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.023B.R.9016MU.25</t>
           </r>
@@ -8130,51 +8130,51 @@
             <t xml:space="preserve">
 Примечание: Цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">136.00</t>
+            <t xml:space="preserve">139.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 211A \ Соединитель L- образных стоек LT, L-600мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8192,51 +8192,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">420.00</t>
+            <t xml:space="preserve">428.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 211B \ Соединитель L- образных стоек LT, L-900мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.211.B.V2.9016.MU25</t>
           </r>
@@ -8252,51 +8252,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">490.00</t>
+            <t xml:space="preserve">500.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 211C \ Соединитель L- образных стоек LT, L-1200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8314,51 +8314,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">520.00</t>
+            <t xml:space="preserve">530.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 212A \ Соединитель для стоек гондол LT, L-600мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.212.A.9016.MU25</t>
           </r>
@@ -8374,51 +8374,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">620.00</t>
+            <t xml:space="preserve">632.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 212B \ Соединитель для стоек гондол LT, L-900мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8436,51 +8436,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">760.00</t>
+            <t xml:space="preserve">775.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 212C \ Соединитель для стоек гондол LT, L-1200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.212.C.9016.MU25</t>
           </r>
@@ -8496,51 +8496,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.209. Крепеж в комплекте. Необходимо минимум 2 соденителя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">900.00</t>
+            <t xml:space="preserve">918.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSLT 213 \ Усилитель гондолы для T-стоек GLSLT 210</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8562,51 +8562,51 @@
             <t xml:space="preserve">
 Примечание: Для стоек GLS.LT.210. Крепление в комплекте. Испозуется при отсутсвие задних стенок. Что бы избежать раскачивания стоек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8224093</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">190.00</t>
+            <t xml:space="preserve">194.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT-019-1A \ Держатель нижней полки (1 шт, L=600 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.019-1A.GR</t>
           </r>
@@ -8622,51 +8622,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется 2 штуки, для установки нижней полки из ЛДСП.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">169.00</t>
+            <t xml:space="preserve">172.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT-019-1B \ Держатель нижней полки (1 шт, L=900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8684,51 +8684,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется 2 штуки, для установки нижней полки из ЛДСП.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT-019-1C \ Держатель нижней полки (1 шт, L=1200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.LT.019-1C.GR</t>
           </r>
@@ -8744,51 +8744,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется 2 штуки, для установки нижней полки из ЛДСП.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">300.00</t>
+            <t xml:space="preserve">306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>