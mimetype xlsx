--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16.08.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торговая мебель Primo RUS стиль ЛОФТ</t>
   </si>
   <si>
     <t>Торговая мебель Primo RUS стиль ЛОФТ (Примо РУС) – мебель для магазинов и мебель для дома, созданная на основе квадратной трубы 25х25мм и специальных соединителей Primo Rus.
 С помощью соединителей и трубы можно создавать любые конструкции для интерьеров магазинов, вешала, стеллажи, демонстрационные столы, пристенные модули и др., а также интерьерную мебель в стиле Лофт, элементы кухонь и гардеробов</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 220 \ Стенд пристенный для торгового зала 1876х478х2470мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.220. 9016.20.MU</t>
@@ -98,51 +98,51 @@
       <t xml:space="preserve">
 Глубина, мм: 478</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки, решетка и кронштейны - в комплекте. Цвет полки из ДСП необходимо выбрать. Макс. нагрузка на кронштейн 7кг, на полку 20кг. Стенд поставляется в разобранном виде</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28170.00</t>
+      <t xml:space="preserve">28733.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 220  \ Стенд пристенный для торгового зала  1876х478х2470мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.220.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -159,51 +159,51 @@
       <t xml:space="preserve">
 Глубина, мм: 478</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки, решетка и кронштейны - в комплекте. Цвет полки из ДСП необходимо выбрать. Макс. нагрузка на кронштейн 7кг, на полку 20кг. Стенд поставляется в разобранном виде</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26828.00</t>
+      <t xml:space="preserve">27365.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 101M \ Стойка F-образная PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.101.M.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -220,51 +220,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global белый муар. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка на 1 паз 15 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2550.00</t>
+      <t xml:space="preserve">2601.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 101S \Стойка F-образная PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.101.S.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -281,51 +281,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global белый муар. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2350.00</t>
+      <t xml:space="preserve">2397.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 101S \ Стойка F-образная PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.101.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -342,51 +342,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global черная шагрень. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2150.00</t>
+      <t xml:space="preserve">2193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 101M \ Стойка F-образная PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.101.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -403,51 +403,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global черная шагрень. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка на 1 паз 15 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2399.00</t>
+      <t xml:space="preserve">2447.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 201M \ Стойка F-образная без перфорации 380х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.201.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -460,51 +460,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2450.00</t>
+      <t xml:space="preserve">2499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 201S \ Стойка F-образная без перфорации 380х1790мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.201.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -517,51 +517,51 @@
       <t xml:space="preserve">
 Высота, мм: 1790</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2250.00</t>
+      <t xml:space="preserve">2295.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.M.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -582,51 +582,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4135.00</t>
+      <t xml:space="preserve">4218.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -647,51 +647,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3965.00</t>
+      <t xml:space="preserve">4044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -712,51 +712,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4315.00</t>
+      <t xml:space="preserve">4401.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102M \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -777,51 +777,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4140.00</t>
+      <t xml:space="preserve">4223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.S.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -842,51 +842,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3999.00</t>
+      <t xml:space="preserve">4079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.L.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -907,51 +907,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4315.00</t>
+      <t xml:space="preserve">4401.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 103M \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.103.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -972,51 +972,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3755.00</t>
+      <t xml:space="preserve">3830.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 103S \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.103.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1037,51 +1037,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3565.00</t>
+      <t xml:space="preserve">3636.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 103L \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.103.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1102,51 +1102,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3915.00</t>
+      <t xml:space="preserve">3993.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 104 \ Вешало Т-образное 600х500х1500h</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.104.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1167,51 +1167,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3045.00</t>
+      <t xml:space="preserve">3106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.104.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1232,51 +1232,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3050.00</t>
+      <t xml:space="preserve">3111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 105 \ Вешало напольное четырехрожковое </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.105.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1297,51 +1297,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8420.00</t>
+      <t xml:space="preserve">8588.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.106.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1362,51 +1362,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9630.00</t>
+      <t xml:space="preserve">9823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.106.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1427,51 +1427,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9920.00</t>
+      <t xml:space="preserve">10118.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.107.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1492,51 +1492,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6340.00</t>
+      <t xml:space="preserve">6467.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.107.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1557,51 +1557,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6230.00</t>
+      <t xml:space="preserve">6355.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.107.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1622,51 +1622,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6470.00</t>
+      <t xml:space="preserve">6599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.108.GL.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1687,51 +1687,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6702.00</t>
+      <t xml:space="preserve">6836.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.108.GL.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1752,51 +1752,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6601.00</t>
+      <t xml:space="preserve">6733.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.108.GL.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1817,51 +1817,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6802.00</t>
+      <t xml:space="preserve">6938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.109.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1882,51 +1882,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9020.00</t>
+      <t xml:space="preserve">9200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.109.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1947,51 +1947,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8830.00</t>
+      <t xml:space="preserve">9007.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.109.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2012,51 +2012,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9230.00</t>
+      <t xml:space="preserve">9415.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 202L \ Модуль пристенный 1233х380х1790мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.202.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2073,51 +2073,51 @@
       <t xml:space="preserve">
 Высота, мм: 1790</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4622.00</t>
+      <t xml:space="preserve">4714.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 202M \ Модуль пристенный 933х380х1790мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.202.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2134,51 +2134,51 @@
       <t xml:space="preserve">
 Высота, мм: 1790</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4599.00</t>
+      <t xml:space="preserve">4691.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 202S \ Модуль пристенный 633х380х1790мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.202.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2195,51 +2195,51 @@
       <t xml:space="preserve">
 Высота, мм: 1790</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4542.00</t>
+      <t xml:space="preserve">4633.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 203L \ Модуль пристенный высокий 1233х380х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.203.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2256,51 +2256,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5110.00</t>
+      <t xml:space="preserve">5212.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 203M \ Модуль пристенный высокий 933х380х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.203.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2317,51 +2317,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5022.00</t>
+      <t xml:space="preserve">5122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 203S \ Модуль пристенный высокий 633х380х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.203.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2378,51 +2378,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4945.00</t>
+      <t xml:space="preserve">5044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 205L \ Рама пристенная высокая 1233х150х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.205.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2439,51 +2439,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6185.00</t>
+      <t xml:space="preserve">6309.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 205M \ Рама пристенная высокая 933х150х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.205.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2500,51 +2500,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6013.40</t>
+      <t xml:space="preserve">6134.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 205S \ Рама пристенная высокая 633х150х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.205.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2561,51 +2561,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5850.00</t>
+      <t xml:space="preserve">5967.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 211DSP.L \ Подиум ЛДСП 1180х450х116мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.211.DSP.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1180</t>
@@ -2614,51 +2614,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 116</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3780.00</t>
+      <t xml:space="preserve">3856.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 211DSP.M \ Подиум ЛДСП 880х450х116мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.211.DSP.M</t>
@@ -2671,51 +2671,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 116</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3580.00</t>
+      <t xml:space="preserve">3652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 211DSP.S \ Подиум ЛДСП 580х450х116мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.211.DSP.S</t>
@@ -2728,51 +2728,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 116</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2870.00</t>
+      <t xml:space="preserve">2927.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 216L \ Решетка с креплениями к стене 1000х1000мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.216.L.22450.4N100</t>
@@ -2785,51 +2785,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6056.00</t>
+      <t xml:space="preserve">6177.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 216M \ Решетка с креплениями к стене 800х1000мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.216.M.22450.4N100</t>
@@ -2842,51 +2842,51 @@
       <t xml:space="preserve">
 Ширина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5306.00</t>
+      <t xml:space="preserve">5412.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 216S \ Решетка с креплениями к стене 400х1000мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.216.S.22450.4N100</t>
@@ -2899,51 +2899,51 @@
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3259.00</t>
+      <t xml:space="preserve">3324.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 110M \ Стол для выкладки PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.110.M.22450.4N100</t>
@@ -2968,51 +2968,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1 шт. в комплекте. Цвет полки из ДСП – необходимо выбрать. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10820.00</t>
+      <t xml:space="preserve">11036.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 110L \ Стол для выкладки PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.110.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3033,51 +3033,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1 шт. в комплекте. Цвет полки из ДСП – необходимо выбрать. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11999.00</t>
+      <t xml:space="preserve">12239.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 111DSP \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.111.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
@@ -3098,51 +3098,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7899.00</t>
+      <t xml:space="preserve">8057.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 111GL \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.111.GL.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3163,51 +3163,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7910.00</t>
+      <t xml:space="preserve">8068.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 112DSP \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.112.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1050</t>
@@ -3228,51 +3228,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6232.00</t>
+      <t xml:space="preserve">6357.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 113GL \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.113.GL.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3293,51 +3293,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 2 шт. в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8550.00</t>
+      <t xml:space="preserve">8721.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 112GL \  Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.112.GL.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3358,51 +3358,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6200.00</t>
+      <t xml:space="preserve">6324.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 113DSP \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.113.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -3423,96 +3423,96 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8099.00</t>
+      <t xml:space="preserve">8261.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.301.S \ Кронштейн настенный L-150мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.301.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">236.00</t>
+      <t xml:space="preserve">241.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3525,51 +3525,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.301.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">261.00</t>
+      <t xml:space="preserve">266.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3582,51 +3582,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.301.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">286.00</t>
+      <t xml:space="preserve">292.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3647,51 +3647,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">526.00</t>
+      <t xml:space="preserve">537.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.302.M \ Штанга настенная 900х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.302.M.22450.4N100</t>
@@ -3704,51 +3704,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">800.00</t>
+      <t xml:space="preserve">816.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.302.L \ Штанга настенная 1200х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.302.L.22450.4N100</t>
@@ -3761,51 +3761,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">875.00</t>
+      <t xml:space="preserve">893.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.303.M \  Штанга настенная с крючками 600х150х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.303.M.22450.4N100</t>
@@ -3818,51 +3818,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">626.00</t>
+      <t xml:space="preserve">639.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.303.L \ Штанга настенная с крючками 900х150х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.303.L.22450.4N100</t>
@@ -3875,51 +3875,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">701.00</t>
+      <t xml:space="preserve">715.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 206L \ Штанга из квадратной трубы 1233х25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.206.L.22450.4N100</t>
@@ -3932,51 +3932,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1233</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 206M \ Штанга из квадратной трубы 933х25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.206.M.22450.4N100</t>
@@ -3989,51 +3989,51 @@
       <t xml:space="preserve">
 Ширина, мм: 933</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">572.00</t>
+      <t xml:space="preserve">583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 206S \ Штанга из квадратной трубы 633х25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.206.S.22450.4N100</t>
@@ -4046,51 +4046,51 @@
       <t xml:space="preserve">
 Ширина, мм: 633</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">492.00</t>
+      <t xml:space="preserve">502.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 207L \ Штанга п-образная 1233х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.207.L.22450.4N100</t>
@@ -4103,51 +4103,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1233</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1485.00</t>
+      <t xml:space="preserve">1515.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 207M \ Штанга п-образная  933х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.207.M.22450.4N100</t>
@@ -4160,51 +4160,51 @@
       <t xml:space="preserve">
 Ширина, мм: 933</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1399.00</t>
+      <t xml:space="preserve">1427.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 207S \ Штанга п-образная 633х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.207.S.22450.4N100</t>
@@ -4217,51 +4217,51 @@
       <t xml:space="preserve">
 Ширина, мм: 633</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1320.00</t>
+      <t xml:space="preserve">1346.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.GL.S \ Полка настенная двойная Стекло 600х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.GL.S.22450.4N100</t>
@@ -4274,51 +4274,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1973.00</t>
+      <t xml:space="preserve">2012.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.GL.M \ Полка настенная двойная Стекло 900х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.GL.M.22450.4N100</t>
@@ -4331,51 +4331,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2394.00</t>
+      <t xml:space="preserve">2442.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.GL.L \ Полка настенная двойная Стекло 1200х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.GL.L.22450.4N100</t>
@@ -4388,51 +4388,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2910.00</t>
+      <t xml:space="preserve">2968.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.DSP.S \ Полка настенная двойная ДСП 600х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.DSP.S.22450.4N100</t>
@@ -4441,51 +4441,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2004.00</t>
+      <t xml:space="preserve">2044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.DSP.M \ Полка настенная двойная ДСП 900х350х400мм</t>
@@ -4498,51 +4498,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2431.00</t>
+      <t xml:space="preserve">2480.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.DSP.L \ Полка настенная двойная ДСП 1200х350х400мм</t>
@@ -4555,51 +4555,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2907.00</t>
+      <t xml:space="preserve">2965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.GL.S \ Полка настенная со штангой Стекло 600х350х131мм</t>
@@ -4616,51 +4616,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 131</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1650.00</t>
+      <t xml:space="preserve">1683.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.GL.M \ Полка настенная со штангой Стекло 900х350х131мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.305.GL.M.22450.4N100</t>
@@ -4673,51 +4673,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 131</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1865.00</t>
+      <t xml:space="preserve">1902.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.GL.L \ Полка настенная со штангой Стекло 1200х350х131мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.305.GL.L.22450.4N100</t>
@@ -4730,51 +4730,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 131</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2079.00</t>
+      <t xml:space="preserve">2121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.DSP.S \ Полка настенная со штангой ДСП 600х350х141мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.305.DSP.S.22450.4N100</t>
@@ -4783,51 +4783,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 141</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1869.00</t>
+      <t xml:space="preserve">1906.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.DSP.M \ Полка настенная со штангой ДСП 900х350х141мм</t>
@@ -4840,51 +4840,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 141</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2155.00</t>
+      <t xml:space="preserve">2198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.DSP.L \ Полка настенная со штангой ДСП 1200х350х141мм</t>
@@ -4897,51 +4897,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 141</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2441.00</t>
+      <t xml:space="preserve">2490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.GL.S \ Полка настенная Стекло 600х345х31мм</t>
@@ -4958,51 +4958,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 31</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1205.00</t>
+      <t xml:space="preserve">1229.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.GL.M \ Полка настенная Стекло 900х345х31мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.306.GL.M.22450.4N100</t>
@@ -5015,51 +5015,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 31</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1494.00</t>
+      <t xml:space="preserve">1524.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.GL.L \ Полка настенная Стекло 1200х345х31мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.306.GL.L.22450.4N100</t>
@@ -5072,51 +5072,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 31</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1841.00</t>
+      <t xml:space="preserve">1878.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.DSP.S \ Полка настенная ДСП 600х345х41мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.306.DSP.S.22450.4N100</t>
@@ -5125,51 +5125,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 41</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1521.00</t>
+      <t xml:space="preserve">1551.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.DSP.M \ Полка настенная ДСП 900х345х41мм</t>
@@ -5182,51 +5182,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 41</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1784.00</t>
+      <t xml:space="preserve">1820.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.DSP.L \ Полка настенная ДСП 1200х345х41мм</t>
@@ -5239,51 +5239,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 41</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2185.00</t>
+      <t xml:space="preserve">2229.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 208DSP.L \ Полка ЛДСП в раме 1183х350х25мм</t>
@@ -5296,51 +5296,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1183</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3592.00</t>
+      <t xml:space="preserve">3664.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 208DSP.M \ Полка ЛДСП в раме 883х350х25мм</t>
@@ -5353,51 +5353,51 @@
       <t xml:space="preserve">
 Ширина, мм: 883</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3042.00</t>
+      <t xml:space="preserve">3103.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 208DSP.S \ Полка ЛДСП в раме 583х350х25мм</t>
@@ -5410,51 +5410,51 @@
       <t xml:space="preserve">
 Ширина, мм: 583</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2783.00</t>
+      <t xml:space="preserve">2839.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 209DSP.L \ Полка ЛДСП в раме со штангой 1183х450х25мм</t>
@@ -5467,51 +5467,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1183</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5099.00</t>
+      <t xml:space="preserve">5201.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 209DSP.M \ Полка ЛДСП в раме со штангой 833х450х25мм</t>
@@ -5524,51 +5524,51 @@
       <t xml:space="preserve">
 Ширина, мм: 833</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4451.00</t>
+      <t xml:space="preserve">4540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 209DSP.S  \ Полка ЛДСП в раме со штангой 583х450х25мм</t>
@@ -5581,51 +5581,51 @@
       <t xml:space="preserve">
 Ширина, мм: 583</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4081.00</t>
+      <t xml:space="preserve">4163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 210DSP.L \ Полка ЛДСП в раме 1183х450х25мм</t>
@@ -5642,51 +5642,51 @@
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3751.00</t>
+      <t xml:space="preserve">3826.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 210DSP.M \ Полка ЛДСП в раме 883х450х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.210.DSP.M.22450.4N100</t>
@@ -5699,51 +5699,51 @@
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3177.00</t>
+      <t xml:space="preserve">3241.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 210DSP.S \ Полка ЛДСП в раме 583х450х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.210.DSP.S.22450.4N100</t>
@@ -5756,51 +5756,51 @@
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2891.00</t>
+      <t xml:space="preserve">2949.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.001.M \ Полка настенная прямая 600х300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.001.M.V2.DSP.22450.4N100</t>
@@ -5817,51 +5817,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1073.00</t>
+      <t xml:space="preserve">1094.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.001.S \ Полка настенная прямая 600х200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.001.S.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
@@ -5874,51 +5874,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">832.00</t>
+      <t xml:space="preserve">849.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.002.M \ Полка настенная прямая 970х300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.002.M.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 970</t>
@@ -5927,51 +5927,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1474.00</t>
+      <t xml:space="preserve">1503.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.002.S \ Полка настенная прямая 970х200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.002.S.V2.DSP.22450.4N100</t>
@@ -5996,51 +5996,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 970</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1135.00</t>
+      <t xml:space="preserve">1158.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.003.M \ Полка настенная ступенчатая 970х300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.003.M.V3.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -6057,51 +6057,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1930.00</t>
+      <t xml:space="preserve">1969.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.004.M \ Полка настенная двухъярусная 800х300x500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.004.M.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
@@ -6118,51 +6118,51 @@
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3327.00</t>
+      <t xml:space="preserve">3394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.004.S \ Полка настенная двухъярусная 600х300x500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.004.S.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
@@ -6179,51 +6179,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2970.00</t>
+      <t xml:space="preserve">3029.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.005.M \ Полка настенная двухъярусная с ограничителями 800х300x500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.005.M.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
@@ -6240,51 +6240,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3464.00</t>
+      <t xml:space="preserve">3533.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.005.S \ Полка настенная двухъярусная с ограничителями 600х300x500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.005.S.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -6301,51 +6301,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3106.00</t>
+      <t xml:space="preserve">3168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.501 \ Тумба с полкой 400x400x450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.501.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
@@ -6358,51 +6358,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3552.00</t>
+      <t xml:space="preserve">3623.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.502 \ Тумба с двумя полками 400x400x450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.502.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
@@ -6415,51 +6415,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3631.00</t>
+      <t xml:space="preserve">3704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.503 \ Тумба с увеличенной полкой 200x400x450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.503.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
@@ -6472,51 +6472,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3693.00</t>
+      <t xml:space="preserve">3767.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.504.M \ Тумба открытая 500х500х550мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.504.M.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
@@ -6529,51 +6529,51 @@
       <t xml:space="preserve">
 Высота, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3750.00</t>
+      <t xml:space="preserve">3825.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.504.S \ Тумба открытая 400х400х550мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.504.S.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
@@ -6586,51 +6586,51 @@
       <t xml:space="preserve">
 Высота, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3088.00</t>
+      <t xml:space="preserve">3150.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.505 \ Стол с полкой 900х500х750мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.505.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -6643,51 +6643,51 @@
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5766.00</t>
+      <t xml:space="preserve">5881.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.508 \ Столик журнальный с полкой 900х500х450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.508.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -6700,51 +6700,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4510.00</t>
+      <t xml:space="preserve">4600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.507 \ Столик журнальный с полкой 900х500х450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.507.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -6757,51 +6757,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4841.00</t>
+      <t xml:space="preserve">4938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.506 \ Столик журнальный с полкой 800х500х450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.506.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
@@ -6814,51 +6814,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5245.00</t>
+      <t xml:space="preserve">5350.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.511 \ Стеллаж 900х400х1850мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.511.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -6871,51 +6871,51 @@
       <t xml:space="preserve">
 Высота, мм: 1850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12030.00</t>
+      <t xml:space="preserve">12271.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.510 \ Стеллаж 900х400х1850мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.510.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -6928,51 +6928,51 @@
       <t xml:space="preserve">
 Высота, мм: 1850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12135.00</t>
+      <t xml:space="preserve">12378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.509 \ Стеллаж с накопителем 900х400х1850мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.509.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -6985,51 +6985,51 @@
       <t xml:space="preserve">
 Высота, мм: 1850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15990.00</t>
+      <t xml:space="preserve">16310.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -10943,51 +10943,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.08.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -11027,51 +11027,51 @@
             <t xml:space="preserve">
 Глубина, мм: 478</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки, решетка и кронштейны - в комплекте. Цвет полки из ДСП необходимо выбрать. Макс. нагрузка на кронштейн 7кг, на полку 20кг. Стенд поставляется в разобранном виде</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28170.00</t>
+            <t xml:space="preserve">28733.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 220  \ Стенд пристенный для торгового зала  1876х478х2470мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.220.22450.4N100</t>
           </r>
@@ -11091,51 +11091,51 @@
             <t xml:space="preserve">
 Глубина, мм: 478</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки, решетка и кронштейны - в комплекте. Цвет полки из ДСП необходимо выбрать. Макс. нагрузка на кронштейн 7кг, на полку 20кг. Стенд поставляется в разобранном виде</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26828.00</t>
+            <t xml:space="preserve">27365.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 101M \ Стойка F-образная PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11157,51 +11157,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global белый муар. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка на 1 паз 15 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2550.00</t>
+            <t xml:space="preserve">2601.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 101S \Стойка F-образная PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.101.S.9016.20.MU</t>
           </r>
@@ -11221,51 +11221,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global белый муар. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2350.00</t>
+            <t xml:space="preserve">2397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 101S \ Стойка F-образная PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11287,51 +11287,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global черная шагрень. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2150.00</t>
+            <t xml:space="preserve">2193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 101M \ Стойка F-образная PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.101.M.22450.4N100</t>
           </r>
@@ -11351,51 +11351,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global черная шагрень. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка на 1 паз 15 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2399.00</t>
+            <t xml:space="preserve">2447.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 201M \ Стойка F-образная без перфорации 380х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11413,51 +11413,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2450.00</t>
+            <t xml:space="preserve">2499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 201S \ Стойка F-образная без перфорации 380х1790мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.201.S.22450.4N100</t>
           </r>
@@ -11473,51 +11473,51 @@
             <t xml:space="preserve">
 Высота, мм: 1790</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2250.00</t>
+            <t xml:space="preserve">2295.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11543,51 +11543,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4135.00</t>
+            <t xml:space="preserve">4218.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.102.S.22450.4N100</t>
           </r>
@@ -11611,51 +11611,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3965.00</t>
+            <t xml:space="preserve">4044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11681,51 +11681,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4315.00</t>
+            <t xml:space="preserve">4401.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102M \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.102.M.22450.4N100</t>
           </r>
@@ -11749,51 +11749,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4140.00</t>
+            <t xml:space="preserve">4223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11819,51 +11819,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3999.00</t>
+            <t xml:space="preserve">4079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.102.L.9016.20.MU</t>
           </r>
@@ -11887,51 +11887,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4315.00</t>
+            <t xml:space="preserve">4401.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 103M \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11957,51 +11957,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3755.00</t>
+            <t xml:space="preserve">3830.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 103S \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.103.S.22450.4N100</t>
           </r>
@@ -12025,51 +12025,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3565.00</t>
+            <t xml:space="preserve">3636.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 103L \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12095,51 +12095,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3915.00</t>
+            <t xml:space="preserve">3993.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 104 \ Вешало Т-образное 600х500х1500h</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.104.V2.9016MU.25</t>
           </r>
@@ -12163,51 +12163,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3045.00</t>
+            <t xml:space="preserve">3106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12233,51 +12233,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3050.00</t>
+            <t xml:space="preserve">3111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 105 \ Вешало напольное четырехрожковое </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.105.22450.4N100</t>
           </r>
@@ -12301,51 +12301,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8420.00</t>
+            <t xml:space="preserve">8588.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12371,51 +12371,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9630.00</t>
+            <t xml:space="preserve">9823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.106.L.22450.4N100</t>
           </r>
@@ -12439,51 +12439,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9920.00</t>
+            <t xml:space="preserve">10118.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12509,51 +12509,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6340.00</t>
+            <t xml:space="preserve">6467.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.107.S.22450.4N100</t>
           </r>
@@ -12577,51 +12577,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6230.00</t>
+            <t xml:space="preserve">6355.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12647,51 +12647,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6470.00</t>
+            <t xml:space="preserve">6599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.108.GL.M.22450.4N100</t>
           </r>
@@ -12715,51 +12715,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6702.00</t>
+            <t xml:space="preserve">6836.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12785,51 +12785,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6601.00</t>
+            <t xml:space="preserve">6733.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.108.GL.L.22450.4N100</t>
           </r>
@@ -12853,51 +12853,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6802.00</t>
+            <t xml:space="preserve">6938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12923,51 +12923,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9020.00</t>
+            <t xml:space="preserve">9200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.109.S.22450.4N100</t>
           </r>
@@ -12991,51 +12991,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8830.00</t>
+            <t xml:space="preserve">9007.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13061,51 +13061,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9230.00</t>
+            <t xml:space="preserve">9415.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 202L \ Модуль пристенный 1233х380х1790мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.202.L.22450.4N100</t>
           </r>
@@ -13125,51 +13125,51 @@
             <t xml:space="preserve">
 Высота, мм: 1790</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4622.00</t>
+            <t xml:space="preserve">4714.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 202M \ Модуль пристенный 933х380х1790мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13191,51 +13191,51 @@
             <t xml:space="preserve">
 Высота, мм: 1790</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4599.00</t>
+            <t xml:space="preserve">4691.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 202S \ Модуль пристенный 633х380х1790мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.202.S.22450.4N100</t>
           </r>
@@ -13255,51 +13255,51 @@
             <t xml:space="preserve">
 Высота, мм: 1790</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4542.00</t>
+            <t xml:space="preserve">4633.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 203L \ Модуль пристенный высокий 1233х380х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13321,51 +13321,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5110.00</t>
+            <t xml:space="preserve">5212.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 203M \ Модуль пристенный высокий 933х380х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.203.M.22450.4N100</t>
           </r>
@@ -13385,51 +13385,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5022.00</t>
+            <t xml:space="preserve">5122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 203S \ Модуль пристенный высокий 633х380х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13451,51 +13451,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4945.00</t>
+            <t xml:space="preserve">5044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 205L \ Рама пристенная высокая 1233х150х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.205.L.22450.4N100</t>
           </r>
@@ -13515,51 +13515,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6185.00</t>
+            <t xml:space="preserve">6309.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 205M \ Рама пристенная высокая 933х150х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13581,51 +13581,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6013.40</t>
+            <t xml:space="preserve">6134.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 205S \ Рама пристенная высокая 633х150х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.205.S.22450.4N100</t>
           </r>
@@ -13645,51 +13645,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5850.00</t>
+            <t xml:space="preserve">5967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 211DSP.L \ Подиум ЛДСП 1180х450х116мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13703,51 +13703,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 116</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3780.00</t>
+            <t xml:space="preserve">3856.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 211DSP.M \ Подиум ЛДСП 880х450х116мм</t>
           </r>
@@ -13763,51 +13763,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 116</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3580.00</t>
+            <t xml:space="preserve">3652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13825,51 +13825,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 116</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2870.00</t>
+            <t xml:space="preserve">2927.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 216L \ Решетка с креплениями к стене 1000х1000мм</t>
           </r>
@@ -13885,51 +13885,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6056.00</t>
+            <t xml:space="preserve">6177.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13947,51 +13947,51 @@
             <t xml:space="preserve">
 Ширина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5306.00</t>
+            <t xml:space="preserve">5412.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 216S \ Решетка с креплениями к стене 400х1000мм</t>
           </r>
@@ -14007,51 +14007,51 @@
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3259.00</t>
+            <t xml:space="preserve">3324.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14081,51 +14081,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1 шт. в комплекте. Цвет полки из ДСП – необходимо выбрать. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10820.00</t>
+            <t xml:space="preserve">11036.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 110L \ Стол для выкладки PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.110.L.22450.4N100</t>
           </r>
@@ -14149,51 +14149,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1 шт. в комплекте. Цвет полки из ДСП – необходимо выбрать. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11999.00</t>
+            <t xml:space="preserve">12239.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 111DSP \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14219,51 +14219,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7899.00</t>
+            <t xml:space="preserve">8057.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 111GL \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.111.GL.22450.4N100</t>
           </r>
@@ -14287,51 +14287,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7910.00</t>
+            <t xml:space="preserve">8068.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 112DSP \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14357,51 +14357,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6232.00</t>
+            <t xml:space="preserve">6357.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 113GL \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.113.GL.22450.4N100</t>
           </r>
@@ -14425,51 +14425,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 2 шт. в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8550.00</t>
+            <t xml:space="preserve">8721.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 112GL \  Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14495,51 +14495,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6200.00</t>
+            <t xml:space="preserve">6324.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 113DSP \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.113.DSP.22450.4N100</t>
           </r>
@@ -14563,101 +14563,101 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8099.00</t>
+            <t xml:space="preserve">8261.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.301.S \ Кронштейн настенный L-150мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.301.S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">236.00</t>
+            <t xml:space="preserve">241.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -14673,51 +14673,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.301.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">261.00</t>
+            <t xml:space="preserve">266.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -14735,51 +14735,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.301.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">286.00</t>
+            <t xml:space="preserve">292.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -14803,51 +14803,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">526.00</t>
+            <t xml:space="preserve">537.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14865,51 +14865,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">800.00</t>
+            <t xml:space="preserve">816.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.302.L \ Штанга настенная 1200х350х25мм</t>
           </r>
@@ -14925,51 +14925,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">875.00</t>
+            <t xml:space="preserve">893.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14987,51 +14987,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">626.00</t>
+            <t xml:space="preserve">639.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.303.L \ Штанга настенная с крючками 900х150х25мм</t>
           </r>
@@ -15047,51 +15047,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">701.00</t>
+            <t xml:space="preserve">715.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15109,51 +15109,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1233</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 206M \ Штанга из квадратной трубы 933х25х25мм</t>
           </r>
@@ -15169,51 +15169,51 @@
             <t xml:space="preserve">
 Ширина, мм: 933</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">572.00</t>
+            <t xml:space="preserve">583.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15231,51 +15231,51 @@
             <t xml:space="preserve">
 Ширина, мм: 633</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">492.00</t>
+            <t xml:space="preserve">502.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 207L \ Штанга п-образная 1233х350х25мм</t>
           </r>
@@ -15291,51 +15291,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1233</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1485.00</t>
+            <t xml:space="preserve">1515.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15353,51 +15353,51 @@
             <t xml:space="preserve">
 Ширина, мм: 933</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1399.00</t>
+            <t xml:space="preserve">1427.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 207S \ Штанга п-образная 633х350х25мм</t>
           </r>
@@ -15413,51 +15413,51 @@
             <t xml:space="preserve">
 Ширина, мм: 633</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1320.00</t>
+            <t xml:space="preserve">1346.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15475,51 +15475,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1973.00</t>
+            <t xml:space="preserve">2012.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.304.GL.M \ Полка настенная двойная Стекло 900х350х400мм</t>
           </r>
@@ -15535,51 +15535,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2394.00</t>
+            <t xml:space="preserve">2442.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15597,51 +15597,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2910.00</t>
+            <t xml:space="preserve">2968.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.304.DSP.S \ Полка настенная двойная ДСП 600х350х400мм</t>
           </r>
@@ -15653,51 +15653,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2004.00</t>
+            <t xml:space="preserve">2044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15715,51 +15715,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2431.00</t>
+            <t xml:space="preserve">2480.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -15775,51 +15775,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2907.00</t>
+            <t xml:space="preserve">2965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15841,51 +15841,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 131</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1650.00</t>
+            <t xml:space="preserve">1683.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.305.GL.M \ Полка настенная со штангой Стекло 900х350х131мм</t>
           </r>
@@ -15901,51 +15901,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 131</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1865.00</t>
+            <t xml:space="preserve">1902.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15963,51 +15963,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 131</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2079.00</t>
+            <t xml:space="preserve">2121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.305.DSP.S \ Полка настенная со штангой ДСП 600х350х141мм</t>
           </r>
@@ -16019,51 +16019,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 141</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1869.00</t>
+            <t xml:space="preserve">1906.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -16081,51 +16081,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 141</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2155.00</t>
+            <t xml:space="preserve">2198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -16141,51 +16141,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 141</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2441.00</t>
+            <t xml:space="preserve">2490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -16207,51 +16207,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 31</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1205.00</t>
+            <t xml:space="preserve">1229.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.306.GL.M \ Полка настенная Стекло 900х345х31мм</t>
           </r>
@@ -16267,51 +16267,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 31</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1494.00</t>
+            <t xml:space="preserve">1524.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16329,51 +16329,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 31</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1841.00</t>
+            <t xml:space="preserve">1878.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.306.DSP.S \ Полка настенная ДСП 600х345х41мм</t>
           </r>
@@ -16385,51 +16385,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 41</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1521.00</t>
+            <t xml:space="preserve">1551.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -16447,51 +16447,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 41</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1784.00</t>
+            <t xml:space="preserve">1820.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -16507,51 +16507,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 41</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2185.00</t>
+            <t xml:space="preserve">2229.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -16569,51 +16569,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1183</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3592.00</t>
+            <t xml:space="preserve">3664.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -16629,51 +16629,51 @@
             <t xml:space="preserve">
 Ширина, мм: 883</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3042.00</t>
+            <t xml:space="preserve">3103.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -16691,51 +16691,51 @@
             <t xml:space="preserve">
 Ширина, мм: 583</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2783.00</t>
+            <t xml:space="preserve">2839.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -16751,51 +16751,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1183</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5099.00</t>
+            <t xml:space="preserve">5201.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -16813,51 +16813,51 @@
             <t xml:space="preserve">
 Ширина, мм: 833</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4451.00</t>
+            <t xml:space="preserve">4540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -16873,51 +16873,51 @@
             <t xml:space="preserve">
 Ширина, мм: 583</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4081.00</t>
+            <t xml:space="preserve">4163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -16939,51 +16939,51 @@
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3751.00</t>
+            <t xml:space="preserve">3826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 210DSP.M \ Полка ЛДСП в раме 883х450х25мм</t>
           </r>
@@ -16999,51 +16999,51 @@
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3177.00</t>
+            <t xml:space="preserve">3241.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -17061,51 +17061,51 @@
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2891.00</t>
+            <t xml:space="preserve">2949.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.001.M \ Полка настенная прямая 600х300мм</t>
           </r>
@@ -17125,51 +17125,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1073.00</t>
+            <t xml:space="preserve">1094.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.001.S \ Полка настенная прямая 600х200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17187,51 +17187,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">832.00</t>
+            <t xml:space="preserve">849.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.002.M \ Полка настенная прямая 970х300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.002.M.V2.DSP.22450.4N100</t>
           </r>
@@ -17243,51 +17243,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1474.00</t>
+            <t xml:space="preserve">1503.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -17317,51 +17317,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 970</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1135.00</t>
+            <t xml:space="preserve">1158.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.003.M \ Полка настенная ступенчатая 970х300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.003.M.V3.DSP.22450.4N100</t>
           </r>
@@ -17381,51 +17381,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1930.00</t>
+            <t xml:space="preserve">1969.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.004.M \ Полка настенная двухъярусная 800х300x500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17447,51 +17447,51 @@
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3327.00</t>
+            <t xml:space="preserve">3394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.004.S \ Полка настенная двухъярусная 600х300x500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.004.S.V2.DSP.22450.4N100</t>
           </r>
@@ -17511,51 +17511,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2970.00</t>
+            <t xml:space="preserve">3029.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.005.M \ Полка настенная двухъярусная с ограничителями 800х300x500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17577,51 +17577,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3464.00</t>
+            <t xml:space="preserve">3533.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.005.S \ Полка настенная двухъярусная с ограничителями 600х300x500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.005.S.V2.DSP.22450.4N100</t>
           </r>
@@ -17641,51 +17641,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3106.00</t>
+            <t xml:space="preserve">3168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.501 \ Тумба с полкой 400x400x450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17703,51 +17703,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3552.00</t>
+            <t xml:space="preserve">3623.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.502 \ Тумба с двумя полками 400x400x450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.502.DSP.22450.4N100</t>
           </r>
@@ -17763,51 +17763,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3631.00</t>
+            <t xml:space="preserve">3704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="4"/>
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.503 \ Тумба с увеличенной полкой 200x400x450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17825,51 +17825,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3693.00</t>
+            <t xml:space="preserve">3767.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.504.M \ Тумба открытая 500х500х550мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.504.M.DSP.22450.4N100</t>
           </r>
@@ -17885,51 +17885,51 @@
             <t xml:space="preserve">
 Высота, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3750.00</t>
+            <t xml:space="preserve">3825.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.504.S \ Тумба открытая 400х400х550мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17947,51 +17947,51 @@
             <t xml:space="preserve">
 Высота, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3088.00</t>
+            <t xml:space="preserve">3150.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.505 \ Стол с полкой 900х500х750мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.505.DSP.22450.4N100</t>
           </r>
@@ -18007,51 +18007,51 @@
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5766.00</t>
+            <t xml:space="preserve">5881.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="4"/>
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.508 \ Столик журнальный с полкой 900х500х450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18069,51 +18069,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4510.00</t>
+            <t xml:space="preserve">4600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.507 \ Столик журнальный с полкой 900х500х450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.507.DSP.22450.4N100</t>
           </r>
@@ -18129,51 +18129,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4841.00</t>
+            <t xml:space="preserve">4938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="4"/>
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.506 \ Столик журнальный с полкой 800х500х450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18191,51 +18191,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5245.00</t>
+            <t xml:space="preserve">5350.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.511 \ Стеллаж 900х400х1850мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.511.DSP.22450.4N100</t>
           </r>
@@ -18251,51 +18251,51 @@
             <t xml:space="preserve">
 Высота, мм: 1850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12030.00</t>
+            <t xml:space="preserve">12271.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="4"/>
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.510 \ Стеллаж 900х400х1850мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18313,51 +18313,51 @@
             <t xml:space="preserve">
 Высота, мм: 1850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12135.00</t>
+            <t xml:space="preserve">12378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.509 \ Стеллаж с накопителем 900х400х1850мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.509.DSP.22450.4N100</t>
           </r>
@@ -18373,51 +18373,51 @@
             <t xml:space="preserve">
 Высота, мм: 1850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15990.00</t>
+            <t xml:space="preserve">16310.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>