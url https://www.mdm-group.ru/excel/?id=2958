--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.09.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Решетки торговые ЛОФТ (черный муар)</t>
   </si>
   <si>
     <t xml:space="preserve">Основу данного типа оборудования составляют металлические решетки с шагом ячейки 50мм., диаметр окантовки 7мм, диаметр внутренних прутков 3,5мм.
 Решетки имеют широкий диапазон размеров, что позволяет более оптимально использовать ваше торговое пространство. 
 Решетки крепятся как правило на стены, но при необходимости их можно крепить к стойкам, панелям и даже потолку. 
 Широкий ассортимент навесных элементов, таких как: крючки, кронштейны, полки, корзины, помогут вам продемонстрировать различные товары максимально выгодно для покупателя. 
 РЕШЕТКИ LOFT – ЭТО МИНИМАЛИЗМ, ФУНКЦИОНАЛ И СОВРЕМЕННЫЙ СТИЛЬ ВАШЕГО ТОРГОВОГО ПРОСТРАНСТВА. 
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSS 001\  Решетка торговая (сетка)</t>
@@ -1410,51 +1410,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">295.00</t>
+      <t xml:space="preserve">301.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.023.200L \ Полкодержатель левый (L200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.023.200.1.8.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1463,51 +1463,51 @@
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.023.200R \ Полкодержатель правый (L200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.023.200.1.8.R.22450.4N100</t>
@@ -1520,51 +1520,51 @@
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN 291-S-BL \ Крючок одинарный на решетку (L-150, d-5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.291S.9005.MU</t>
@@ -1585,51 +1585,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN 292-S-BL \ Крючок одинарный на решетку (L-200, d-5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.292S.9005.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1646,51 +1646,51 @@
       <t xml:space="preserve">
 Ширина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38.00</t>
+      <t xml:space="preserve">38.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.001.100 \ Крючок одинарный на решетку (L100, d5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.001.100.5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1707,51 +1707,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8080097</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.00</t>
+      <t xml:space="preserve">77.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.001.150 \ Крючок одинарный на решетку (L150, d5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.001.150.5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1764,51 +1764,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">80.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.002.100 \ Крючок одинарный на решетку с ценникодержателем  (L100, d5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.002.100.5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1821,51 +1821,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">103.00</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.002.150 \ Крючок одинарный на решетку с ценникодержателем  (L150, d5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.002.150.5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1878,51 +1878,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109.00</t>
+      <t xml:space="preserve">111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.006.200 \ Кронштейн прямой (L200, d9мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.006.200.9.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1935,51 +1935,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">140.00</t>
+      <t xml:space="preserve">143.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.006.250.9.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1992,51 +1992,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.004 \ Кронштейн для шапок  (d5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.004.5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2049,51 +2049,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">180.00</t>
+      <t xml:space="preserve">184.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.007.300.9.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2106,51 +2106,51 @@
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">240.00</t>
+      <t xml:space="preserve">245.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN.005.300 \ Кронштейн наклонный с ограничителями (L300, d9мм))</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.005.300.9.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2163,51 +2163,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">285.00</t>
+      <t xml:space="preserve">291.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 012 \ Соединитель решеток прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.012.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2232,51 +2232,51 @@
       <t xml:space="preserve">
 Материал: Металлический</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Межосевое растояние 26мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">80.00</t>
+      <t xml:space="preserve">81.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 019 \ Скоба крепления решетки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSST.019.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2305,51 +2305,51 @@
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплект не входит. Широкий паз шириной 10,5мм, узкий паз шириной 5,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8253888</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">80.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MSST 020 \ Скоба для крепления решетки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSST.020.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2374,51 +2374,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Внутренняя высота прогиба 8мм, ширина 12мм. Крепеж к стене в комплект не входит. Толщина металла 1мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43.00</t>
+      <t xml:space="preserve">43.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3962,51 +3962,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.09.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5434,51 +5434,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">295.00</t>
+            <t xml:space="preserve">301.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.023.200L \ Полкодержатель левый (L200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSN.023.200.1.8.L.22450.4N100</t>
           </r>
@@ -5490,51 +5490,51 @@
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5552,51 +5552,51 @@
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN 291-S-BL \ Крючок одинарный на решетку (L-150, d-5мм)</t>
           </r>
@@ -5620,51 +5620,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN 292-S-BL \ Крючок одинарный на решетку (L-200, d-5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5686,51 +5686,51 @@
             <t xml:space="preserve">
 Ширина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.00</t>
+            <t xml:space="preserve">38.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.001.100 \ Крючок одинарный на решетку (L100, d5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSN.001.100.5.22450.4N100</t>
           </r>
@@ -5750,51 +5750,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8080097</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.00</t>
+            <t xml:space="preserve">77.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.001.150 \ Крючок одинарный на решетку (L150, d5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5812,51 +5812,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.002.100 \ Крючок одинарный на решетку с ценникодержателем  (L100, d5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSN.002.100.5.22450.4N100</t>
           </r>
@@ -5872,51 +5872,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">103.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.002.150 \ Крючок одинарный на решетку с ценникодержателем  (L150, d5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5934,51 +5934,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.006.200 \ Кронштейн прямой (L200, d9мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSN.006.200.9.22450.4N100</t>
           </r>
@@ -5994,51 +5994,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140.00</t>
+            <t xml:space="preserve">143.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6056,51 +6056,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.004 \ Кронштейн для шапок  (d5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSN.004.5.22450.4N100</t>
           </r>
@@ -6116,51 +6116,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">180.00</t>
+            <t xml:space="preserve">184.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6178,51 +6178,51 @@
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240.00</t>
+            <t xml:space="preserve">245.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN.005.300 \ Кронштейн наклонный с ограничителями (L300, d9мм))</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSN.005.300.9.22450.4N100</t>
           </r>
@@ -6238,51 +6238,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">285.00</t>
+            <t xml:space="preserve">291.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 012 \ Соединитель решеток прямой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6312,51 +6312,51 @@
             <t xml:space="preserve">
 Материал: Металлический</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Межосевое растояние 26мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">80.00</t>
+            <t xml:space="preserve">81.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 019 \ Скоба крепления решетки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSST.019.22450.4N100</t>
           </r>
@@ -6388,51 +6388,51 @@
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплект не входит. Широкий паз шириной 10,5мм, узкий паз шириной 5,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8253888</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MSST 020 \ Скоба для крепления решетки</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6462,51 +6462,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Внутренняя высота прогиба 8мм, ширина 12мм. Крепеж к стене в комплект не входит. Толщина металла 1мм </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43.00</t>
+            <t xml:space="preserve">43.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>