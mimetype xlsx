--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Решетки торговые ЛОФТ (черный муар)</t>
   </si>
   <si>
     <t xml:space="preserve">Основу данного типа оборудования составляют металлические решетки с шагом ячейки 50мм., диаметр окантовки 7мм, диаметр внутренних прутков 3,5мм.
@@ -123,167 +123,151 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4080.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DSS 001 \  Решетка торговая (сетка)</t>
-[...3 lines deleted...]
-Артикул: DSS.001B.22450.4N100</t>
+      <t xml:space="preserve">DST 001 \ Решетка торговая (сетка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DST-BL.001B.6.3.9005.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 2000x800</t>
     </r>
     <r>
       <t xml:space="preserve">
-Диаметр прутка, мм: 7 | 3,5</t>
-[...15 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+Диаметр прутка, мм: 6 | 3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3774.00</t>
+      <t xml:space="preserve">2590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">DSS 001 \ Решетка торговая (сетка)</t>
-[...31 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+      <t xml:space="preserve">DST 001 \ Решетка торговая (сетка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DST-BL.001C.6.3.9005.MU</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Размеры, мм: 2000х600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 6 | 3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2958.00</t>
+      <t xml:space="preserve">2070.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSS 001 \ Решетка торговая (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSS.001D.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1017,180 +1001,50 @@
 Примечание: Полимерно-порошковое покрытие, упаковка - воздушно пузырчатая пленка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000.00</t>
-    </r>
-[...128 lines deleted...]
-      <t xml:space="preserve">775.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">18101S \ Корзина на торговую решетку (сетку) (600х300х100)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N70.157S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2478,51 +2332,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc9ff78_bf4b_11ed_93f3_ac1f6b40b531_DSS001A224504N1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f33e024c_bf4b_11ed_93f3_ac1f6b40b531_DSS001B224504N1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f33e01ff_bf4b_11ed_93f3_ac1f6b40b531_DSS001C224504N1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecca00c1_bf4b_11ed_93f3_ac1f6b40b531_DSS001D224504N1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93aff32_bf4b_11ed_93f3_ac1f6b40b531_DSS002A224504N1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004e807a_bf4c_11ed_93f3_ac1f6b40b531_DSS002B224504N1007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004e7ee9_bf4c_11ed_93f3_ac1f6b40b531_DSS002C224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93aff7f_bf4b_11ed_93f3_ac1f6b40b531_DSS002D224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07d9031e_bf4c_11ed_93f3_ac1f6b40b531_DSS003A224504N10010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e862715_bf4c_11ed_93f3_ac1f6b40b531_DSS003B224504N10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8626c8_bf4c_11ed_93f3_ac1f6b40b531_DSS003C224504N10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07d9036b_bf4c_11ed_93f3_ac1f6b40b531_DSS003D224504N10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cd7f9a2_bf4c_11ed_93f3_ac1f6b40b531_DSS004A224504N10014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159c0973_bf4c_11ed_93f3_ac1f6b40b531_DSS004B224504N10015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159c08ba_bf4c_11ed_93f3_ac1f6b40b531_DSS004C224504N10016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23179842_bf4c_11ed_93f3_ac1f6b40b531_DSS005A224504N10017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cd7f9ef_bf4c_11ed_93f3_ac1f6b40b531_DSS005B224504N10018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee7c824_d53d_11ed_b8c7_ac1f6b40b531_N70157S224504N10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9a9d74_596e_11eb_80bc_0025902b3cc1_N70158S224504N10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce3c25ca_d53d_11ed_b8c7_ac1f6b40b531_N70165S224504N10021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dffb8f_e1d6_11ee_a821_0050569cf81d_DSN00915224504N100_0122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709a8209_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a7de55_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb1b184_e1d5_11ee_a821_0050569cf81d_DSN0011005224504N100_0127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d9b0bd_e1d5_11ee_a821_0050569cf81d_DSN0011505224504N100_0128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09339456_e1d6_11ee_a821_0050569cf81d_DSN0021005224504N100_0129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdd5ffe_e1d6_11ee_a821_0050569cf81d_DSN0021505224504N100_0130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4295ca_e1d6_11ee_a821_0050569cf81d_DSN0062009224504N100_0131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542e264b_e1d6_11ee_a821_0050569cf81d_DSN0062509224504N100_0132.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f9c65e9_e1d6_11ee_a821_0050569cf81d_DSN0045224504N100_0133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900813db_e1d6_11ee_a821_0050569cf81d_DSN0073009224504N100_0234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461935fc_e1d6_11ee_a821_0050569cf81d_GLS006901625_01-_1_35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12685fa1_cccd_11ee_a821_0050569cf81d_MSS012224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MSST.019.22450.4N10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a67cc65_1c57_11f0_8ec3_0050569cf81d_MSST020224504N100_38.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc9ff78_bf4b_11ed_93f3_ac1f6b40b531_DSS001A224504N1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16dcff7d_bfd3_11f0_8ec3_0050569cf81d_DST001B63ZN3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d64e90d_bfd3_11f0_8ec3_0050569cf81d_DST_001_2000x600_bl_24.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecca00c1_bf4b_11ed_93f3_ac1f6b40b531_DSS001D224504N1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93aff32_bf4b_11ed_93f3_ac1f6b40b531_DSS002A224504N1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004e807a_bf4c_11ed_93f3_ac1f6b40b531_DSS002B224504N1007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004e7ee9_bf4c_11ed_93f3_ac1f6b40b531_DSS002C224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93aff7f_bf4b_11ed_93f3_ac1f6b40b531_DSS002D224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07d9031e_bf4c_11ed_93f3_ac1f6b40b531_DSS003A224504N10010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e862715_bf4c_11ed_93f3_ac1f6b40b531_DSS003B224504N10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8626c8_bf4c_11ed_93f3_ac1f6b40b531_DSS003C224504N10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07d9036b_bf4c_11ed_93f3_ac1f6b40b531_DSS003D224504N10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cd7f9a2_bf4c_11ed_93f3_ac1f6b40b531_DSS004A224504N10014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159c0973_bf4c_11ed_93f3_ac1f6b40b531_DSS004B224504N10015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159c08ba_bf4c_11ed_93f3_ac1f6b40b531_DSS004C224504N10016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee7c824_d53d_11ed_b8c7_ac1f6b40b531_N70157S224504N10017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9a9d74_596e_11eb_80bc_0025902b3cc1_N70158S224504N10018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce3c25ca_d53d_11ed_b8c7_ac1f6b40b531_N70165S224504N10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dffb8f_e1d6_11ee_a821_0050569cf81d_DSN00915224504N100_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709a8209_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a7de55_e1d6_11ee_a821_0050569cf81d_DSN02320018L224504N100_0122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb1b184_e1d5_11ee_a821_0050569cf81d_DSN0011005224504N100_0125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d9b0bd_e1d5_11ee_a821_0050569cf81d_DSN0011505224504N100_0126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09339456_e1d6_11ee_a821_0050569cf81d_DSN0021005224504N100_0127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdd5ffe_e1d6_11ee_a821_0050569cf81d_DSN0021505224504N100_0128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4295ca_e1d6_11ee_a821_0050569cf81d_DSN0062009224504N100_0129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542e264b_e1d6_11ee_a821_0050569cf81d_DSN0062509224504N100_0130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f9c65e9_e1d6_11ee_a821_0050569cf81d_DSN0045224504N100_0131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900813db_e1d6_11ee_a821_0050569cf81d_DSN0073009224504N100_0232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461935fc_e1d6_11ee_a821_0050569cf81d_GLS006901625_01-_1_33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12685fa1_cccd_11ee_a821_0050569cf81d_MSS012224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/MSST.019.22450.4N10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a67cc65_1c57_11f0_8ec3_0050569cf81d_MSST020224504N100_36.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3090,141 +2944,141 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="847725"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="847725"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="847725"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="847725"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -3240,171 +3094,171 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="866775"/>
+    <xdr:ext cx="857250" cy="885825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="866775"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="885825"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -3550,110 +3404,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3920,54 +3714,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z25"/>
+  <dimension ref="A1:Z24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B25" sqref="B25"/>
+      <selection activeCell="B24" sqref="B24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -4070,172 +3864,156 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4080.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSS 001 \  Решетка торговая (сетка)</t>
-[...3 lines deleted...]
-Артикул: DSS.001B.22450.4N100</t>
+            <t xml:space="preserve">DST 001 \ Решетка торговая (сетка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DST-BL.001B.6.3.9005.MU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 2000x800</t>
           </r>
           <r>
             <t xml:space="preserve">
-Диаметр прутка, мм: 7 | 3,5</t>
-[...15 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+Диаметр прутка, мм: 6 | 3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3774.00</t>
+            <t xml:space="preserve">2590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSS 001 \ Решетка торговая (сетка)</t>
-[...31 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+            <t xml:space="preserve">DST 001 \ Решетка торговая (сетка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DST-BL.001C.6.3.9005.MU</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размеры, мм: 2000х600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 6 | 3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2958.00</t>
+            <t xml:space="preserve">2070.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSS 001 \ Решетка торговая (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSS.001D.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5036,1413 +4814,1275 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1000.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSS 005 \ Решетка торговая (сетка)</t>
-[...23 lines deleted...]
-Примечание: Полимерно-порошковое покрытие, упаковка - воздушно пузырчатая пленка</t>
+            <t xml:space="preserve">18101S \ Корзина на торговую решетку (сетку) (600х300х100)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: N70.157S.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Проволока 5мм и 2,5мм, полимерно-порошковое покрытие.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 1</t>
+Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1081.00</t>
+            <t xml:space="preserve">780.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSS 005 \ Решетка торговая (сетка)</t>
-[...23 lines deleted...]
-Примечание: Полимерно-порошковое покрытие, упаковка - воздушно пузырчатая пленка</t>
+            <t xml:space="preserve">18116S \ Полка наклонная на торговую решетку (сетку) (600х300х50)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: N70.158S.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Проволока 5мм и 2,5мм, полимерно-порошковое покрытие. Угол наклона: 30 градусов.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 1</t>
+Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">775.00</t>
+            <t xml:space="preserve">680.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18101S \ Корзина на торговую решетку (сетку) (600х300х100)</t>
-[...3 lines deleted...]
-Артикул: N70.157S.22450.4N100</t>
+            <t xml:space="preserve">18115S \ Полка прямая на торговую решетку (сетку) (600х300х50)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: N70.165S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 100</t>
+Высота, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Проволока 5мм и 2,5мм, полимерно-порошковое покрытие.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">780.00</t>
+            <t xml:space="preserve">680.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18116S \ Полка наклонная на торговую решетку (сетку) (600х300х50)</t>
-[...27 lines deleted...]
-Примечание: Проволока 5мм и 2,5мм, полимерно-порошковое покрытие. Угол наклона: 30 градусов.</t>
+            <t xml:space="preserve">DSN.009 \ Полка для обуви прямая (260x100мм, t1,5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.009.1.5.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 260</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 5</t>
+Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">680.00</t>
+            <t xml:space="preserve">301.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18115S \ Полка прямая на торговую решетку (сетку) (600х300х50)</t>
-[...27 lines deleted...]
-Примечание: Проволока 5мм и 2,5мм, полимерно-порошковое покрытие.</t>
+            <t xml:space="preserve">DSN.023.200L \ Полкодержатель левый (L200мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.023.200.1.8.L.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 5</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">680.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.009 \ Полка для обуви прямая (260x100мм, t1,5мм)</t>
-[...11 lines deleted...]
-Длина, мм: 260</t>
+            <t xml:space="preserve">DSN.023.200R \ Полкодержатель правый (L200мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.023.200.1.8.R.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 100</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">301.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.023.200L \ Полкодержатель левый (L200мм)</t>
-[...19 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">DSN 291-S-BL \ Крючок одинарный на решетку (L-150, d-5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.291S.9005.MU</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Шаг перфорации, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.023.200R \ Полкодержатель правый (L200мм)</t>
-[...19 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">DSN 292-S-BL \ Крючок одинарный на решетку (L-200, d-5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.292S.9005.MU</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163.00</t>
+            <t xml:space="preserve">38.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN 291-S-BL \ Крючок одинарный на решетку (L-150, d-5мм)</t>
-[...11 lines deleted...]
-Глубина, мм: 150</t>
+            <t xml:space="preserve">DSN.001.100 \ Крючок одинарный на решетку (L100, d5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.001.100.5.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
-Шаг перфорации, мм: 50</t>
-[...7 lines deleted...]
-Примечание: полимерно-порошковое покрытие</t>
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Картинка анонса: 8080097</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.70</t>
+            <t xml:space="preserve">77.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN 292-S-BL \ Крючок одинарный на решетку (L-200, d-5мм)</t>
-[...11 lines deleted...]
-Глубина, мм: 200</t>
+            <t xml:space="preserve">DSN.001.150 \ Крючок одинарный на решетку (L150, d5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.001.150.5.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 50</t>
-[...7 lines deleted...]
-Примечание: полимерно-порошковое покрытие</t>
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.80</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.001.100 \ Крючок одинарный на решетку (L100, d5мм)</t>
-[...3 lines deleted...]
-Артикул: DSN.001.100.5.22450.4N100</t>
+            <t xml:space="preserve">DSN.002.100 \ Крючок одинарный на решетку с ценникодержателем  (L100, d5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.002.100.5.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Картинка анонса: 8080097</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">77.50</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.001.150 \ Крючок одинарный на решетку (L150, d5мм)</t>
-[...3 lines deleted...]
-Артикул: DSN.001.150.5.22450.4N100</t>
+            <t xml:space="preserve">DSN.002.150 \ Крючок одинарный на решетку с ценникодержателем  (L150, d5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.002.150.5.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">80.60</t>
+            <t xml:space="preserve">111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.002.100 \ Крючок одинарный на решетку с ценникодержателем  (L100, d5мм)</t>
-[...15 lines deleted...]
-Диаметр прутка, мм: 5</t>
+            <t xml:space="preserve">DSN.006.200 \ Кронштейн прямой (L200, d9мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.006.200.9.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">143.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.002.150 \ Крючок одинарный на решетку с ценникодержателем  (L150, d5мм)</t>
-[...15 lines deleted...]
-Диаметр прутка, мм: 5</t>
+            <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.006.250.9.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">111.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.006.200 \ Кронштейн прямой (L200, d9мм)</t>
-[...15 lines deleted...]
-Диаметр прутка, мм: 9</t>
+            <t xml:space="preserve">DSN.004 \ Кронштейн для шапок  (d5мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.004.5.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 270</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">143.00</t>
+            <t xml:space="preserve">184.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.006.250 \ Кронштейн прямой (L250, d9мм)</t>
-[...11 lines deleted...]
-Длина, мм: 250</t>
+            <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.007.300.9.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">153.00</t>
+            <t xml:space="preserve">245.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.004 \ Кронштейн для шапок  (d5мм)</t>
-[...15 lines deleted...]
-Диаметр прутка, мм: 5</t>
+            <t xml:space="preserve">DSN.005.300 \ Кронштейн наклонный с ограничителями (L300, d9мм))</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DSN.005.300.9.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">184.00</t>
+            <t xml:space="preserve">291.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.007.300 \ Кронштейн ступенчатый (L300, d9мм)</t>
-[...7 lines deleted...]
-Цвет: черный муар</t>
+            <t xml:space="preserve">MS 012 \ Соединитель решеток прямой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MSS.012.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 39</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 21</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Металлический</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Межосевое растояние 26мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 300</t>
-[...10 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">245.00</t>
+            <t xml:space="preserve">81.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">DSN.005.300 \ Кронштейн наклонный с ограничителями (L300, d9мм))</t>
-[...19 lines deleted...]
-Производитель: Россия</t>
+            <t xml:space="preserve">MS 019 \ Скоба крепления решетки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MSST.019.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 31</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: Металлический</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Крепеж к стене в комплект не входит. Широкий паз шириной 10,5мм, узкий паз шириной 5,5мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Картинка анонса: 8253888</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">291.00</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
-        <is>
-[...148 lines deleted...]
-      <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MSST 020 \ Скоба для крепления решетки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSST.020.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 43</t>
           </r>