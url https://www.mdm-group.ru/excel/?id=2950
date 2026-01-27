--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16.08.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Модульные стеллажи Primo Rus</t>
   </si>
   <si>
     <t>Модульные стеллажи Primo Rus на базе элементов системы Primo RUS - модульный конструктор в стиле лофт, способный легко вписаться в интерьеры различных типов помещений, торговых, выставочных, коммерческих и даже жилых. Представлены стандартные модули трех размеров с возможностью соединить их в цельный стеллажный ряд длиной до 6м. Может использоваться как пристенное, так и как островное оборудование. Универсальная перфорация в стойках технически позволяет использовать навесное оборудование систем Global, Fourus, Rames. 
 Преимуществом перед обычными стеллажами является возможность располагать полки, штанги, кронштейны на любой высоте, создавая необходимые пролеты под требуемые типы товаров. Так же возможно расположить стеллаж перфорацией направленной как на клиента, так от него, что расширяет возможные комбинации развески. Различные фризы и полки основания позволяют подбирать внешний вид стеллажа под интерьер помещения. 
 Благодаря универсальной перфорации на стойках, система совместима с сериями Global (черный муар), Fourus, PrimoRUS, что открывает доступ к широкому списку навесных элементов.
 Под заказ все металлические элементы возможны в любом цвете по раскладке RAL, в том числе неокрашенный металл под лаком. 
 В серии представлены элементы из ЛДСП или МДФ, которые изготавливаются под заказ в любом цвете.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.001.S  \ Стеллаж 633х450х2525мм</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Высота, мм: 2525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002.  Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13874.19</t>
+      <t xml:space="preserve">14152.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.001.M \ Стеллаж 933х450х2525мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.001.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -162,51 +162,51 @@
       <t xml:space="preserve">
 Высота, мм: 2525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. Допустимая распределенная нагрузка 20 кг на полку/штангу. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14893.11</t>
+      <t xml:space="preserve">15191.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.001.L \ Стеллаж 1233х450х2525мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.001.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -223,51 +223,51 @@
       <t xml:space="preserve">
 Высота, мм: 2525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15912.02</t>
+      <t xml:space="preserve">16230.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.002.R \ Рама завершающая правая 25х450х2525мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.002.R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -280,51 +280,51 @@
       <t xml:space="preserve">
 Высота, мм: 2525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. PRST.002 не рекомендуется использовать без необходимости и в островных конструкциях. PRST.002.R.22450.4N100.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5783.73</t>
+      <t xml:space="preserve">5899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.002.L \ Рама завершающая левая 25х450х2525мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.002.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -337,51 +337,51 @@
       <t xml:space="preserve">
 Высота, мм: 2525</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. PRST.002 не рекомендуется использовать без необходимости и в островных конструкциях.  Допустимая распределенная нагрузка 20 кг на полку/штангу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5783.73</t>
+      <t xml:space="preserve">5899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.003.S \ Центральная секция 583х450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.003.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -394,51 +394,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2697.91</t>
+      <t xml:space="preserve">2752.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.003.M \ Центральная секция 883х450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.003.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -451,51 +451,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3716.82</t>
+      <t xml:space="preserve">3791.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.003.L \ Центральная секция 1183х450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.003.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -508,51 +508,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4735.74</t>
+      <t xml:space="preserve">4830.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.004.S \ Соединитель 583мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.004.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -565,51 +565,51 @@
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются как стяжки для увеличения жесткости стеллажей. Комплектуются саморезами по металлу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">769.82</t>
+      <t xml:space="preserve">785.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.004.M \ Соединитель 883мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.004.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -622,51 +622,51 @@
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются как стяжки для увеличения жесткости стеллажей. Комплектуются саморезами по металлу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1024.55</t>
+      <t xml:space="preserve">1045.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.004.L \ Соединитель 1183мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.004.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -679,51 +679,51 @@
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются как стяжки для увеличения жесткости стеллажей. Комплектуются саморезами по металлу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1279.28</t>
+      <t xml:space="preserve">1305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.101.S \ Фриз перфорированный 577х398мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.101.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -736,51 +736,51 @@
       <t xml:space="preserve">
 Глубина, мм: 398</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или PRST.003. Для установки в PRST.001 комплектуется двумя пластинами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2975.09</t>
+      <t xml:space="preserve">3035.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.101.M \ Фриз перфорированный 877х398мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.101.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -793,51 +793,51 @@
       <t xml:space="preserve">
 Глубина, мм: 398</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или PRST.003. Для установки в PRST.001 комплектуется двумя пластинами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4232.37</t>
+      <t xml:space="preserve">4317.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.101.L \ Фриз перфорированный 1177х398мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.101.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -850,51 +850,51 @@
       <t xml:space="preserve">
 Глубина, мм: 398</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или PRST.003. Для установки в PRST.001 комплектуется двумя пластинами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5489.66</t>
+      <t xml:space="preserve">5599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.201.S \ Полка основания 579х448мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.201.S.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 579</t>
@@ -907,51 +907,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются соединителями (полкодержателями типа PK) для установки на PRST.001 и PRST.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1388.41</t>
+      <t xml:space="preserve">1416.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.201.M \ Полка основания 879х448мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.201.M.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 879</t>
@@ -964,51 +964,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются соединителями (полкодержателями типа PK) для установки на PRST.001 и PRST.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1888.97</t>
+      <t xml:space="preserve">1927.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.201.L \ Полка основания 1179х448мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.201.L.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1179</t>
@@ -1021,51 +1021,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются соединителями (полкодержателями типа PK) для установки на PRST.001 и PRST.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2389.52</t>
+      <t xml:space="preserve">2437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.301.S \ Штанга П-образная 607х165мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.301.S.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1078,51 +1078,51 @@
       <t xml:space="preserve">
 Глубина, мм: 165</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или между PRST.001 и PRST.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">996.74</t>
+      <t xml:space="preserve">1017.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.301.M \ Штанга П-образная 907х165мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.301.M.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1135,51 +1135,51 @@
       <t xml:space="preserve">
 Глубина, мм: 165</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или между PRST.001 и PRST.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1223.81</t>
+      <t xml:space="preserve">1248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.301.L \ Штанга П-образная 1207х165мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.301.L.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1192,51 +1192,51 @@
       <t xml:space="preserve">
 Глубина, мм: 165</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или между PRST.001 и PRST.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1450.88</t>
+      <t xml:space="preserve">1480.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PRST.401\ Кронштейн двухсторонний для прямоугольной штанги 30х15 (L-450мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRST.401.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1249,51 +1249,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х10мм, мм 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на штанги PRST.301. Пластиковые заглушки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">451.00</t>
+      <t xml:space="preserve">460.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2357,51 +2357,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.08.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2441,51 +2441,51 @@
             <t xml:space="preserve">
 Высота, мм: 2525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002.  Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13874.19</t>
+            <t xml:space="preserve">14152.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.001.M \ Стеллаж 933х450х2525мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRST.001.M.22450.4N100</t>
           </r>
@@ -2505,51 +2505,51 @@
             <t xml:space="preserve">
 Высота, мм: 2525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. Допустимая распределенная нагрузка 20 кг на полку/штангу. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14893.11</t>
+            <t xml:space="preserve">15191.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.001.L \ Стеллаж 1233х450х2525мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2571,51 +2571,51 @@
             <t xml:space="preserve">
 Высота, мм: 2525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15912.02</t>
+            <t xml:space="preserve">16230.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.002.R \ Рама завершающая правая 25х450х2525мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRST.002.R.22450.4N100</t>
           </r>
@@ -2631,51 +2631,51 @@
             <t xml:space="preserve">
 Высота, мм: 2525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. PRST.002 не рекомендуется использовать без необходимости и в островных конструкциях. PRST.002.R.22450.4N100.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5783.73</t>
+            <t xml:space="preserve">5899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.002.L \ Рама завершающая левая 25х450х2525мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2693,51 +2693,51 @@
             <t xml:space="preserve">
 Высота, мм: 2525</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. PRST.002 не рекомендуется использовать без необходимости и в островных конструкциях.  Допустимая распределенная нагрузка 20 кг на полку/штангу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5783.73</t>
+            <t xml:space="preserve">5899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.003.S \ Центральная секция 583х450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRST.003.S.22450.4N100</t>
           </r>
@@ -2753,51 +2753,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2697.91</t>
+            <t xml:space="preserve">2752.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.003.M \ Центральная секция 883х450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2815,51 +2815,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3716.82</t>
+            <t xml:space="preserve">3791.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.003.L \ Центральная секция 1183х450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRST.003.L.22450.4N100</t>
           </r>
@@ -2875,51 +2875,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемые опоры М10 в комплекте. Рамы в сборе. Стеллажи PRST.001 соединяются между собой центральной секцией PRST.003 и с ее же помощью возможна установка завершающей рамы PRST.002. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4735.74</t>
+            <t xml:space="preserve">4830.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.004.S \ Соединитель 583мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2937,51 +2937,51 @@
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются как стяжки для увеличения жесткости стеллажей. Комплектуются саморезами по металлу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">769.82</t>
+            <t xml:space="preserve">785.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.004.M \ Соединитель 883мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRST.004.M.22450.4N100</t>
           </r>
@@ -2997,51 +2997,51 @@
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются как стяжки для увеличения жесткости стеллажей. Комплектуются саморезами по металлу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1024.55</t>
+            <t xml:space="preserve">1045.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.004.L \ Соединитель 1183мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3059,51 +3059,51 @@
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются как стяжки для увеличения жесткости стеллажей. Комплектуются саморезами по металлу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1279.28</t>
+            <t xml:space="preserve">1305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.101.S \ Фриз перфорированный 577х398мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRST.101.S.22450.4N100</t>
           </r>
@@ -3119,51 +3119,51 @@
             <t xml:space="preserve">
 Глубина, мм: 398</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или PRST.003. Для установки в PRST.001 комплектуется двумя пластинами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2975.09</t>
+            <t xml:space="preserve">3035.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.101.M \ Фриз перфорированный 877х398мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3181,51 +3181,51 @@
             <t xml:space="preserve">
 Глубина, мм: 398</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или PRST.003. Для установки в PRST.001 комплектуется двумя пластинами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4232.37</t>
+            <t xml:space="preserve">4317.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.101.L \ Фриз перфорированный 1177х398мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRST.101.L.22450.4N100</t>
           </r>
@@ -3241,51 +3241,51 @@
             <t xml:space="preserve">
 Глубина, мм: 398</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или PRST.003. Для установки в PRST.001 комплектуется двумя пластинами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5489.66</t>
+            <t xml:space="preserve">5599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.201.S \ Полка основания 579х448мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3303,51 +3303,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются соединителями (полкодержателями типа PK) для установки на PRST.001 и PRST.003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1388.41</t>
+            <t xml:space="preserve">1416.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.201.M \ Полка основания 879х448мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRST.201.M.DSP</t>
           </r>
@@ -3363,51 +3363,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются соединителями (полкодержателями типа PK) для установки на PRST.001 и PRST.003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1888.97</t>
+            <t xml:space="preserve">1927.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.201.L \ Полка основания 1179х448мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3425,51 +3425,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются соединителями (полкодержателями типа PK) для установки на PRST.001 и PRST.003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2389.52</t>
+            <t xml:space="preserve">2437.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.301.S \ Штанга П-образная 607х165мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRST.301.S.V2.22450.4N100</t>
           </r>
@@ -3485,51 +3485,51 @@
             <t xml:space="preserve">
 Глубина, мм: 165</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или между PRST.001 и PRST.002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">996.74</t>
+            <t xml:space="preserve">1017.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.301.M \ Штанга П-образная 907х165мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3547,51 +3547,51 @@
             <t xml:space="preserve">
 Глубина, мм: 165</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или между PRST.001 и PRST.002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1223.81</t>
+            <t xml:space="preserve">1248.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.301.L \ Штанга П-образная 1207х165мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRST.301.L.V2.22450.4N100</t>
           </r>
@@ -3607,51 +3607,51 @@
             <t xml:space="preserve">
 Глубина, мм: 165</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается в PRST.001 или между PRST.001 и PRST.002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1450.88</t>
+            <t xml:space="preserve">1480.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PRST.401\ Кронштейн двухсторонний для прямоугольной штанги 30х15 (L-450мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3669,51 +3669,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х10мм, мм 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на штанги PRST.301. Пластиковые заглушки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">451.00</t>
+            <t xml:space="preserve">460.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>