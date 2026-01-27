--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -44,50 +44,51 @@
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">01.01.0001</t>
     </r>
   </si>
   <si>
     <t>Новогодние украшения для магазинов</t>
   </si>
   <si>
     <t xml:space="preserve">Новогодние украшения (декорации) для магазинов - очень легкие и удобные в эксплуатации украшения из пластика, изготовленные методом вакуумной формовки. 
 Коллекция новогодних украшений различных цветов и размеров для оформления торговых центров, магазинов, супермаркетов и иных общественных помещений, в новогодние и рождественские дни сделает любой интерьер праздничным и нарядным.
 В коллекцию входит ассортимент цветных шаров, снежинки, шишки, звезды и гирлянды, а также крепления для них.
 Фигуры состоят из двух половинок и скрепляются обычным степлером. После использования разбираются. Возможны для многоразового использования. 
+Внимание! Цены указаны со скидками! 
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1 (391T) \ Шар прозрачно-золотой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.004.TRG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачно-золотой</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -362,70 +363,70 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">140 (R) \ Гирлянда из шаров &amp;quot;Скидки&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.109.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 180х30х30 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: МДМ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Имеются мелкие царапины, следы от степлера</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4148.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2 (005) \ Шар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.015.BU</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -4710,70 +4711,70 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">140 (R) \ Гирлянда из шаров &amp;quot;Скидки&amp;quot;</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DEC.109.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 180х30х30 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: МДМ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Имеются мелкие царапины, следы от степлера</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Нет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4148.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2 (005) \ Шар</t>
           </r>
           <r>