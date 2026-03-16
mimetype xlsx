--- v1 (2026-01-27)
+++ v2 (2026-03-16)
@@ -363,70 +363,70 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">140 (R) \ Гирлянда из шаров &amp;quot;Скидки&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.109.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 180х30х30 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: МДМ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Имеются мелкие царапины, следы от степлера</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4148.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2 (005) \ Шар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.015.BU</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -481,70 +481,70 @@
       </rPr>
       <t xml:space="preserve">2 (360R) \ Шар красно-золотой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.017.RDG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красно-золотой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, см: 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: МДМ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Имеются мелкие царапины</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3360.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2 (372) \ Шар серебристо-золотой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.018.SG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристо-золотой</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -648,70 +648,70 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2 (392) \ Шар серебристо-золотой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.020.SG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристо-золотой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, см: 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: МДМ</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2 (430G) \ Шар бело-золотой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.027.WHG</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -2134,127 +2134,127 @@
       </rPr>
       <t xml:space="preserve">88 (001) \ Звёзды 8-конечные, комплект из 6 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.087.G</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: золото</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 20х20х6 см (6 шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: МДМ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Имеются мелкие царапины</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1176.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">88 (002) \ Звёзды 8-конечные, комплект из 6 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.088.S</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 20х20х6 см (6 шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: МДМ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Имеются мелкие царапины</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1176.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">91 (002) \ Звезда неправильной формы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DEC.072.S</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -4711,70 +4711,70 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">140 (R) \ Гирлянда из шаров &amp;quot;Скидки&amp;quot;</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DEC.109.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 180х30х30 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: МДМ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Имеются мелкие царапины, следы от степлера</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4148.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2 (005) \ Шар</t>
           </r>
           <r>
@@ -4837,70 +4837,70 @@
             </rPr>
             <t xml:space="preserve">2 (360R) \ Шар красно-золотой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DEC.017.RDG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: красно-золотой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, см: 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: МДМ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Имеются мелкие царапины</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3360.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2 (372) \ Шар серебристо-золотой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DEC.018.SG</t>
           </r>
           <r>
@@ -5017,70 +5017,70 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2 (392) \ Шар серебристо-золотой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DEC.020.SG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серебристо-золотой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, см: 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: МДМ</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2 (430G) \ Шар бело-золотой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DEC.027.WHG</t>
@@ -6607,130 +6607,130 @@
             </rPr>
             <t xml:space="preserve">88 (001) \ Звёзды 8-конечные, комплект из 6 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DEC.087.G</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: золото</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 20х20х6 см (6 шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: МДМ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Имеются мелкие царапины</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1176.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">88 (002) \ Звёзды 8-конечные, комплект из 6 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DEC.088.S</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серебряный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 20х20х6 см (6 шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: МДМ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Имеются мелкие царапины</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1176.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">91 (002) \ Звезда неправильной формы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DEC.072.S</t>
           </r>
           <r>