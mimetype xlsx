--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.02.2025</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины URBAN</t>
   </si>
   <si>
     <t>Торговая мебель Favorit — оптимальный выбор для магазинов экономичного ценового сегмента. В серии представлены витрины, а также прилавки двух видов: со стеклянным верхом и с местом под кассу. Тумба под кассу снабжена дверкой с замком и внутренней полкой.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">URBN.001.22450.4N100 \ Витрина 450х450х900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: URBN.001.22450.4N100</t>
     </r>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Выдвигающееся основание ящика витрины, на замке.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19705.00</t>
+      <t xml:space="preserve">20099.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">URBN.002.22450.4N100 \ Витрина 900х450х900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: URBN.002.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -150,51 +150,51 @@
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Выдвигающееся основание ящика витрины, на замке.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28252.00</t>
+      <t xml:space="preserve">28817.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">URBN.003.22450.4N100 \ Витрина 450х450х1925мм (без полок и полкодержателей)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: URBN.003.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
@@ -207,51 +207,51 @@
       <t xml:space="preserve">
 Высота, мм: 1925</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Дверцы на замке, внутренняя светодиодная подсветка на крышке витрины. Полки с полкодержателями в комплект не входят.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33269.00</t>
+      <t xml:space="preserve">33934.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">URBN.004.22450.4N100 \ Витрина 900х450х1925мм (без полок и полкодержателей)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: URBN.004.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -264,51 +264,51 @@
       <t xml:space="preserve">
 Высота, мм: 1925</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Дверцы на замке, внутренняя светодиодная подсветка на крышке витрины. Полки с полкодержателями в комплект не входят.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40499.00</t>
+      <t xml:space="preserve">41309.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">K.URBN.003.PGL Полка стеклянная 390х380мм с полкодержателями</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.URBN.003.PGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 390</t>
@@ -431,51 +431,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1925</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Дверцы на замке, внутренняя светодиодная подсветка на крышке витрины. Полки с полкодержателями в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36656.15</t>
+      <t xml:space="preserve">37321.15</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">K.URBN.004.GL.22450.4N100 Витрина 900Х450Х1925мм со стеклянными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.URBN.004.GL.22450.4N100</t>
@@ -1210,51 +1210,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.02.2025</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1290,51 +1290,51 @@
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Выдвигающееся основание ящика витрины, на замке.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19705.00</t>
+            <t xml:space="preserve">20099.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">URBN.002.22450.4N100 \ Витрина 900х450х900мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: URBN.002.22450.4N100</t>
           </r>
@@ -1350,51 +1350,51 @@
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Выдвигающееся основание ящика витрины, на замке.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28252.00</t>
+            <t xml:space="preserve">28817.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">URBN.003.22450.4N100 \ Витрина 450х450х1925мм (без полок и полкодержателей)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1412,51 +1412,51 @@
             <t xml:space="preserve">
 Высота, мм: 1925</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Дверцы на замке, внутренняя светодиодная подсветка на крышке витрины. Полки с полкодержателями в комплект не входят.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33269.00</t>
+            <t xml:space="preserve">33934.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">URBN.004.22450.4N100 \ Витрина 900х450х1925мм (без полок и полкодержателей)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: URBN.004.22450.4N100</t>
           </r>
@@ -1472,51 +1472,51 @@
             <t xml:space="preserve">
 Высота, мм: 1925</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Дверцы на замке, внутренняя светодиодная подсветка на крышке витрины. Полки с полкодержателями в комплект не входят.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40499.00</t>
+            <t xml:space="preserve">41309.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K.URBN.003.PGL Полка стеклянная 390х380мм с полкодержателями</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1652,51 +1652,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1925</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Дверцы на замке, внутренняя светодиодная подсветка на крышке витрины. Полки с полкодержателями в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36656.15</t>
+            <t xml:space="preserve">37321.15</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K.URBN.004.GL.22450.4N100 Витрина 900Х450Х1925мм со стеклянными полками</t>
           </r>