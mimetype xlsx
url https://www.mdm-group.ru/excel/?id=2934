--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -33,100 +33,100 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.0001</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Настенное оборудование Primo Rus</t>
   </si>
   <si>
     <t>Настенное оборудование Primo Rus 300 - решение для выкладки и презентации товара в торговых помещениях. Может использоваться как основное торговое оборудование, так и как вспомогательные элементы к сериям Primo Rus, Global, Fourus, Rames для заполнения пустующих мест на стене, где нет возможности установить пристенные стойки. Все изделия выполнены из трубы 25х25мм и соединителей для профильной трубы, обеспечивающих прочные и ровные стыки конструкций. 
 Дизайн настенного оборудования Primo Rus 300 отлично вписывается в интерьеры лофт и минимализм. Сдержанный внешний вид сохраняет функционал изделий. Полки представлены в трех материалах: стекло, ЛДСП и МДФ. Полки из ЛДСП и МДФ изготавливаются под заказ в любом цвете. Стандартный цвет трубы - черный муар, но возможно изготовление в любом цвете по каталогу RAL под заказ.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.301.S \ Кронштейн настенный L-150мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.301.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">236.00</t>
+      <t xml:space="preserve">241.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -139,51 +139,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.301.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">261.00</t>
+      <t xml:space="preserve">266.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -196,51 +196,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.301.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">286.00</t>
+      <t xml:space="preserve">292.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -261,51 +261,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">526.00</t>
+      <t xml:space="preserve">537.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.302.M \ Штанга настенная 900х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.302.M.22450.4N100</t>
@@ -318,51 +318,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">800.00</t>
+      <t xml:space="preserve">816.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.302.L \ Штанга настенная 1200х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.302.L.22450.4N100</t>
@@ -375,51 +375,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">875.00</t>
+      <t xml:space="preserve">893.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.303.M \  Штанга настенная с крючками 600х150х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.303.M.22450.4N100</t>
@@ -432,51 +432,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">626.00</t>
+      <t xml:space="preserve">639.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.303.L \ Штанга настенная с крючками 900х150х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.303.L.22450.4N100</t>
@@ -489,51 +489,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">701.00</t>
+      <t xml:space="preserve">715.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.GL.S \ Полка настенная двойная Стекло 600х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.GL.S.22450.4N100</t>
@@ -546,51 +546,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1973.00</t>
+      <t xml:space="preserve">2012.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.GL.M \ Полка настенная двойная Стекло 900х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.GL.M.22450.4N100</t>
@@ -603,51 +603,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2394.00</t>
+      <t xml:space="preserve">2442.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.GL.L \ Полка настенная двойная Стекло 1200х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.GL.L.22450.4N100</t>
@@ -660,51 +660,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2910.00</t>
+      <t xml:space="preserve">2968.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.DSP.S \ Полка настенная двойная ДСП 600х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.DSP.S.22450.4N100</t>
@@ -713,51 +713,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2004.00</t>
+      <t xml:space="preserve">2044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.DSP.M \ Полка настенная двойная ДСП 900х350х400мм</t>
@@ -770,51 +770,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2431.00</t>
+      <t xml:space="preserve">2480.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.DSP.L \ Полка настенная двойная ДСП 1200х350х400мм</t>
@@ -827,51 +827,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2907.00</t>
+      <t xml:space="preserve">2965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.GL.S \ Полка настенная со штангой Стекло 600х350х131мм</t>
@@ -888,51 +888,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 131</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1650.00</t>
+      <t xml:space="preserve">1683.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.GL.M \ Полка настенная со штангой Стекло 900х350х131мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.305.GL.M.22450.4N100</t>
@@ -945,51 +945,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 131</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1865.00</t>
+      <t xml:space="preserve">1902.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.GL.L \ Полка настенная со штангой Стекло 1200х350х131мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.305.GL.L.22450.4N100</t>
@@ -1002,51 +1002,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 131</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2079.00</t>
+      <t xml:space="preserve">2121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.DSP.S \ Полка настенная со штангой ДСП 600х350х141мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.305.DSP.S.22450.4N100</t>
@@ -1055,51 +1055,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 141</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1869.00</t>
+      <t xml:space="preserve">1906.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.DSP.M \ Полка настенная со штангой ДСП 900х350х141мм</t>
@@ -1112,51 +1112,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 141</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2155.00</t>
+      <t xml:space="preserve">2198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.DSP.L \ Полка настенная со штангой ДСП 1200х350х141мм</t>
@@ -1169,51 +1169,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 141</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2441.00</t>
+      <t xml:space="preserve">2490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.GL.S \ Полка настенная Стекло 600х345х31мм</t>
@@ -1230,51 +1230,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 31</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1205.00</t>
+      <t xml:space="preserve">1229.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.GL.M \ Полка настенная Стекло 900х345х31мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.306.GL.M.22450.4N100</t>
@@ -1287,51 +1287,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 31</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1494.00</t>
+      <t xml:space="preserve">1524.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.GL.L \ Полка настенная Стекло 1200х345х31мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.306.GL.L.22450.4N100</t>
@@ -1344,51 +1344,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 31</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1841.00</t>
+      <t xml:space="preserve">1878.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.DSP.S \ Полка настенная ДСП 600х345х41мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.306.DSP.S.22450.4N100</t>
@@ -1397,51 +1397,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 41</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1521.00</t>
+      <t xml:space="preserve">1551.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.DSP.M \ Полка настенная ДСП 900х345х41мм</t>
@@ -1454,51 +1454,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 41</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1784.00</t>
+      <t xml:space="preserve">1820.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.DSP.L \ Полка настенная ДСП 1200х345х41мм</t>
@@ -1511,51 +1511,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 41</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2185.00</t>
+      <t xml:space="preserve">2229.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2777,51 +2777,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.0001</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2845,51 +2845,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.301.S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">236.00</t>
+            <t xml:space="preserve">241.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2905,51 +2905,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.301.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">261.00</t>
+            <t xml:space="preserve">266.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2967,51 +2967,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.301.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">286.00</t>
+            <t xml:space="preserve">292.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3035,51 +3035,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">526.00</t>
+            <t xml:space="preserve">537.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3097,51 +3097,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">800.00</t>
+            <t xml:space="preserve">816.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.302.L \ Штанга настенная 1200х350х25мм</t>
           </r>
@@ -3157,51 +3157,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">875.00</t>
+            <t xml:space="preserve">893.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3219,51 +3219,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">626.00</t>
+            <t xml:space="preserve">639.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.303.L \ Штанга настенная с крючками 900х150х25мм</t>
           </r>
@@ -3279,51 +3279,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">701.00</t>
+            <t xml:space="preserve">715.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3341,51 +3341,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1973.00</t>
+            <t xml:space="preserve">2012.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.304.GL.M \ Полка настенная двойная Стекло 900х350х400мм</t>
           </r>
@@ -3401,51 +3401,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2394.00</t>
+            <t xml:space="preserve">2442.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3463,51 +3463,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2910.00</t>
+            <t xml:space="preserve">2968.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.304.DSP.S \ Полка настенная двойная ДСП 600х350х400мм</t>
           </r>
@@ -3519,51 +3519,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2004.00</t>
+            <t xml:space="preserve">2044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3581,51 +3581,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2431.00</t>
+            <t xml:space="preserve">2480.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3641,51 +3641,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2907.00</t>
+            <t xml:space="preserve">2965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3707,51 +3707,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 131</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1650.00</t>
+            <t xml:space="preserve">1683.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.305.GL.M \ Полка настенная со штангой Стекло 900х350х131мм</t>
           </r>
@@ -3767,51 +3767,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 131</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1865.00</t>
+            <t xml:space="preserve">1902.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3829,51 +3829,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 131</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2079.00</t>
+            <t xml:space="preserve">2121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.305.DSP.S \ Полка настенная со штангой ДСП 600х350х141мм</t>
           </r>
@@ -3885,51 +3885,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 141</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1869.00</t>
+            <t xml:space="preserve">1906.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3947,51 +3947,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 141</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2155.00</t>
+            <t xml:space="preserve">2198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4007,51 +4007,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 141</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2441.00</t>
+            <t xml:space="preserve">2490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4073,51 +4073,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 31</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1205.00</t>
+            <t xml:space="preserve">1229.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.306.GL.M \ Полка настенная Стекло 900х345х31мм</t>
           </r>
@@ -4133,51 +4133,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 31</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1494.00</t>
+            <t xml:space="preserve">1524.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4195,51 +4195,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 31</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1841.00</t>
+            <t xml:space="preserve">1878.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.306.DSP.S \ Полка настенная ДСП 600х345х41мм</t>
           </r>
@@ -4251,51 +4251,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 41</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1521.00</t>
+            <t xml:space="preserve">1551.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4313,51 +4313,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 41</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1784.00</t>
+            <t xml:space="preserve">1820.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4373,51 +4373,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 41</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2185.00</t>
+            <t xml:space="preserve">2229.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>