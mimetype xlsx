--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.10.2023</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Обзорные зеркала безопасности (купольные, круглые, сферические, антивор)</t>
   </si>
   <si>
     <t xml:space="preserve">Обзорные зеркала безопасности – специальные противокражные средства улучшения обзора для помещений. За счет выпуклой конструкции самого зеркала, позволяет обеспечить визуальный доступ к тем местам вашего магазина, которые ранее были не защищены.
 Наши зеркала безопасности позволяют службе магазина предотвращать кражи товаров и следить за порядком в помещении торгового зала. Выпуклое зеркало для магазина устанавливается на специальные прочные кронштейны, идущие в комплекте с нашими зеркалами, в местах, которые необходимо обеспечить дополнительным обзором.
 Обеспечьте безопасность и сохранность продукции вашего магазина. Лучшие модели противокражных обзорных зеркал для магазина представлены в каталоге нашего сайта. Сферические обзорные зеркала (300, 450 и 600 мм.), купольные зеркала 1/4 сферы (600 мм.) и 1/8 сферы (300 мм.).
 По статистике, размещение нескольких обзорных зеркал в магазине, оказывает психологическое воздействие на недобросовестных покупателей и способствует уменьшению количества краж, а также дисциплинирует персонал магазина. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CM(U)-60 \ Зеркало обзорное противокражное</t>
     </r>
     <r>
@@ -92,51 +92,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемый кронштейн в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет обода: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4182.00</t>
+      <t xml:space="preserve">4266.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CM(U)-45 \ Зеркало обзорное противокражное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.028.CH</t>
@@ -149,51 +149,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемый кронштейн в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет обода: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3060.00</t>
+      <t xml:space="preserve">3121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CM(U)-30 \ Зеркало обзорное противокражное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.029.CH</t>
@@ -206,51 +206,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулируемый кронштейн в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет обода: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2295.00</t>
+      <t xml:space="preserve">2341.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CMD-65F \ Зеркало купольное, 650 мм (1/2 сферы)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.023.CH</t>
@@ -1039,51 +1039,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.10.2023</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1115,51 +1115,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемый кронштейн в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет обода: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4182.00</t>
+            <t xml:space="preserve">4266.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CM(U)-45 \ Зеркало обзорное противокражное</t>
           </r>
@@ -1175,51 +1175,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемый кронштейн в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет обода: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3060.00</t>
+            <t xml:space="preserve">3121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -1237,51 +1237,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулируемый кронштейн в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет обода: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2295.00</t>
+            <t xml:space="preserve">2341.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CMD-65F \ Зеркало купольное, 650 мм (1/2 сферы)</t>
           </r>