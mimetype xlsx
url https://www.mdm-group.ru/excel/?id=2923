--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -856,144 +856,144 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">650.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RMS.038L \ Дистанционная штанга L на глубину 200мм</t>
-[...3 lines deleted...]
-Артикул: RMS.038L.22450.4N100</t>
+      <t xml:space="preserve">RMS.038M \ Дистанционная штанга M на глубину 200мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RMS.038M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 1200</t>
+Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002L и RMS.003L.</t>
+Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002M и RMS.003M.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">780.00</t>
+      <t xml:space="preserve">714.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RMS.038M \ Дистанционная штанга M на глубину 200мм</t>
-[...3 lines deleted...]
-Артикул: RMS.038M.22450.4N100</t>
+      <t xml:space="preserve">RMS.038L \ Дистанционная штанга L на глубину 200мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RMS.038L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 900</t>
+Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002M и RMS.003M.</t>
+Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002L и RMS.003L.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">714.00</t>
+      <t xml:space="preserve">780.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.007M \ Штанга GLPR.038 с крючками 900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.007M.22450.4N100</t>
@@ -3052,51 +3052,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c3d217_cca1_11ed_bcfb_ac1f6b40b531_RMS001L224504N1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c3cdec_cca1_11ed_bcfb_ac1f6b40b531_RMS001M224504N1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd16abf_cca1_11ed_bcfb_ac1f6b40b531_RMS002L224504N1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd1687a_cca1_11ed_bcfb_ac1f6b40b531_RMS002M224504N1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd16fc7_cca1_11ed_bcfb_ac1f6b40b531_RMS003L224504N1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd16cce_cca1_11ed_bcfb_ac1f6b40b531_RMS003M224504N1007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13051e87_cca1_11ed_bcfb_ac1f6b40b531_RMS004224504N100.resize28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1906d55c_cca1_11ed_bcfb_ac1f6b40b531_RMS005L224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13052215_cca1_11ed_bcfb_ac1f6b40b531_RMS005M224504N100.resize210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13051fe2_cca1_11ed_bcfb_ac1f6b40b531_RMS005S224504N10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1906dac0_cca1_11ed_bcfb_ac1f6b40b531_RMS006L224504N10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1906d8fc_cca1_11ed_bcfb_ac1f6b40b531_RMS006M224504N10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1906d711_cca1_11ed_bcfb_ac1f6b40b531_RMS006S224504N100.resize214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eff0aef_cca1_11ed_bcfb_ac1f6b40b531_RMS038S224504N100_0115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eff1129_cca1_11ed_bcfb_ac1f6b40b531_RMS038L224504N100_0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eff0dc4_cca1_11ed_bcfb_ac1f6b40b531_RMS038M224504N100_0117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50035b61_1a4e_11ee_907c_ac1f6b40b531_RMS007M224504N10018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50035bae_1a4e_11ee_907c_ac1f6b40b531_RMS007S224504N10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48e68497_1a4e_11ee_907c_ac1f6b40b531_RMS007L224504N10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09ac5ff2_bcb4_11ed_93f3_ac1f6b40b531_RMS023200L224504N100_0121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09ac66c9_bcb4_11ed_93f3_ac1f6b40b531_RMS023200R224504N100_0122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3282aad9_9182_11ed_a1f9_ac1f6b40b531_RMS023300L224504N100_0123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3282b7f2_9182_11ed_a1f9_ac1f6b40b531_RMS023300R224504N100_0124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f73c11_cca1_11ed_bcfb_ac1f6b40b531_RMS023400L224504N100_0125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f73f64_cca1_11ed_bcfb_ac1f6b40b531_RMS023400R224504N100_0126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f57e81_1a4e_11ee_907c_ac1f6b40b531_RMS008L224504N10027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f57ece_1a4e_11ee_907c_ac1f6b40b531_RMS008M224504N10028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e33cda1_1a4e_11ee_907c_ac1f6b40b531_RMS008S224504N10029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f7423b_cca1_11ed_bcfb_ac1f6b40b531_RMS101S.resize230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b288f86_cca1_11ed_bcfb_ac1f6b40b531_RMS101M.resize231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b289225_cca1_11ed_bcfb_ac1f6b40b531_RMS101L.resize232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/312326b1_cca1_11ed_bcfb_ac1f6b40b531_RMS102L33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31232400_cca1_11ed_bcfb_ac1f6b40b531_RMS102M.resize234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b289728_cca1_11ed_bcfb_ac1f6b40b531_RMS102S35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37201c54_cca1_11ed_bcfb_ac1f6b40b531_RMS103L36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37201829_cca1_11ed_bcfb_ac1f6b40b531_RMS103M.resize237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31232998_cca1_11ed_bcfb_ac1f6b40b531_RMS103S38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e33cdee_1a4e_11ee_907c_ac1f6b40b531_RMS104LDSP_1639.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6446310d_1a4e_11ee_907c_ac1f6b40b531_RMS104MDSP_1640.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abeec5a_1a4e_11ee_907c_ac1f6b40b531_RMS104SDSP_1641.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abef9b8_1a4e_11ee_907c_ac1f6b40b531_RMS105L224504N10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7210467a_1a4e_11ee_907c_ac1f6b40b531_RMS105M224504N10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721046c7_1a4e_11ee_907c_ac1f6b40b531_RMS105S224504N10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7934667a_1a4e_11ee_907c_ac1f6b40b531_RMS106224504N10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79346e29_1a4e_11ee_907c_ac1f6b40b531_RMS107224504N10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8616e_1a4e_11ee_907c_ac1f6b40b531_RMS108L224504N10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8636b_1a4e_11ee_907c_ac1f6b40b531_RMS108M224504N10048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86bbd741_1a4e_11ee_907c_ac1f6b40b531_RMS108S224504N10049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86bbd78e_1a4e_11ee_907c_ac1f6b40b531_RMS109L224504N10050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e608181_1a4e_11ee_907c_ac1f6b40b531_RMS109M224504N10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e609719_1a4e_11ee_907c_ac1f6b40b531_RMS109S224504N10052.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c3d217_cca1_11ed_bcfb_ac1f6b40b531_RMS001L224504N1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c3cdec_cca1_11ed_bcfb_ac1f6b40b531_RMS001M224504N1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd16abf_cca1_11ed_bcfb_ac1f6b40b531_RMS002L224504N1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd1687a_cca1_11ed_bcfb_ac1f6b40b531_RMS002M224504N1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd16fc7_cca1_11ed_bcfb_ac1f6b40b531_RMS003L224504N1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd16cce_cca1_11ed_bcfb_ac1f6b40b531_RMS003M224504N1007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13051e87_cca1_11ed_bcfb_ac1f6b40b531_RMS004224504N100.resize28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1906d55c_cca1_11ed_bcfb_ac1f6b40b531_RMS005L224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13052215_cca1_11ed_bcfb_ac1f6b40b531_RMS005M224504N100.resize210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13051fe2_cca1_11ed_bcfb_ac1f6b40b531_RMS005S224504N10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1906dac0_cca1_11ed_bcfb_ac1f6b40b531_RMS006L224504N10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1906d8fc_cca1_11ed_bcfb_ac1f6b40b531_RMS006M224504N10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1906d711_cca1_11ed_bcfb_ac1f6b40b531_RMS006S224504N100.resize214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eff0aef_cca1_11ed_bcfb_ac1f6b40b531_RMS038S224504N100_0115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eff0dc4_cca1_11ed_bcfb_ac1f6b40b531_RMS038M224504N100_0116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eff1129_cca1_11ed_bcfb_ac1f6b40b531_RMS038L224504N100_0117.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50035b61_1a4e_11ee_907c_ac1f6b40b531_RMS007M224504N10018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50035bae_1a4e_11ee_907c_ac1f6b40b531_RMS007S224504N10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48e68497_1a4e_11ee_907c_ac1f6b40b531_RMS007L224504N10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09ac5ff2_bcb4_11ed_93f3_ac1f6b40b531_RMS023200L224504N100_0121.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09ac66c9_bcb4_11ed_93f3_ac1f6b40b531_RMS023200R224504N100_0122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3282aad9_9182_11ed_a1f9_ac1f6b40b531_RMS023300L224504N100_0123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3282b7f2_9182_11ed_a1f9_ac1f6b40b531_RMS023300R224504N100_0124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f73c11_cca1_11ed_bcfb_ac1f6b40b531_RMS023400L224504N100_0125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f73f64_cca1_11ed_bcfb_ac1f6b40b531_RMS023400R224504N100_0126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f57e81_1a4e_11ee_907c_ac1f6b40b531_RMS008L224504N10027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f57ece_1a4e_11ee_907c_ac1f6b40b531_RMS008M224504N10028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e33cda1_1a4e_11ee_907c_ac1f6b40b531_RMS008S224504N10029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f7423b_cca1_11ed_bcfb_ac1f6b40b531_RMS101S.resize230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b288f86_cca1_11ed_bcfb_ac1f6b40b531_RMS101M.resize231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b289225_cca1_11ed_bcfb_ac1f6b40b531_RMS101L.resize232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/312326b1_cca1_11ed_bcfb_ac1f6b40b531_RMS102L33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31232400_cca1_11ed_bcfb_ac1f6b40b531_RMS102M.resize234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b289728_cca1_11ed_bcfb_ac1f6b40b531_RMS102S35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37201c54_cca1_11ed_bcfb_ac1f6b40b531_RMS103L36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37201829_cca1_11ed_bcfb_ac1f6b40b531_RMS103M.resize237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31232998_cca1_11ed_bcfb_ac1f6b40b531_RMS103S38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e33cdee_1a4e_11ee_907c_ac1f6b40b531_RMS104LDSP_1639.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6446310d_1a4e_11ee_907c_ac1f6b40b531_RMS104MDSP_1640.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abeec5a_1a4e_11ee_907c_ac1f6b40b531_RMS104SDSP_1641.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abef9b8_1a4e_11ee_907c_ac1f6b40b531_RMS105L224504N10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7210467a_1a4e_11ee_907c_ac1f6b40b531_RMS105M224504N10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721046c7_1a4e_11ee_907c_ac1f6b40b531_RMS105S224504N10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7934667a_1a4e_11ee_907c_ac1f6b40b531_RMS106224504N10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79346e29_1a4e_11ee_907c_ac1f6b40b531_RMS107224504N10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8616e_1a4e_11ee_907c_ac1f6b40b531_RMS108L224504N10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8636b_1a4e_11ee_907c_ac1f6b40b531_RMS108M224504N10048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86bbd741_1a4e_11ee_907c_ac1f6b40b531_RMS108S224504N10049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86bbd78e_1a4e_11ee_907c_ac1f6b40b531_RMS109L224504N10050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e608181_1a4e_11ee_907c_ac1f6b40b531_RMS109M224504N10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e609719_1a4e_11ee_907c_ac1f6b40b531_RMS109S224504N10052.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5850,147 +5850,147 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RMS.038L \ Дистанционная штанга L на глубину 200мм</t>
-[...3 lines deleted...]
-Артикул: RMS.038L.22450.4N100</t>
+            <t xml:space="preserve">RMS.038M \ Дистанционная штанга M на глубину 200мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RMS.038M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1200</t>
+Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002L и RMS.003L.</t>
+Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002M и RMS.003M.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">780.00</t>
+            <t xml:space="preserve">714.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RMS.038M \ Дистанционная штанга M на глубину 200мм</t>
-[...3 lines deleted...]
-Артикул: RMS.038M.22450.4N100</t>
+            <t xml:space="preserve">RMS.038L \ Дистанционная штанга L на глубину 200мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RMS.038L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 900</t>
+Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002M и RMS.003M.</t>
+Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002L и RMS.003L.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">714.00</t>
+            <t xml:space="preserve">780.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>