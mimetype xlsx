--- v1 (2025-12-06)
+++ v2 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.03.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Rames</t>
   </si>
   <si>
     <t>Rames - серия оборудования на основе стоек и рам из прямоугольной трубы 50х25х1.5мм с перфорацией по одной стороне.  
 Торговая система отлично вписывается в интерьеры лофт и минимализм, подходит для магазинов мужской одежды и аксессуаров, салонов молодежной, джинсовой одежды, спорттоваров. В светлых цветах хорошо впишется в магазины женской и детской одежды, отделы нижнего белья, косметики и товаров для дома. 
 Пристенные и подвесные рамы с перфорацией по внутренней стороне позволяют акцентировать внимание клиента на представленный в них товар.
 Благодаря универсальной перфорации на стойках, система совместима с сериями  Global (черный муар), Fourus, PrimoRUS, что открывает доступ к широкому списку навесных элементов.
 Полки, накопители, боксы и т.д. из ЛДСП изготавливаются под заказ в любом цвете. 
 Основные изделия из металла представлены в цвете черный муар. Под заказ возможно исполнение в любом цвете по раскладке RAL.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.001L \ Стойка Rames 50х25мм, H-2560мм</t>
@@ -94,51 +94,51 @@
       <t xml:space="preserve">
 Высота, мм: 2560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация по одной стороне, регулируемая опора в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1640.00</t>
+      <t xml:space="preserve">1673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.001M \ Стойка Rames 50х25мм, H-2210мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.001M.22450.4N100</t>
@@ -151,51 +151,51 @@
       <t xml:space="preserve">
 Высота, мм: 2210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация по одной стороне, регулируемая опора в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1540.00</t>
+      <t xml:space="preserve">1571.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.002L \ Крепление стойки Rames 50х25мм, L-357мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.002L.22450.4N100</t>
@@ -208,51 +208,51 @@
       <t xml:space="preserve">
 Глубина, мм: 357</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стнене по перфорации стойки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">810.00</t>
+      <t xml:space="preserve">826.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.002M \ Крепление стойки Rames 50х25мм, L-257мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.002M.22450.4N100</t>
@@ -265,51 +265,51 @@
       <t xml:space="preserve">
 Глубина, мм: 257</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стнене по перфорации стойки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">770.00</t>
+      <t xml:space="preserve">785.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.003L \  Крепление Г-образное стойки Rames 50х25мм, L-357мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.003L.22450.4N100</t>
@@ -322,51 +322,51 @@
       <t xml:space="preserve">
 Глубина, мм: 357</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стене по верхнему концу стойки.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1350.00</t>
+      <t xml:space="preserve">1377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.003M \ Крепление Г-образное стойки Rames 50х25мм, L-257мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.003M.22450.4N100</t>
@@ -379,51 +379,51 @@
       <t xml:space="preserve">
 Глубина, мм: 257</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стене по верхнему концу стойки.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1280.00</t>
+      <t xml:space="preserve">1306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.004 \ Заглушка для RMS.001 50х25мм, плоская</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.004.22450.4N100</t>
@@ -432,51 +432,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Декоративная заглушка, если не используется RMS.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.59</t>
+      <t xml:space="preserve">97.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.005L \ Рама Rames 1285мм, H-2560мм</t>
@@ -493,51 +493,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1285</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5090.00</t>
+      <t xml:space="preserve">5192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.005M \ Рама Rames 985мм, H-2560мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.005M.22450.4N100</t>
@@ -550,51 +550,51 @@
       <t xml:space="preserve">
 Ширина, мм: 985</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4990.00</t>
+      <t xml:space="preserve">5090.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.005S \ Рама Rames 685мм, H-2560мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.005S.22450.4N100</t>
@@ -607,51 +607,51 @@
       <t xml:space="preserve">
 Ширина, мм: 685</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4890.00</t>
+      <t xml:space="preserve">4988.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.006L \ Рама подвесная Rames 1285мм, H-1348мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.006L.22450.4N100</t>
@@ -660,51 +660,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1285</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1348</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5600.00</t>
+      <t xml:space="preserve">5712.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.006M \ Рама подвесная Rames 985мм, H-1348мм</t>
@@ -717,51 +717,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 985</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1348</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4900.00</t>
+      <t xml:space="preserve">4998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.006S \ Рама подвесная Rames 685мм, H-1348мм</t>
@@ -774,51 +774,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 685</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1348</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4500.00</t>
+      <t xml:space="preserve">4590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.038S \ Дистанционная штанга S на глубину 200мм</t>
@@ -835,51 +835,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002S и RMS.003S.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">650.00</t>
+      <t xml:space="preserve">663.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.038M \ Дистанционная штанга M на глубину 200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.038M.22450.4N100</t>
@@ -892,51 +892,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002M и RMS.003M.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">714.00</t>
+      <t xml:space="preserve">728.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.038L \ Дистанционная штанга L на глубину 200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.038L.22450.4N100</t>
@@ -949,51 +949,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002L и RMS.003L.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">780.00</t>
+      <t xml:space="preserve">796.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.007M \ Штанга GLPR.038 с крючками 900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.007M.22450.4N100</t>
@@ -1002,51 +1002,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 354</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2050.00</t>
+      <t xml:space="preserve">2091.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.007S \ Штанга GLPR.038 с крючками 600мм</t>
@@ -1059,51 +1059,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 354</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1890.00</t>
+      <t xml:space="preserve">1928.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.007L \ Штанга GLPR.038 с крючками 1200мм</t>
@@ -1116,51 +1116,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 354</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2190.00</t>
+      <t xml:space="preserve">2234.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.200.L \ Полкодержатель левый, L-200мм</t>
@@ -1173,51 +1173,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">135.00</t>
+      <t xml:space="preserve">138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.200.R \ Полкодержатель правый, L-200мм</t>
@@ -1230,51 +1230,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">135.00</t>
+      <t xml:space="preserve">138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.300.L \ Полкодержатель левый, L-300мм</t>
@@ -1287,51 +1287,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">165.00</t>
+      <t xml:space="preserve">168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.300.R \ Полкодержатель правый, L-300мм</t>
@@ -1344,51 +1344,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">165.00</t>
+      <t xml:space="preserve">168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.400.L \ Полкодержатель левый, L-400мм</t>
@@ -1401,51 +1401,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">175.00</t>
+      <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.400.R \ Полкодержатель правый, L-400мм</t>
@@ -1458,51 +1458,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">175.00</t>
+      <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.008L \ Постер 1179мм, Н=407мм</t>
@@ -1515,51 +1515,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1179</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 407</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7790.00</t>
+      <t xml:space="preserve">7946.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.008M \ Постер 879мм, Н=407мм</t>
@@ -1572,51 +1572,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 879</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 407</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5878.00</t>
+      <t xml:space="preserve">5996.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.008S \ Постер 579мм, Н=407мм</t>
@@ -1629,51 +1629,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 579</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 407</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3966.00</t>
+      <t xml:space="preserve">4045.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.101S.DSP \ Короб из ДСП 600х400x400мм</t>
@@ -1686,51 +1686,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4060.50</t>
+      <t xml:space="preserve">4142.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.102M.DSP \ Короб из ДСП 900х400x400мм</t>
@@ -1743,51 +1743,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5809.06</t>
+      <t xml:space="preserve">5925.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.102L.DSP \ Короб из ДСП 1200х400x400мм</t>
@@ -1800,51 +1800,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7557.63</t>
+      <t xml:space="preserve">7709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.102L.DSP-16 \ Полка фигурная из ДСП 1200х400x16мм</t>
@@ -1861,51 +1861,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1724.09</t>
+      <t xml:space="preserve">1759.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.102M.DSP-16 \ Полка фигурная  из ДСП 900х400x16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.102M.DSP-16</t>
@@ -1918,51 +1918,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1333.07</t>
+      <t xml:space="preserve">1360.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.102S.DSP-16 \ Полка фигурная из ДСП 600х400x16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.102S.DSP-16</t>
@@ -1975,51 +1975,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">942.05</t>
+      <t xml:space="preserve">961.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.103L.DSP-25 \ Полка фигурная из ДСП 1200х400x25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.103L.DSP-25</t>
@@ -2032,51 +2032,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2326.64</t>
+      <t xml:space="preserve">2373.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.103M.DSP-25 \ Полка фигурная из ДСП 900х400x25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.103M.DSP-25</t>
@@ -2089,51 +2089,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1811.65</t>
+      <t xml:space="preserve">1848.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.103S.DSP-25 \ Полка фигурная из ДСП 600х400x25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.103S.DSP-25</t>
@@ -2146,51 +2146,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1296.66</t>
+      <t xml:space="preserve">1323.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.104L.DSP-16 \ Полка фигурная Г-образная из ДСП 1200х400x16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.104L.DSP-16</t>
@@ -2199,51 +2199,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3440.00</t>
+      <t xml:space="preserve">3509.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.104M.DSP-16 \ Полка фигурная Г-образная из ДСП 900х400x16мм</t>
@@ -2256,51 +2256,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2666.00</t>
+      <t xml:space="preserve">2719.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.104S.DSP-16 \ Полка фигурная Г-образная из ДСП 600х400x16мм</t>
@@ -2313,51 +2313,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1892.00</t>
+      <t xml:space="preserve">1930.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.105L \ Накопитель ЛДСП с выдвижными ящиками 1175х356x402мм</t>
@@ -2370,51 +2370,51 @@
       <t xml:space="preserve">
 Длина, мм: 1175</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 356</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 402</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20771.00</t>
+      <t xml:space="preserve">21186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.105M \ Накопитель ЛДСП с выдвижными ящиками 875х356x402мм</t>
@@ -2427,51 +2427,51 @@
       <t xml:space="preserve">
 Длина, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 356</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 402</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17289.00</t>
+      <t xml:space="preserve">17635.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.105S \ Накопитель ЛДСП с выдвижными ящиками 575х356x402мм</t>
@@ -2484,51 +2484,51 @@
       <t xml:space="preserve">
 Длина, мм: 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 356</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 402</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13808.00</t>
+      <t xml:space="preserve">14084.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.106 \ Зеркало поворотное круглое 350мм</t>
@@ -2537,51 +2537,51 @@
       <t xml:space="preserve">
 Артикул: RMS.106.22450.4N100.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2047.00</t>
+      <t xml:space="preserve">2088.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2594,51 +2594,51 @@
       <t xml:space="preserve">
 Артикул: RMS.107.22450.4N100.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4561.00</t>
+      <t xml:space="preserve">4652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2655,51 +2655,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3555.00</t>
+      <t xml:space="preserve">3626.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.108M \ Подиум ЛДСП 880х500х105мм</t>
@@ -2712,51 +2712,51 @@
       <t xml:space="preserve">
 Длина, мм: 880</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2962.00</t>
+      <t xml:space="preserve">3021.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.108S \ Подиум ЛДСП 580х500х105мм</t>
@@ -2769,51 +2769,51 @@
       <t xml:space="preserve">
 Длина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2236.00</t>
+      <t xml:space="preserve">2281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.109L \ Подиум ЛДСП 500х500х900мм</t>
@@ -2826,51 +2826,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4613.00</t>
+      <t xml:space="preserve">4705.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.109M \ Подиум ЛДСП 500х500х600мм</t>
@@ -2883,51 +2883,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4257.00</t>
+      <t xml:space="preserve">4342.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.109S \ Подиум ЛДСП 500х500х300мм</t>
@@ -2940,51 +2940,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3901.00</t>
+      <t xml:space="preserve">3979.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4956,51 +4956,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.03.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5032,51 +5032,51 @@
             <t xml:space="preserve">
 Высота, мм: 2560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация по одной стороне, регулируемая опора в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1640.00</t>
+            <t xml:space="preserve">1673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.001M \ Стойка Rames 50х25мм, H-2210мм</t>
           </r>
@@ -5092,51 +5092,51 @@
             <t xml:space="preserve">
 Высота, мм: 2210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация по одной стороне, регулируемая опора в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1540.00</t>
+            <t xml:space="preserve">1571.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5154,51 +5154,51 @@
             <t xml:space="preserve">
 Глубина, мм: 357</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стнене по перфорации стойки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">810.00</t>
+            <t xml:space="preserve">826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.002M \ Крепление стойки Rames 50х25мм, L-257мм</t>
           </r>
@@ -5214,51 +5214,51 @@
             <t xml:space="preserve">
 Глубина, мм: 257</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стнене по перфорации стойки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">770.00</t>
+            <t xml:space="preserve">785.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5276,51 +5276,51 @@
             <t xml:space="preserve">
 Глубина, мм: 357</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стене по верхнему концу стойки.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1350.00</t>
+            <t xml:space="preserve">1377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.003M \ Крепление Г-образное стойки Rames 50х25мм, L-257мм</t>
           </r>
@@ -5336,51 +5336,51 @@
             <t xml:space="preserve">
 Глубина, мм: 257</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стене по верхнему концу стойки.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1280.00</t>
+            <t xml:space="preserve">1306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5394,51 +5394,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Декоративная заглушка, если не используется RMS.003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.59</t>
+            <t xml:space="preserve">97.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5458,51 +5458,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1285</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5090.00</t>
+            <t xml:space="preserve">5192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5520,51 +5520,51 @@
             <t xml:space="preserve">
 Ширина, мм: 985</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4990.00</t>
+            <t xml:space="preserve">5090.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.005S \ Рама Rames 685мм, H-2560мм</t>
           </r>
@@ -5580,51 +5580,51 @@
             <t xml:space="preserve">
 Ширина, мм: 685</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4890.00</t>
+            <t xml:space="preserve">4988.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5638,51 +5638,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1285</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1348</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5600.00</t>
+            <t xml:space="preserve">5712.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5698,51 +5698,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 985</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1348</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4900.00</t>
+            <t xml:space="preserve">4998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5760,51 +5760,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 685</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1348</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4500.00</t>
+            <t xml:space="preserve">4590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5824,51 +5824,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002S и RMS.003S.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">650.00</t>
+            <t xml:space="preserve">663.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5886,51 +5886,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002M и RMS.003M.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">714.00</t>
+            <t xml:space="preserve">728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.038L \ Дистанционная штанга L на глубину 200мм</t>
           </r>
@@ -5946,51 +5946,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002L и RMS.003L.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">780.00</t>
+            <t xml:space="preserve">796.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6004,51 +6004,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 354</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2050.00</t>
+            <t xml:space="preserve">2091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6064,51 +6064,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 354</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1890.00</t>
+            <t xml:space="preserve">1928.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6126,51 +6126,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 354</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2190.00</t>
+            <t xml:space="preserve">2234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6186,51 +6186,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">135.00</t>
+            <t xml:space="preserve">138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6248,51 +6248,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">135.00</t>
+            <t xml:space="preserve">138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6308,51 +6308,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">165.00</t>
+            <t xml:space="preserve">168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6370,51 +6370,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">165.00</t>
+            <t xml:space="preserve">168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6430,51 +6430,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">175.00</t>
+            <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6492,51 +6492,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">175.00</t>
+            <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6552,51 +6552,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1179</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 407</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7790.00</t>
+            <t xml:space="preserve">7946.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6614,51 +6614,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 879</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 407</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5878.00</t>
+            <t xml:space="preserve">5996.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6674,51 +6674,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 579</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 407</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3966.00</t>
+            <t xml:space="preserve">4045.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6736,51 +6736,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4060.50</t>
+            <t xml:space="preserve">4142.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6796,51 +6796,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5809.06</t>
+            <t xml:space="preserve">5925.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6858,51 +6858,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7557.63</t>
+            <t xml:space="preserve">7709.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6922,51 +6922,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1724.09</t>
+            <t xml:space="preserve">1759.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6984,51 +6984,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1333.07</t>
+            <t xml:space="preserve">1360.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.102S.DSP-16 \ Полка фигурная из ДСП 600х400x16мм</t>
           </r>
@@ -7044,51 +7044,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">942.05</t>
+            <t xml:space="preserve">961.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7106,51 +7106,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2326.64</t>
+            <t xml:space="preserve">2373.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.103M.DSP-25 \ Полка фигурная из ДСП 900х400x25мм</t>
           </r>
@@ -7166,51 +7166,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1811.65</t>
+            <t xml:space="preserve">1848.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7228,51 +7228,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1296.66</t>
+            <t xml:space="preserve">1323.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.104L.DSP-16 \ Полка фигурная Г-образная из ДСП 1200х400x16мм</t>
           </r>
@@ -7284,51 +7284,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3440.00</t>
+            <t xml:space="preserve">3509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7346,51 +7346,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2666.00</t>
+            <t xml:space="preserve">2719.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7406,51 +7406,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1892.00</t>
+            <t xml:space="preserve">1930.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7468,51 +7468,51 @@
             <t xml:space="preserve">
 Длина, мм: 1175</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 356</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 402</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20771.00</t>
+            <t xml:space="preserve">21186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7528,51 +7528,51 @@
             <t xml:space="preserve">
 Длина, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 356</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 402</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17289.00</t>
+            <t xml:space="preserve">17635.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7590,51 +7590,51 @@
             <t xml:space="preserve">
 Длина, мм: 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 356</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 402</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13808.00</t>
+            <t xml:space="preserve">14084.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7646,51 +7646,51 @@
             <t xml:space="preserve">
 Артикул: RMS.106.22450.4N100.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2047.00</t>
+            <t xml:space="preserve">2088.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7708,51 +7708,51 @@
             <t xml:space="preserve">
 Артикул: RMS.107.22450.4N100.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4561.00</t>
+            <t xml:space="preserve">4652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7772,51 +7772,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3555.00</t>
+            <t xml:space="preserve">3626.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7834,51 +7834,51 @@
             <t xml:space="preserve">
 Длина, мм: 880</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2962.00</t>
+            <t xml:space="preserve">3021.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7894,51 +7894,51 @@
             <t xml:space="preserve">
 Длина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2236.00</t>
+            <t xml:space="preserve">2281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7956,51 +7956,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4613.00</t>
+            <t xml:space="preserve">4705.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8016,51 +8016,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4257.00</t>
+            <t xml:space="preserve">4342.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8078,51 +8078,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3901.00</t>
+            <t xml:space="preserve">3979.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>