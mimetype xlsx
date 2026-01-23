--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.03.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Rames</t>
   </si>
   <si>
     <t>Rames - серия оборудования на основе стоек и рам из прямоугольной трубы 50х25х1.5мм с перфорацией по одной стороне.  
 Торговая система отлично вписывается в интерьеры лофт и минимализм, подходит для магазинов мужской одежды и аксессуаров, салонов молодежной, джинсовой одежды, спорттоваров. В светлых цветах хорошо впишется в магазины женской и детской одежды, отделы нижнего белья, косметики и товаров для дома. 
 Пристенные и подвесные рамы с перфорацией по внутренней стороне позволяют акцентировать внимание клиента на представленный в них товар.
 Благодаря универсальной перфорации на стойках, система совместима с сериями  Global (черный муар), Fourus, PrimoRUS, что открывает доступ к широкому списку навесных элементов.
 Полки, накопители, боксы и т.д. из ЛДСП изготавливаются под заказ в любом цвете. 
 Основные изделия из металла представлены в цвете черный муар. Под заказ возможно исполнение в любом цвете по раскладке RAL.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.001M \ Стойка Rames 50х25мм, H-2210мм</t>
@@ -94,51 +94,51 @@
       <t xml:space="preserve">
 Высота, мм: 2210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация по одной стороне, регулируемая опора в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1540.00</t>
+      <t xml:space="preserve">1571.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.001L \ Стойка Rames 50х25мм, H-2560мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.001L.22450.4N100</t>
@@ -151,51 +151,51 @@
       <t xml:space="preserve">
 Высота, мм: 2560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация по одной стороне, регулируемая опора в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1640.00</t>
+      <t xml:space="preserve">1673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.002M \ Крепление стойки Rames 50х25мм, L-257мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.002M.22450.4N100</t>
@@ -208,51 +208,51 @@
       <t xml:space="preserve">
 Глубина, мм: 257</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стнене по перфорации стойки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">770.00</t>
+      <t xml:space="preserve">785.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.002L \ Крепление стойки Rames 50х25мм, L-357мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.002L.22450.4N100</t>
@@ -265,51 +265,51 @@
       <t xml:space="preserve">
 Глубина, мм: 357</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стнене по перфорации стойки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">810.00</t>
+      <t xml:space="preserve">826.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.003M \ Крепление Г-образное стойки Rames 50х25мм, L-257мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.003M.22450.4N100</t>
@@ -322,51 +322,51 @@
       <t xml:space="preserve">
 Глубина, мм: 257</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стене по верхнему концу стойки.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1280.00</t>
+      <t xml:space="preserve">1306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.003L \  Крепление Г-образное стойки Rames 50х25мм, L-357мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.003L.22450.4N100</t>
@@ -379,51 +379,51 @@
       <t xml:space="preserve">
 Глубина, мм: 357</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 50х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стене по верхнему концу стойки.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1350.00</t>
+      <t xml:space="preserve">1377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.004 \ Заглушка для RMS.001 50х25мм, плоская</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.004.22450.4N100</t>
@@ -432,51 +432,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Декоративная заглушка, если не используется RMS.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.59</t>
+      <t xml:space="preserve">97.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.005S \ Рама Rames 685мм, H-2560мм</t>
@@ -493,51 +493,51 @@
       <t xml:space="preserve">
 Ширина, мм: 685</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4890.00</t>
+      <t xml:space="preserve">4988.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.005M \ Рама Rames 985мм, H-2560мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.005M.22450.4N100</t>
@@ -550,51 +550,51 @@
       <t xml:space="preserve">
 Ширина, мм: 985</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4990.00</t>
+      <t xml:space="preserve">5090.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.005L \ Рама Rames 1285мм, H-2560мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.005L.22450.4N100</t>
@@ -607,51 +607,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1285</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5090.00</t>
+      <t xml:space="preserve">5192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.007S \ Штанга GLPR.038 с крючками 600мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.007S.22450.4N100</t>
@@ -660,51 +660,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 354</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1890.00</t>
+      <t xml:space="preserve">1928.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.007M \ Штанга GLPR.038 с крючками 900мм</t>
@@ -717,51 +717,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 354</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2050.00</t>
+      <t xml:space="preserve">2091.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.007L \ Штанга GLPR.038 с крючками 1200мм</t>
@@ -774,51 +774,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 354</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2190.00</t>
+      <t xml:space="preserve">2234.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.008S \ Постер 579мм, Н=407мм</t>
@@ -831,51 +831,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 579</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 407</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3966.00</t>
+      <t xml:space="preserve">4045.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.008M \ Постер 879мм, Н=407мм</t>
@@ -888,51 +888,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 879</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 407</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5878.00</t>
+      <t xml:space="preserve">5996.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.008L \ Постер 1179мм, Н=407мм</t>
@@ -945,51 +945,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1179</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 407</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7790.00</t>
+      <t xml:space="preserve">7946.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.104S.DSP-16 \ Полка фигурная Г-образная из ДСП 600х400x16мм</t>
@@ -1002,51 +1002,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1892.00</t>
+      <t xml:space="preserve">1930.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.104M.DSP-16 \ Полка фигурная Г-образная из ДСП 900х400x16мм</t>
@@ -1059,51 +1059,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2666.00</t>
+      <t xml:space="preserve">2719.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.104L.DSP-16 \ Полка фигурная Г-образная из ДСП 1200х400x16мм</t>
@@ -1116,51 +1116,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3440.00</t>
+      <t xml:space="preserve">3509.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.105M \ Накопитель ЛДСП с выдвижными ящиками 875х356x402мм</t>
@@ -1173,51 +1173,51 @@
       <t xml:space="preserve">
 Длина, мм: 875</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 356</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 402</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17289.00</t>
+      <t xml:space="preserve">17635.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.105L \ Накопитель ЛДСП с выдвижными ящиками 1175х356x402мм</t>
@@ -1230,51 +1230,51 @@
       <t xml:space="preserve">
 Длина, мм: 1175</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 356</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 402</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20771.00</t>
+      <t xml:space="preserve">21186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.106 \ Зеркало поворотное круглое 350мм</t>
@@ -1283,51 +1283,51 @@
       <t xml:space="preserve">
 Артикул: RMS.106.22450.4N100.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2047.00</t>
+      <t xml:space="preserve">2088.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1340,51 +1340,51 @@
       <t xml:space="preserve">
 Артикул: RMS.107.22450.4N100.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4561.00</t>
+      <t xml:space="preserve">4652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1401,51 +1401,51 @@
       <t xml:space="preserve">
 Длина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2236.00</t>
+      <t xml:space="preserve">2281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.108L \ Подиум ЛДСП 1180х500х105мм</t>
@@ -1458,51 +1458,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3555.00</t>
+      <t xml:space="preserve">3626.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.109S \ Подиум ЛДСП 500х500х300мм</t>
@@ -1515,51 +1515,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3901.00</t>
+      <t xml:space="preserve">3979.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.109M \ Подиум ЛДСП 500х500х600мм</t>
@@ -1572,51 +1572,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4257.00</t>
+      <t xml:space="preserve">4342.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.109L \ Подиум ЛДСП 500х500х900мм</t>
@@ -1629,51 +1629,51 @@
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4613.00</t>
+      <t xml:space="preserve">4705.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.006S \ Рама подвесная Rames 685мм, H-1348мм</t>
@@ -1686,51 +1686,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 685</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1348</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4500.00</t>
+      <t xml:space="preserve">4590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.006M \ Рама подвесная Rames 985мм, H-1348мм</t>
@@ -1743,51 +1743,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 985</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1348</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4900.00</t>
+      <t xml:space="preserve">4998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.006L \ Рама подвесная Rames 1285мм, H-1348мм</t>
@@ -1800,51 +1800,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1285</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1348</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5600.00</t>
+      <t xml:space="preserve">5712.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.038S \ Дистанционная штанга S на глубину 200мм</t>
@@ -1861,51 +1861,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002S и RMS.003S.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">650.00</t>
+      <t xml:space="preserve">663.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.038M \ Дистанционная штанга M на глубину 200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.038M.22450.4N100</t>
@@ -1918,51 +1918,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002M и RMS.003M.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">714.00</t>
+      <t xml:space="preserve">728.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.038L \ Дистанционная штанга L на глубину 200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.038L.22450.4N100</t>
@@ -1975,51 +1975,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002L и RMS.003L.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">780.00</t>
+      <t xml:space="preserve">796.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.200.L \ Полкодержатель левый, L-200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.023.200.L.22450.4N100</t>
@@ -2028,51 +2028,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">135.00</t>
+      <t xml:space="preserve">138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.200.R \ Полкодержатель правый, L-200мм</t>
@@ -2085,51 +2085,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">135.00</t>
+      <t xml:space="preserve">138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.300.L \ Полкодержатель левый, L-300мм</t>
@@ -2142,51 +2142,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">165.00</t>
+      <t xml:space="preserve">168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.300.R \ Полкодержатель правый, L-300мм</t>
@@ -2199,51 +2199,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">165.00</t>
+      <t xml:space="preserve">168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.400.L \ Полкодержатель левый, L-400мм</t>
@@ -2256,51 +2256,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">175.00</t>
+      <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.023.400.R \ Полкодержатель правый, L-400мм</t>
@@ -2313,51 +2313,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">175.00</t>
+      <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.101S.DSP \ Короб из ДСП 600х400x400мм</t>
@@ -2370,51 +2370,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4060.50</t>
+      <t xml:space="preserve">4142.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.102M.DSP \ Короб из ДСП 900х400x400мм</t>
@@ -2427,51 +2427,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5809.06</t>
+      <t xml:space="preserve">5925.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.102L.DSP \ Короб из ДСП 1200х400x400мм</t>
@@ -2484,51 +2484,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7557.63</t>
+      <t xml:space="preserve">7709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.102S.DSP-16 \ Полка фигурная из ДСП 600х400x16мм</t>
@@ -2545,51 +2545,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">942.05</t>
+      <t xml:space="preserve">961.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.102M.DSP-16 \ Полка фигурная  из ДСП 900х400x16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.102M.DSP-16</t>
@@ -2602,51 +2602,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1333.07</t>
+      <t xml:space="preserve">1360.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.102L.DSP-16 \ Полка фигурная из ДСП 1200х400x16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.102L.DSP-16</t>
@@ -2659,51 +2659,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1724.09</t>
+      <t xml:space="preserve">1759.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.103S.DSP-25 \ Полка фигурная из ДСП 600х400x25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.103S.DSP-25</t>
@@ -2716,51 +2716,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1296.66</t>
+      <t xml:space="preserve">1323.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.103M.DSP-25 \ Полка фигурная из ДСП 900х400x25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.103M.DSP-25</t>
@@ -2773,51 +2773,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1811.65</t>
+      <t xml:space="preserve">1848.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RMS.103L.DSP-25 \ Полка фигурная из ДСП 1200х400x25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RMS.103L.DSP-25</t>
@@ -2830,51 +2830,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2326.64</t>
+      <t xml:space="preserve">2373.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -4782,51 +4782,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.03.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4858,51 +4858,51 @@
             <t xml:space="preserve">
 Высота, мм: 2210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация по одной стороне, регулируемая опора в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1540.00</t>
+            <t xml:space="preserve">1571.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.001L \ Стойка Rames 50х25мм, H-2560мм</t>
           </r>
@@ -4918,51 +4918,51 @@
             <t xml:space="preserve">
 Высота, мм: 2560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация по одной стороне, регулируемая опора в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1640.00</t>
+            <t xml:space="preserve">1673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4980,51 +4980,51 @@
             <t xml:space="preserve">
 Глубина, мм: 257</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стнене по перфорации стойки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">770.00</t>
+            <t xml:space="preserve">785.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.002L \ Крепление стойки Rames 50х25мм, L-357мм</t>
           </r>
@@ -5040,51 +5040,51 @@
             <t xml:space="preserve">
 Глубина, мм: 357</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стнене по перфорации стойки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">810.00</t>
+            <t xml:space="preserve">826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5102,51 +5102,51 @@
             <t xml:space="preserve">
 Глубина, мм: 257</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стене по верхнему концу стойки.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1280.00</t>
+            <t xml:space="preserve">1306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.003L \  Крепление Г-образное стойки Rames 50х25мм, L-357мм</t>
           </r>
@@ -5162,51 +5162,51 @@
             <t xml:space="preserve">
 Глубина, мм: 357</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 50х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для дистанционного крепления стойки к стене по верхнему концу стойки.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1350.00</t>
+            <t xml:space="preserve">1377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5220,51 +5220,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Декоративная заглушка, если не используется RMS.003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.59</t>
+            <t xml:space="preserve">97.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5284,51 +5284,51 @@
             <t xml:space="preserve">
 Ширина, мм: 685</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4890.00</t>
+            <t xml:space="preserve">4988.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5346,51 +5346,51 @@
             <t xml:space="preserve">
 Ширина, мм: 985</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4990.00</t>
+            <t xml:space="preserve">5090.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.005L \ Рама Rames 1285мм, H-2560мм</t>
           </r>
@@ -5406,51 +5406,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1285</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опирается на пол. Перфорация по внутренней стороне.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5090.00</t>
+            <t xml:space="preserve">5192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5464,51 +5464,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 354</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1890.00</t>
+            <t xml:space="preserve">1928.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5524,51 +5524,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 354</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2050.00</t>
+            <t xml:space="preserve">2091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5586,51 +5586,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 354</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2190.00</t>
+            <t xml:space="preserve">2234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5646,51 +5646,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 579</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 407</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3966.00</t>
+            <t xml:space="preserve">4045.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5708,51 +5708,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 879</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 407</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5878.00</t>
+            <t xml:space="preserve">5996.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5768,51 +5768,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1179</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 407</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7790.00</t>
+            <t xml:space="preserve">7946.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5830,51 +5830,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1892.00</t>
+            <t xml:space="preserve">1930.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5890,51 +5890,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2666.00</t>
+            <t xml:space="preserve">2719.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5952,51 +5952,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3440.00</t>
+            <t xml:space="preserve">3509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6012,51 +6012,51 @@
             <t xml:space="preserve">
 Длина, мм: 875</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 356</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 402</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17289.00</t>
+            <t xml:space="preserve">17635.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6074,51 +6074,51 @@
             <t xml:space="preserve">
 Длина, мм: 1175</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 356</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 402</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20771.00</t>
+            <t xml:space="preserve">21186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6130,51 +6130,51 @@
             <t xml:space="preserve">
 Артикул: RMS.106.22450.4N100.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2047.00</t>
+            <t xml:space="preserve">2088.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6192,51 +6192,51 @@
             <t xml:space="preserve">
 Артикул: RMS.107.22450.4N100.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4561.00</t>
+            <t xml:space="preserve">4652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6256,51 +6256,51 @@
             <t xml:space="preserve">
 Длина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2236.00</t>
+            <t xml:space="preserve">2281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6318,51 +6318,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3555.00</t>
+            <t xml:space="preserve">3626.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6378,51 +6378,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3901.00</t>
+            <t xml:space="preserve">3979.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6440,51 +6440,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4257.00</t>
+            <t xml:space="preserve">4342.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6500,51 +6500,51 @@
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4613.00</t>
+            <t xml:space="preserve">4705.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6562,51 +6562,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 685</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1348</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4500.00</t>
+            <t xml:space="preserve">4590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6622,51 +6622,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 985</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1348</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4900.00</t>
+            <t xml:space="preserve">4998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6684,51 +6684,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1285</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1348</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5600.00</t>
+            <t xml:space="preserve">5712.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6748,51 +6748,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002S и RMS.003S.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">650.00</t>
+            <t xml:space="preserve">663.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6810,51 +6810,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002M и RMS.003M.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">714.00</t>
+            <t xml:space="preserve">728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.038L \ Дистанционная штанга L на глубину 200мм</t>
           </r>
@@ -6870,51 +6870,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Штанга для кронштейнов фронтальной развески при использовании RMS.002L и RMS.003L.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">780.00</t>
+            <t xml:space="preserve">796.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6928,51 +6928,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">135.00</t>
+            <t xml:space="preserve">138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6988,51 +6988,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">135.00</t>
+            <t xml:space="preserve">138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7050,51 +7050,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">165.00</t>
+            <t xml:space="preserve">168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7110,51 +7110,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">165.00</t>
+            <t xml:space="preserve">168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7172,51 +7172,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">175.00</t>
+            <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7232,51 +7232,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полкодержателя позволяет размещать полки между стоек.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">175.00</t>
+            <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7294,51 +7294,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4060.50</t>
+            <t xml:space="preserve">4142.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7354,51 +7354,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5809.06</t>
+            <t xml:space="preserve">5925.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7416,51 +7416,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7557.63</t>
+            <t xml:space="preserve">7709.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7480,51 +7480,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">942.05</t>
+            <t xml:space="preserve">961.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7542,51 +7542,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1333.07</t>
+            <t xml:space="preserve">1360.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.102L.DSP-16 \ Полка фигурная из ДСП 1200х400x16мм</t>
           </r>
@@ -7602,51 +7602,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1724.09</t>
+            <t xml:space="preserve">1759.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7664,51 +7664,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1296.66</t>
+            <t xml:space="preserve">1323.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RMS.103M.DSP-25 \ Полка фигурная из ДСП 900х400x25мм</t>
           </r>
@@ -7724,51 +7724,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1811.65</t>
+            <t xml:space="preserve">1848.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7786,51 +7786,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Форма полки позволяет скрывать зазор между стойками при размещении нескольких полок в ряд</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2326.64</t>
+            <t xml:space="preserve">2373.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>