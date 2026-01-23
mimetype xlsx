--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,106 +33,106 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.11.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стеллажи торговые Арлекс, Беларусь</t>
   </si>
   <si>
     <t>Стеллажи торговые Арлекс, Беларусь – универсальные металлические торговые стеллажи с полимерным покрытием.
 Стеллажи комплектуются полками различного назначения, бортиками, крючками, перфорированными панелями, подсветкой, ценникодержателями, навесными элементами.
 Только сейчас на стеллажи установлены специальные цены минус 30%.
 Предложение ограничено. Цены в прайс листе и на сайте указаны с учетом скидки и действительны пока товар есть в наличии на складе!</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола с полками 1000х1120x1440мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BMC.G.1000.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1120</t>
     </r>
     <r>
       <t xml:space="preserve">
+Ширина, мм: 1000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Высота, мм: 1440</t>
-    </r>
-[...2 lines deleted...]
-Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8535.91</t>
+      <t xml:space="preserve">8542.03</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола с полками 1250х1120x1440мм</t>
@@ -145,51 +145,51 @@
       <t xml:space="preserve">
 Глубина, мм: 1120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1440</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9442.17</t>
+      <t xml:space="preserve">9448.29</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж с полками 1000х500x2400мм</t>
@@ -202,51 +202,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6594.05</t>
+      <t xml:space="preserve">6598.13</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж с полками  1250х500x2400мм</t>
@@ -259,51 +259,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7734.55</t>
+      <t xml:space="preserve">7738.63</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка гондолы  1120x1440мм</t>
@@ -312,51 +312,51 @@
       <t xml:space="preserve">
 Артикул: BMC.G.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1440</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1840.97</t>
+      <t xml:space="preserve">1847.09</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -369,51 +369,51 @@
       <t xml:space="preserve">
 Артикул: BMC.S.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1796.51</t>
+      <t xml:space="preserve">1800.59</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1213,51 +1213,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.11.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1265,71 +1265,71 @@
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гондола с полками 1000х1120x1440мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BMC.G.1000.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1120</t>
           </r>
           <r>
             <t xml:space="preserve">
+Ширина, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Высота, мм: 1440</t>
-          </r>
-[...2 lines deleted...]
-Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8535.91</t>
+            <t xml:space="preserve">8542.03</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1345,51 +1345,51 @@
             <t xml:space="preserve">
 Глубина, мм: 1120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1440</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9442.17</t>
+            <t xml:space="preserve">9448.29</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1407,51 +1407,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6594.05</t>
+            <t xml:space="preserve">6598.13</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1467,51 +1467,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7734.55</t>
+            <t xml:space="preserve">7738.63</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1525,51 +1525,51 @@
             <t xml:space="preserve">
 Артикул: BMC.G.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1440</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1840.97</t>
+            <t xml:space="preserve">1847.09</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -1585,51 +1585,51 @@
             <t xml:space="preserve">
 Артикул: BMC.S.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1796.51</t>
+            <t xml:space="preserve">1800.59</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>