--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.06.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала и островные конструкции Global</t>
   </si>
   <si>
     <t>Вешала и островные конструкции Global для торговых залов магазинов и супермаркетов.
 Основу островных конструкций составляют металлические рамы с перфорацией и без.
 В центр каждой рамы можно дополнительно установить решетку для размещения аксессуаров, мелкой продукции или как декоративную заднюю стенку.
 Рамы поставляются в сборе.
 С помощью крепежных элементов можно собрать несколько рам в одну линию.
 На любую конструкцию можно установить верхнюю полку, держатели для стеклянной полки GLSV.105 и для полок ЛДСП/МДФ GLSV.106
 Конструкции серии Global подходят практически для всех видов товаров: одежда, обувь, белье, хоз. товары, аксессуары, косметика и многое другое.
 Перфорация на стойках аналогична модульным системам Global в цвете черный муар и Система Global в цвете белый муар, благодаря чему могут использоваться навесные элементы Global.
 Сечение труб рам 25х25мм. Островные конструкции Global прекрасно сочетаются с пристенными системами PrimoRUS, Fourus, Rames, держателями информации AP и другими.
 Схемы сборки вешал и островных конструкций Global</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -106,51 +106,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3516.00</t>
+      <t xml:space="preserve">3586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -167,51 +167,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3731.00</t>
+      <t xml:space="preserve">3806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -228,51 +228,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3856.00</t>
+      <t xml:space="preserve">3933.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.101.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -289,51 +289,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3099.00</t>
+      <t xml:space="preserve">3161.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.107.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -342,51 +342,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки. Комплект входит 4 винта, 4 стяжки.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.108 \ Комплект крепежа для центральной рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.108.BL</t>
@@ -399,51 +399,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. Комплект входит 4 винта, 4 гайки.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.S \ Решетка для рамы GLSV.100.S и 101.S    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.S.22450.4N100</t>
@@ -464,51 +464,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2243.00</t>
+      <t xml:space="preserve">2288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -525,51 +525,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2639.00</t>
+      <t xml:space="preserve">2692.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -586,51 +586,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3011.00</t>
+      <t xml:space="preserve">3071.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.103.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -647,51 +647,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг,</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2967.00</t>
+      <t xml:space="preserve">3026.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.104.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -708,51 +708,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3569.00</t>
+      <t xml:space="preserve">3640.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.106.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -761,51 +761,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">405.00</t>
+      <t xml:space="preserve">413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.105.22450.4N100</t>
@@ -822,51 +822,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">813.00</t>
+      <t xml:space="preserve">829.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.S \ Рама c 2-х сторонней перфорацией    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -883,51 +883,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3516.00</t>
+      <t xml:space="preserve">3586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.M.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -944,51 +944,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3731.00</t>
+      <t xml:space="preserve">3806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1005,51 +1005,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3856.00</t>
+      <t xml:space="preserve">3933.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.101.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1066,51 +1066,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3099.00</t>
+      <t xml:space="preserve">3161.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.107.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1119,51 +1119,51 @@
       <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки.  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.108 \ Комплект крепежа для центральной рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.108. WH</t>
@@ -1176,51 +1176,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.S \ Решетка для рамы GLSV.100.S и 101.S    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.S.9016MU.25</t>
@@ -1241,51 +1241,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2243.00</t>
+      <t xml:space="preserve">2288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.M.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1302,51 +1302,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2639.00</t>
+      <t xml:space="preserve">2692.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1363,51 +1363,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.L и 101.L.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3011.00</t>
+      <t xml:space="preserve">3071.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.103.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1424,51 +1424,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2967.00</t>
+      <t xml:space="preserve">3026.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.104.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1485,51 +1485,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3569.00</t>
+      <t xml:space="preserve">3640.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.105.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1542,51 +1542,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">813.00</t>
+      <t xml:space="preserve">829.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.106.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1595,51 +1595,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">405.00</t>
+      <t xml:space="preserve">413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.109.S \ Рама c перфорацией по двум сторонам 630x1455мм (фиксация с 1 стороны)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.109.S.22450.4N100</t>
@@ -1660,51 +1660,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3874.00</t>
+      <t xml:space="preserve">3951.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.109.M \ Рама c перфорацией по двум сторонам 930x1455мм (фиксация с 1 стороны)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.109.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1721,51 +1721,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4307.00</t>
+      <t xml:space="preserve">4393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.110.S \ Рама без перфорации 630x1455мм (фиксация с 1 стороны)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.110.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1782,51 +1782,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3179.00</t>
+      <t xml:space="preserve">3243.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.111 \ Усилитель рамы (косынка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.111.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1847,51 +1847,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Усилитель для рам GLSV.100, GLSV.109 и GLSV.110. Саморезы по металу в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">215.00</t>
+      <t xml:space="preserve">219.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1912,51 +1912,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5302.00</t>
+      <t xml:space="preserve">5408.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1977,51 +1977,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5611.00</t>
+      <t xml:space="preserve">5723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2042,51 +2042,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5960.00</t>
+      <t xml:space="preserve">6079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.S.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2107,51 +2107,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5302.00</t>
+      <t xml:space="preserve">5408.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.M.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2172,51 +2172,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5611.00</t>
+      <t xml:space="preserve">5723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.L.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2237,51 +2237,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5960.00</t>
+      <t xml:space="preserve">6079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.402.S.DSP \ Полка для вешала GLS.401.S 546х396х16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.402.S.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 396</t>
@@ -2294,51 +2294,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">829.00</t>
+      <t xml:space="preserve">846.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.402.M.DSP \ Полка для вешала GLS.401.M 846х396х16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.402.M.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 846</t>
@@ -2351,51 +2351,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1243.00</t>
+      <t xml:space="preserve">1268.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.402.L.DSP \ Полка для вешала GLS.401.L 1146х396х16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.402.L.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1146</t>
@@ -2408,51 +2408,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1658.00</t>
+      <t xml:space="preserve">1691.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -4056,51 +4056,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.06.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4140,51 +4140,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3516.00</t>
+            <t xml:space="preserve">3586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.100.M.22450.4N100</t>
           </r>
@@ -4204,51 +4204,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3731.00</t>
+            <t xml:space="preserve">3806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4270,51 +4270,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3856.00</t>
+            <t xml:space="preserve">3933.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.101.S.22450.4N100</t>
           </r>
@@ -4334,51 +4334,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3099.00</t>
+            <t xml:space="preserve">3161.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4392,51 +4392,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки. Комплект входит 4 винта, 4 стяжки.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.108 \ Комплект крепежа для центральной рамы</t>
           </r>
@@ -4452,51 +4452,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. Комплект входит 4 винта, 4 гайки.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4522,51 +4522,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2243.00</t>
+            <t xml:space="preserve">2288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.102.M.22450.4N100</t>
           </r>
@@ -4586,51 +4586,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2639.00</t>
+            <t xml:space="preserve">2692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4652,51 +4652,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3011.00</t>
+            <t xml:space="preserve">3071.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.103.S.22450.4N100</t>
           </r>
@@ -4716,51 +4716,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг,</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2967.00</t>
+            <t xml:space="preserve">3026.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4782,51 +4782,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3569.00</t>
+            <t xml:space="preserve">3640.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.106.22450.4N100</t>
           </r>
@@ -4838,51 +4838,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">405.00</t>
+            <t xml:space="preserve">413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4904,51 +4904,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">813.00</t>
+            <t xml:space="preserve">829.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.S \ Рама c 2-х сторонней перфорацией    </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.100.S.9016MU.25</t>
           </r>
@@ -4968,51 +4968,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3516.00</t>
+            <t xml:space="preserve">3586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5034,51 +5034,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3731.00</t>
+            <t xml:space="preserve">3806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.100.L.9016MU.25</t>
           </r>
@@ -5098,51 +5098,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3856.00</t>
+            <t xml:space="preserve">3933.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5164,51 +5164,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3099.00</t>
+            <t xml:space="preserve">3161.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.107.WH</t>
           </r>
@@ -5220,51 +5220,51 @@
             <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки.  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5282,51 +5282,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.S \ Решетка для рамы GLSV.100.S и 101.S    </t>
           </r>
@@ -5350,51 +5350,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2243.00</t>
+            <t xml:space="preserve">2288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5416,51 +5416,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2639.00</t>
+            <t xml:space="preserve">2692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.102.L.9016MU.25</t>
           </r>
@@ -5480,51 +5480,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.L и 101.L.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3011.00</t>
+            <t xml:space="preserve">3071.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5546,51 +5546,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2967.00</t>
+            <t xml:space="preserve">3026.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.104.S.9016MU.25</t>
           </r>
@@ -5610,51 +5610,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3569.00</t>
+            <t xml:space="preserve">3640.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5672,51 +5672,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">813.00</t>
+            <t xml:space="preserve">829.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.106.9016MU.25</t>
           </r>
@@ -5728,51 +5728,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">405.00</t>
+            <t xml:space="preserve">413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5798,51 +5798,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3874.00</t>
+            <t xml:space="preserve">3951.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.109.M \ Рама c перфорацией по двум сторонам 930x1455мм (фиксация с 1 стороны)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.109.M.22450.4N100</t>
           </r>
@@ -5862,51 +5862,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4307.00</t>
+            <t xml:space="preserve">4393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.110.S \ Рама без перфорации 630x1455мм (фиксация с 1 стороны)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5928,51 +5928,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3179.00</t>
+            <t xml:space="preserve">3243.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.111 \ Усилитель рамы (косынка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.111.22450.4N100</t>
           </r>
@@ -5996,51 +5996,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Усилитель для рам GLSV.100, GLSV.109 и GLSV.110. Саморезы по металу в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">215.00</t>
+            <t xml:space="preserve">219.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6066,51 +6066,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5302.00</t>
+            <t xml:space="preserve">5408.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.401.M.22450.4N100</t>
           </r>
@@ -6134,51 +6134,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5611.00</t>
+            <t xml:space="preserve">5723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6204,51 +6204,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5960.00</t>
+            <t xml:space="preserve">6079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.401.S.9016.MU</t>
           </r>
@@ -6272,51 +6272,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5302.00</t>
+            <t xml:space="preserve">5408.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6342,51 +6342,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5611.00</t>
+            <t xml:space="preserve">5723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.401.L.9016.MU</t>
           </r>
@@ -6410,51 +6410,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5960.00</t>
+            <t xml:space="preserve">6079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.402.S.DSP \ Полка для вешала GLS.401.S 546х396х16мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6472,51 +6472,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">829.00</t>
+            <t xml:space="preserve">846.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.402.M.DSP \ Полка для вешала GLS.401.M 846х396х16мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.402.M.DSP</t>
           </r>
@@ -6532,51 +6532,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1243.00</t>
+            <t xml:space="preserve">1268.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.402.L.DSP \ Полка для вешала GLS.401.L 1146х396х16мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6594,51 +6594,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1658.00</t>
+            <t xml:space="preserve">1691.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>