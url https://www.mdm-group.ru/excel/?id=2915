--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.06.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала и островные конструкции Global</t>
   </si>
   <si>
     <t xml:space="preserve">Вешала и островные конструкции Global для торговых залов магазинов и супермаркетов.
 Основу островных конструкций составляют металлические рамы с перфорацией и без.
 В центр каждой рамы можно дополнительно установить решетку для размещения аксессуаров, мелкой продукции или как декоративную заднюю стенку.
 Рамы поставляются в сборе.
 С помощью крепежных элементов можно собрать несколько рам в одну линию.
 На любую конструкцию можно установить верхнюю полку, держатели для стеклянной полки GLSV.105 и для полок ЛДСП/МДФ GLSV.106
 Конструкции серии Global подходят практически для всех видов товаров: одежда, обувь, белье, хоз. товары, аксессуары, косметика и многое другое.
 Перфорация на стойках аналогична модульным системам Global в цвете черный муар и Система Global в цвете белый муар, благодаря чему могут использоваться навесные элементы Global.
 Сечение труб рам 25х25мм. Островные конструкции Global прекрасно сочетаются с пристенными системами PrimoRUS, Fourus, Rames, держателями информации AP и другими.
 Схемы сборки вешал и островных конструкций Global
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
@@ -107,51 +107,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3516.00</t>
+      <t xml:space="preserve">3586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -168,51 +168,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3731.00</t>
+      <t xml:space="preserve">3806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -229,51 +229,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3856.00</t>
+      <t xml:space="preserve">3933.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.101.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -290,51 +290,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3099.00</t>
+      <t xml:space="preserve">3161.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.107.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -343,51 +343,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки. Комплект входит 4 винта, 4 стяжки.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.108 \ Комплект крепежа для центральной рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.108.BL</t>
@@ -400,51 +400,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. Комплект входит 4 винта, 4 гайки.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.S \ Решетка для рамы GLSV.100.S и 101.S    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.S.22450.4N100</t>
@@ -465,51 +465,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2243.00</t>
+      <t xml:space="preserve">2288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -526,51 +526,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2639.00</t>
+      <t xml:space="preserve">2692.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -587,51 +587,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3011.00</t>
+      <t xml:space="preserve">3071.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.103.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -648,51 +648,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг,</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2967.00</t>
+      <t xml:space="preserve">3026.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.104.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -709,168 +709,168 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3569.00</t>
+      <t xml:space="preserve">3640.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
-[...3 lines deleted...]
-Артикул: GLSV.106.22450.4N100</t>
+      <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLSV.105.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
+Высота, мм: 60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">405.00</t>
+      <t xml:space="preserve">829.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
-[...3 lines deleted...]
-Артикул: GLSV.105.22450.4N100</t>
+      <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLSV.106.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 60</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">813.00</t>
+      <t xml:space="preserve">413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.S \ Рама c 2-х сторонней перфорацией    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -884,51 +884,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3516.00</t>
+      <t xml:space="preserve">3586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.M.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -945,51 +945,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3731.00</t>
+      <t xml:space="preserve">3806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1006,51 +1006,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3856.00</t>
+      <t xml:space="preserve">3933.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.101.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1067,51 +1067,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3099.00</t>
+      <t xml:space="preserve">3161.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.107.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1120,51 +1120,51 @@
       <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки.  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.108 \ Комплект крепежа для центральной рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.108. WH</t>
@@ -1177,51 +1177,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.S \ Решетка для рамы GLSV.100.S и 101.S    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.S.9016MU.25</t>
@@ -1242,51 +1242,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2243.00</t>
+      <t xml:space="preserve">2288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.M.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1303,51 +1303,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2639.00</t>
+      <t xml:space="preserve">2692.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1364,51 +1364,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.L и 101.L.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3011.00</t>
+      <t xml:space="preserve">3071.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.103.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1425,51 +1425,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2967.00</t>
+      <t xml:space="preserve">3026.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.104.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1486,51 +1486,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3569.00</t>
+      <t xml:space="preserve">3640.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.105.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1543,51 +1543,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">813.00</t>
+      <t xml:space="preserve">829.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.106.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1596,51 +1596,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">405.00</t>
+      <t xml:space="preserve">413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.109.S \ Рама c перфорацией по двум сторонам 630x1455мм (фиксация с 1 стороны)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.109.S.22450.4N100</t>
@@ -1661,51 +1661,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3874.00</t>
+      <t xml:space="preserve">3951.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.109.M \ Рама c перфорацией по двум сторонам 930x1455мм (фиксация с 1 стороны)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.109.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1722,51 +1722,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4307.00</t>
+      <t xml:space="preserve">4393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.110.S \ Рама без перфорации 630x1455мм (фиксация с 1 стороны)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.110.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1783,51 +1783,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3179.00</t>
+      <t xml:space="preserve">3243.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.111 \ Усилитель рамы (косынка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.111.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1848,51 +1848,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Усилитель для рам GLSV.100, GLSV.109 и GLSV.110. Саморезы по металу в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">215.00</t>
+      <t xml:space="preserve">219.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1913,51 +1913,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5302.00</t>
+      <t xml:space="preserve">5408.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1978,51 +1978,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5611.00</t>
+      <t xml:space="preserve">5723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2043,51 +2043,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5960.00</t>
+      <t xml:space="preserve">6079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.S.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2108,51 +2108,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5302.00</t>
+      <t xml:space="preserve">5408.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.M.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2173,51 +2173,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5611.00</t>
+      <t xml:space="preserve">5723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.L.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2238,51 +2238,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5960.00</t>
+      <t xml:space="preserve">6079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.402.S.DSP \ Полка для вешала GLS.401.S 546х396х16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.402.S.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 396</t>
@@ -2295,51 +2295,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">829.00</t>
+      <t xml:space="preserve">846.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.402.M.DSP \ Полка для вешала GLS.401.M 846х396х16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.402.M.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 846</t>
@@ -2352,51 +2352,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1243.00</t>
+      <t xml:space="preserve">1268.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.402.L.DSP \ Полка для вешала GLS.401.L 1146х396х16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.402.L.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1146</t>
@@ -2409,51 +2409,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1658.00</t>
+      <t xml:space="preserve">1691.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2513,51 +2513,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b928665_9a2c_11ec_81b7_ac1f6b40b531_GLSV100S224504N1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2df63cb6_9a2d_11ec_81b7_ac1f6b40b531_GLSV100M224504N1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f7bdbe_9a2d_11ec_81b7_ac1f6b40b531_GLSV100L224504N1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ef8ced7_9a2d_11ec_81b7_ac1f6b40b531_GLSV101S224504N1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/801bf35e_a86d_11ed_bcbb_ac1f6b40b531_GLSV107BL6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c351621d_a86d_11ed_bcbb_ac1f6b40b531_GLSV108BL7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fc9dbc5_d5c6_11ec_b147_ac1f6b40b531_GLSV102S224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6954b22a_d5c6_11ec_b147_ac1f6b40b531_GLSV102M224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89831b85_d5c6_11ec_b147_ac1f6b40b531_GLSV102L224504N10010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb04681b_ed41_11ec_9803_ac1f6b40b531_GLSV103S224504N10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e937da1c_ed41_11ec_9803_ac1f6b40b531_GLSV104S224504N10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3254b5bf_ed42_11ec_9803_ac1f6b40b531_GLSV106224504N100_0113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e518869_ed42_11ec_9803_ac1f6b40b531_GLSV105224504N100_0114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fda837f2_d5c4_11ec_b147_ac1f6b40b531_GLSV100S9016MU2515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca974de6_d5c4_11ec_b147_ac1f6b40b531_GLSV100M9016MU2516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf7ccf_d5c4_11ec_b147_ac1f6b40b531_GLSV100L9016MU2517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfc3ada_d5c5_11ec_b147_ac1f6b40b531_GLSV101S9016MU2518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4aba13a_a86d_11ed_bcbb_ac1f6b40b531_GLSV107WH19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e762e6e1_a86d_11ed_bcbb_ac1f6b40b531_GLSV108WH20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990a584e_d5c5_11ec_b147_ac1f6b40b531_GLSV102S9016MU2521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c170fdb2_d5c5_11ec_b147_ac1f6b40b531_GLSV102M9016MU2522.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e189fab8_d5c5_11ec_b147_ac1f6b40b531_GLSV102L9016MU2523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65505238_ed42_11ec_9803_ac1f6b40b531_GLSV103S9016MU2524.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933fc331_ed42_11ec_9803_ac1f6b40b531_GLSV104S9016MU2525.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbdaed78_ed42_11ec_9803_ac1f6b40b531_GLSV1059016MU25.resize226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df98dd04_ed42_11ec_9803_ac1f6b40b531_GLSV1069016MU2527.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1b3da99_ef2b_11ed_907c_ac1f6b40b531_GLSV109S224504N10028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1ce8259_ef2c_11ed_907c_ac1f6b40b531_GLSV109M224504N10029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLSV.110.S.22450.4N10030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8682f22_cbe7_11ee_a821_0050569cf81d_GLSV111224504N100_0131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e5f1f9_aba8_11ed_be80_ac1f6b40b531_GLS401S224504N10032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e599bc1_aba8_11ed_be80_ac1f6b40b531_GLS401M224504N10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e921ed5_9b17_11ed_bd63_ac1f6b40b531_GLS401L224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70456754_aba8_11ed_be80_ac1f6b40b531_GLS401S9016MU2535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88371b1d_aba8_11ed_be80_ac1f6b40b531_GLS401M9016MU25.resize236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c07d8bd9_aba8_11ed_be80_ac1f6b40b531_GLS401L9016MU25.resize237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458675e0_aba9_11ed_be80_ac1f6b40b531_GLS402SDSP.resize238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca4192c_aba9_11ed_be80_ac1f6b40b531_GLS402MDSP.resize239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7484ee70_aba9_11ed_be80_ac1f6b40b531_GLS402LDSP.resize240.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b928665_9a2c_11ec_81b7_ac1f6b40b531_GLSV100S224504N1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2df63cb6_9a2d_11ec_81b7_ac1f6b40b531_GLSV100M224504N1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f7bdbe_9a2d_11ec_81b7_ac1f6b40b531_GLSV100L224504N1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ef8ced7_9a2d_11ec_81b7_ac1f6b40b531_GLSV101S224504N1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/801bf35e_a86d_11ed_bcbb_ac1f6b40b531_GLSV107BL6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c351621d_a86d_11ed_bcbb_ac1f6b40b531_GLSV108BL7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fc9dbc5_d5c6_11ec_b147_ac1f6b40b531_GLSV102S224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6954b22a_d5c6_11ec_b147_ac1f6b40b531_GLSV102M224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89831b85_d5c6_11ec_b147_ac1f6b40b531_GLSV102L224504N10010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb04681b_ed41_11ec_9803_ac1f6b40b531_GLSV103S224504N10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e937da1c_ed41_11ec_9803_ac1f6b40b531_GLSV104S224504N10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e518869_ed42_11ec_9803_ac1f6b40b531_GLSV105224504N100_0113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3254b5bf_ed42_11ec_9803_ac1f6b40b531_GLSV106224504N100_0114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fda837f2_d5c4_11ec_b147_ac1f6b40b531_GLSV100S9016MU2515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca974de6_d5c4_11ec_b147_ac1f6b40b531_GLSV100M9016MU2516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf7ccf_d5c4_11ec_b147_ac1f6b40b531_GLSV100L9016MU2517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfc3ada_d5c5_11ec_b147_ac1f6b40b531_GLSV101S9016MU2518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4aba13a_a86d_11ed_bcbb_ac1f6b40b531_GLSV107WH19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e762e6e1_a86d_11ed_bcbb_ac1f6b40b531_GLSV108WH20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990a584e_d5c5_11ec_b147_ac1f6b40b531_GLSV102S9016MU2521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c170fdb2_d5c5_11ec_b147_ac1f6b40b531_GLSV102M9016MU2522.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e189fab8_d5c5_11ec_b147_ac1f6b40b531_GLSV102L9016MU2523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65505238_ed42_11ec_9803_ac1f6b40b531_GLSV103S9016MU2524.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933fc331_ed42_11ec_9803_ac1f6b40b531_GLSV104S9016MU2525.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbdaed78_ed42_11ec_9803_ac1f6b40b531_GLSV1059016MU25.resize226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df98dd04_ed42_11ec_9803_ac1f6b40b531_GLSV1069016MU2527.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1b3da99_ef2b_11ed_907c_ac1f6b40b531_GLSV109S224504N10028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1ce8259_ef2c_11ed_907c_ac1f6b40b531_GLSV109M224504N10029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLSV.110.S.22450.4N10030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8682f22_cbe7_11ee_a821_0050569cf81d_GLSV111224504N100_0131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e5f1f9_aba8_11ed_be80_ac1f6b40b531_GLS401S224504N10032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e599bc1_aba8_11ed_be80_ac1f6b40b531_GLS401M224504N10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e921ed5_9b17_11ed_bd63_ac1f6b40b531_GLS401L224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70456754_aba8_11ed_be80_ac1f6b40b531_GLS401S9016MU2535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88371b1d_aba8_11ed_be80_ac1f6b40b531_GLS401M9016MU25.resize236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c07d8bd9_aba8_11ed_be80_ac1f6b40b531_GLS401L9016MU25.resize237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458675e0_aba9_11ed_be80_ac1f6b40b531_GLS402SDSP.resize238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca4192c_aba9_11ed_be80_ac1f6b40b531_GLS402MDSP.resize239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7484ee70_aba9_11ed_be80_ac1f6b40b531_GLS402LDSP.resize240.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4057,51 +4057,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.06.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4141,51 +4141,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3516.00</t>
+            <t xml:space="preserve">3586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.100.M.22450.4N100</t>
           </r>
@@ -4205,51 +4205,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3731.00</t>
+            <t xml:space="preserve">3806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4271,51 +4271,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3856.00</t>
+            <t xml:space="preserve">3933.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.101.S.22450.4N100</t>
           </r>
@@ -4335,51 +4335,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3099.00</t>
+            <t xml:space="preserve">3161.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4393,51 +4393,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки. Комплект входит 4 винта, 4 стяжки.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.108 \ Комплект крепежа для центральной рамы</t>
           </r>
@@ -4453,51 +4453,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. Комплект входит 4 винта, 4 гайки.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4523,51 +4523,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2243.00</t>
+            <t xml:space="preserve">2288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.102.M.22450.4N100</t>
           </r>
@@ -4587,51 +4587,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2639.00</t>
+            <t xml:space="preserve">2692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4653,51 +4653,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3011.00</t>
+            <t xml:space="preserve">3071.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.103.S.22450.4N100</t>
           </r>
@@ -4717,51 +4717,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг,</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2967.00</t>
+            <t xml:space="preserve">3026.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4783,176 +4783,176 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3569.00</t>
+            <t xml:space="preserve">3640.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
-[...3 lines deleted...]
-Артикул: GLSV.106.22450.4N100</t>
+            <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLSV.105.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
+Высота, мм: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">405.00</t>
+            <t xml:space="preserve">829.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
-[...3 lines deleted...]
-Артикул: GLSV.105.22450.4N100</t>
+            <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLSV.106.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 60</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">813.00</t>
+            <t xml:space="preserve">413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.S \ Рама c 2-х сторонней перфорацией    </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.100.S.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4969,51 +4969,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3516.00</t>
+            <t xml:space="preserve">3586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5035,51 +5035,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3731.00</t>
+            <t xml:space="preserve">3806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.100.L.9016MU.25</t>
           </r>
@@ -5099,51 +5099,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3856.00</t>
+            <t xml:space="preserve">3933.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5165,51 +5165,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3099.00</t>
+            <t xml:space="preserve">3161.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.107.WH</t>
           </r>
@@ -5221,51 +5221,51 @@
             <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки.  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5283,51 +5283,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.S \ Решетка для рамы GLSV.100.S и 101.S    </t>
           </r>
@@ -5351,51 +5351,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2243.00</t>
+            <t xml:space="preserve">2288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5417,51 +5417,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2639.00</t>
+            <t xml:space="preserve">2692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.102.L.9016MU.25</t>
           </r>
@@ -5481,51 +5481,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.L и 101.L.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3011.00</t>
+            <t xml:space="preserve">3071.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5547,51 +5547,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2967.00</t>
+            <t xml:space="preserve">3026.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.104.S.9016MU.25</t>
           </r>
@@ -5611,51 +5611,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3569.00</t>
+            <t xml:space="preserve">3640.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5673,51 +5673,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">813.00</t>
+            <t xml:space="preserve">829.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.106.9016MU.25</t>
           </r>
@@ -5729,51 +5729,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">405.00</t>
+            <t xml:space="preserve">413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5799,51 +5799,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3874.00</t>
+            <t xml:space="preserve">3951.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.109.M \ Рама c перфорацией по двум сторонам 930x1455мм (фиксация с 1 стороны)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.109.M.22450.4N100</t>
           </r>
@@ -5863,51 +5863,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4307.00</t>
+            <t xml:space="preserve">4393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.110.S \ Рама без перфорации 630x1455мм (фиксация с 1 стороны)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5929,51 +5929,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3179.00</t>
+            <t xml:space="preserve">3243.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.111 \ Усилитель рамы (косынка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.111.22450.4N100</t>
           </r>
@@ -5997,51 +5997,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Усилитель для рам GLSV.100, GLSV.109 и GLSV.110. Саморезы по металу в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">215.00</t>
+            <t xml:space="preserve">219.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6067,51 +6067,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5302.00</t>
+            <t xml:space="preserve">5408.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.401.M.22450.4N100</t>
           </r>
@@ -6135,51 +6135,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5611.00</t>
+            <t xml:space="preserve">5723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6205,51 +6205,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5960.00</t>
+            <t xml:space="preserve">6079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.401.S.9016.MU</t>
           </r>
@@ -6273,51 +6273,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5302.00</t>
+            <t xml:space="preserve">5408.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6343,51 +6343,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5611.00</t>
+            <t xml:space="preserve">5723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.401.L.9016.MU</t>
           </r>
@@ -6411,51 +6411,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5960.00</t>
+            <t xml:space="preserve">6079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.402.S.DSP \ Полка для вешала GLS.401.S 546х396х16мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6473,51 +6473,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">829.00</t>
+            <t xml:space="preserve">846.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.402.M.DSP \ Полка для вешала GLS.401.M 846х396х16мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.402.M.DSP</t>
           </r>
@@ -6533,51 +6533,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1243.00</t>
+            <t xml:space="preserve">1268.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.402.L.DSP \ Полка для вешала GLS.401.L 1146х396х16мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6595,51 +6595,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1658.00</t>
+            <t xml:space="preserve">1691.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>