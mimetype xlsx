--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14.02.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала и островные конструкции Global</t>
   </si>
   <si>
     <t xml:space="preserve">Вешала и островные конструкции Global  для торговых залов магазинов и супермаркетов.
 Основу островных конструкций составляют металлические рамы с перфорацией и без.
 В центр каждой рамы можно дополнительно установить решетку для размещения аксессуаров, мелкой продукции или как декоративную заднюю стенку.
 Рамы поставляются в сборе.
 С помощью крепежных элементов можно собрать несколько рам в одну линию.
 На любую конструкцию можно установить верхнюю полку, держатели для стеклянной полки GLSV.105 и для полок ЛДСП/МДФ GLSV.106
 Перфорация на стойках аналогична модульным системам Global в цвете черный муар и Система Global в цвете белый муар, благодаря чему могут использоваться навесные элементы Global.
 Навесные элементы на решетку можно выбрать из серии Навесные элементы на решетку в цвете черный муар.
 Сечение труб рам 25х25мм. Островные конструкции Global прекрасно сочетаются с пристенными системами PrimoRUS, Fourus, Rames, держателями информации AP и другими.
 Схемы сборки вешал и островных конструкций Global
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
@@ -107,51 +107,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3516.00</t>
+      <t xml:space="preserve">3586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -168,51 +168,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3731.00</t>
+      <t xml:space="preserve">3806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -229,51 +229,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3856.00</t>
+      <t xml:space="preserve">3933.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.101.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -290,51 +290,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3099.00</t>
+      <t xml:space="preserve">3161.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.107.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -343,51 +343,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки. Комплект входит 4 винта, 4 стяжки.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.108 \ Комплект крепежа для центральной рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.108.BL</t>
@@ -400,51 +400,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. Комплект входит 4 винта, 4 гайки.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.S \ Решетка для рамы GLSV.100.S и 101.S    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.S.22450.4N100</t>
@@ -465,51 +465,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2243.00</t>
+      <t xml:space="preserve">2288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -526,51 +526,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2639.00</t>
+      <t xml:space="preserve">2692.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -587,51 +587,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3011.00</t>
+      <t xml:space="preserve">3071.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.103.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -648,51 +648,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг,</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2967.00</t>
+      <t xml:space="preserve">3026.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.104.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -709,51 +709,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3569.00</t>
+      <t xml:space="preserve">3640.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.105.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -766,51 +766,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">813.00</t>
+      <t xml:space="preserve">829.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.106.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -819,51 +819,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">405.00</t>
+      <t xml:space="preserve">413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.S \ Рама c 2-х сторонней перфорацией    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.S.9016MU.25</t>
@@ -884,51 +884,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3516.00</t>
+      <t xml:space="preserve">3586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.112 \  Поддержка штанги (односторонняя)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.112.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -937,51 +937,51 @@
       <t xml:space="preserve">
 Примечание: Крепится к поперчной раме,  служит для увеличения нагрузочной способности штанг GLS.038 и GLPR.038 до 35 кг. Для монтажа потребуется крестовая отвертка.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.113 \Поддержка штанги (двухсторонняя) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.113.22450.4N100</t>
@@ -998,51 +998,51 @@
       <t xml:space="preserve">
 Примечание: Крепится к поперчной раме,  служит для увеличения нагрузочной способности штанг GLS.038 и GLPR.038 до 35 кг. Для монтажа потребуется крестовая отвертка.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">104.00</t>
+      <t xml:space="preserve">106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.M.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1059,51 +1059,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3731.00</t>
+      <t xml:space="preserve">3806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.100.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1120,51 +1120,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3856.00</t>
+      <t xml:space="preserve">3933.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.101.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1181,51 +1181,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3099.00</t>
+      <t xml:space="preserve">3161.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.107.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1234,51 +1234,51 @@
       <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки.  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.108 \ Комплект крепежа для центральной рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.108. WH</t>
@@ -1291,51 +1291,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.S \ Решетка для рамы GLSV.100.S и 101.S    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.S.9016MU.25</t>
@@ -1356,51 +1356,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2243.00</t>
+      <t xml:space="preserve">2288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.M.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1417,51 +1417,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2639.00</t>
+      <t xml:space="preserve">2692.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.102.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1478,51 +1478,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.L и 101.L.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3011.00</t>
+      <t xml:space="preserve">3071.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.103.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1539,51 +1539,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2967.00</t>
+      <t xml:space="preserve">3026.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.104.S.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1600,51 +1600,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3569.00</t>
+      <t xml:space="preserve">3640.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.105.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1657,51 +1657,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">813.00</t>
+      <t xml:space="preserve">829.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.106.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1710,51 +1710,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">405.00</t>
+      <t xml:space="preserve">413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.112  \ Поддержка штанги (односторонняя)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.112.9016.MU</t>
@@ -1767,51 +1767,51 @@
       <t xml:space="preserve">
 Примечание: Крепится к поперчной раме,  служит для увеличения нагрузочной способности штанг GLS.038 и GLPR.038 до 35 кг. Для монтажа потребуется крестовая отвертка.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.112  \ Поддержка штанги (односторонняя)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.113.9016.MU</t>
@@ -1824,51 +1824,51 @@
       <t xml:space="preserve">
 Примечание: Крепится к поперчной раме,  служит для увеличения нагрузочной способности штанг GLS.038 и GLPR.038 до 35 кг. Для монтажа потребуется крестовая отвертка.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">104.00</t>
+      <t xml:space="preserve">106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.109.S \ Рама c перфорацией по двум сторонам 630x1455мм (фиксация с 1 стороны)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.109.S.22450.4N100</t>
@@ -1889,51 +1889,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3874.00</t>
+      <t xml:space="preserve">3951.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.109.M \ Рама c перфорацией по двум сторонам 930x1455мм (фиксация с 1 стороны)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.109.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1950,51 +1950,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4307.00</t>
+      <t xml:space="preserve">4393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.110.S \ Рама без перфорации 630x1455мм (фиксация с 1 стороны)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.110.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2011,51 +2011,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3179.00</t>
+      <t xml:space="preserve">3243.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.110.M \ Рама без перфорации 930x1455мм (фиксация с 1 стороны)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.110.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2072,51 +2072,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2873.00</t>
+      <t xml:space="preserve">2930.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLSV.111 \ Усилитель рамы (косынка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLSV.111.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2137,51 +2137,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Усилитель для рам GLSV.100, GLSV.109 и GLSV.110. Саморезы по металу в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">215.00</t>
+      <t xml:space="preserve">219.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2202,51 +2202,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5302.00</t>
+      <t xml:space="preserve">5408.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2267,51 +2267,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5611.00</t>
+      <t xml:space="preserve">5723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2332,51 +2332,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5960.00</t>
+      <t xml:space="preserve">6079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.S.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2397,51 +2397,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5302.00</t>
+      <t xml:space="preserve">5408.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.M.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2462,51 +2462,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5611.00</t>
+      <t xml:space="preserve">5723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.401.L.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2527,51 +2527,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5960.00</t>
+      <t xml:space="preserve">6079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.402.S.DSP \ Полка для вешала GLS.401.S 546х396х16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.402.S.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 396</t>
@@ -2584,51 +2584,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">829.00</t>
+      <t xml:space="preserve">846.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.402.M.DSP \ Полка для вешала GLS.401.M 846х396х16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.402.M.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 846</t>
@@ -2641,51 +2641,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1243.00</t>
+      <t xml:space="preserve">1268.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.402.L.DSP \ Полка для вешала GLS.401.L 1146х396х16мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.402.L.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1146</t>
@@ -2698,51 +2698,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1658.00</t>
+      <t xml:space="preserve">1691.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.610.BAR2 \ Штанга-кронштейн 850мм на штангу 30x15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.610.BAR2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2755,51 +2755,51 @@
       <t xml:space="preserve">
 Примечание: Работает в паре с вешалом GLPR.610.V2. Используется для фронтальной развески плечиков.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">675.00</t>
+      <t xml:space="preserve">689.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.610 \ Вешало для одежды универсальное 1400х540х1450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.610.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2820,51 +2820,51 @@
       <t xml:space="preserve">
 Сечение трубы, мм: 30х30, 30х15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на вешало 120 кг. Вешало можно дооснастить верхней полкой из стекла GLPR.611.GL или ЛДСП, а также дополнительными штангами: GLPR.610.BAR1.V2, GLPR.610.BAR2 и GLPR.068.V2, а также любыми кронштейнами с зацепом на трубу 30х15. Регулируемые ножки входят в комплект. Вешало поставляется в разобранном виде. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12300.00</t>
+      <t xml:space="preserve">12546.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.610.BAR1 \ Штанга дополнительная, торцевая 30x15 (L-350мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.610.BAR1.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2885,51 +2885,51 @@
       <t xml:space="preserve">
 Сечение трубы, мм: 30х30, 30х15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на вешало 100 кг. Ножки входят в комплект. Вешало можно доостнастить верней полкой из стекла GLPR.611.GL или ЛДСП, а так же дополнительными штангами GLPR.610.BAR1.V2 и GLPR.610.BAR2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">299.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.068 \ Штанга дистанцированная 590х300 на штангу 30x15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.068.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2946,51 +2946,51 @@
       <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на вешало 100 кг. Ножки входят в комплект. Вешало можно доостнастить верней полкой из стекла GLPR.611.GL или ЛДСП, а так же дополнительными штангами GLPR.610.BAR1.V2 и GLPR.610.BAR2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">690.00</t>
+      <t xml:space="preserve">704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 023 \ Полкодержатель на штангу 30х15 (L-285мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.023.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 285</t>
@@ -2999,51 +2999,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Монтируется на штанги сечением 30х15. Имеются отверстия для крепления полок и установки присосок. Присоски в комплект не входят. Для установки полки нужно 2 полкодержателя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">195.00</t>
+      <t xml:space="preserve">199.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.611 \ Полка стекло для вешала GLPR.610 (1440 x 585 x 8)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.611.GL</t>
@@ -3068,51 +3068,51 @@
       <t xml:space="preserve">
 Примечание: Устанавливается на вешало GLPR.610.V2, присоски в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3300.00</t>
+      <t xml:space="preserve">3366.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.610 \  Вешало для одежды универсальное 1400х540х1450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.610.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3133,51 +3133,51 @@
       <t xml:space="preserve">
 Сечение трубы, мм: 30х30, 30х15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на вешало 120 кг. Вешало можно дооснастить верхней полкой из стекла GLPR.611.GL или ЛДСП, а также дополнительными штангами: GLPR.610.BAR1.V2, GLPR.610.BAR2 и GLPR.068.V2, а также любыми кронштейнами с зацепом на трубу 30х15. Регулируемые ножки входят в комплект. Вешало поставляется в разобранном виде. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12900.00</t>
+      <t xml:space="preserve">13158.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.610.BAR2 \ Штанга-кронштейн 850мм на штангу 30x15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.610.BAR2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3190,51 +3190,51 @@
       <t xml:space="preserve">
 Примечание: Работает в паре с вешалом GLPR.610.V2. Используется для фронтальной развески плечиков.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">690.00</t>
+      <t xml:space="preserve">704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.610.BAR1 \ Штанга дополнительная, торцевая 30x15 (L-350мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.610.BAR1.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3251,51 +3251,51 @@
       <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на вешало 100 кг. Ножки входят в комплект. Вешало можно доостнастить верней полкой из стекла GLPR.611.GL или ЛДСП, а так же дополнительными штангами GLPR.610.BAR1.V2 и GLPR.610.BAR2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">310.00</t>
+      <t xml:space="preserve">316.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.068 \ Штанга дистанцированная 590х300 на штангу 30x15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.068.V2.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3312,51 +3312,51 @@
       <t xml:space="preserve">
 Примечание: Монтируется на штанги из трубы 30х15, в том числе на GLPR.610.BAR1.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">699.00</t>
+      <t xml:space="preserve">713.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 023 \ Полкодержатель на штангу 30х15 (L-285мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.023.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3365,51 +3365,51 @@
       <t xml:space="preserve">
 Примечание: Монтируется на штанги сечением 30х15. Имеются отверстия для крепления полок и установки присосок. Присоски в комплект не входят. Для установки полки нужно 2 полкодержателя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 285</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">210.00</t>
+      <t xml:space="preserve">214.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -5497,51 +5497,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14.02.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5581,51 +5581,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3516.00</t>
+            <t xml:space="preserve">3586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.100.M.22450.4N100</t>
           </r>
@@ -5645,51 +5645,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3731.00</t>
+            <t xml:space="preserve">3806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5711,51 +5711,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3856.00</t>
+            <t xml:space="preserve">3933.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.101.S.22450.4N100</t>
           </r>
@@ -5775,51 +5775,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3099.00</t>
+            <t xml:space="preserve">3161.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5833,51 +5833,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки. Комплект входит 4 винта, 4 стяжки.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.108 \ Комплект крепежа для центральной рамы</t>
           </r>
@@ -5893,51 +5893,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. Комплект входит 4 винта, 4 гайки.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5963,51 +5963,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2243.00</t>
+            <t xml:space="preserve">2288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.102.M.22450.4N100</t>
           </r>
@@ -6027,51 +6027,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2639.00</t>
+            <t xml:space="preserve">2692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6093,51 +6093,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: GLSV.102.L \ Решетка для рамы GLSV.100.L  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3011.00</t>
+            <t xml:space="preserve">3071.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.103.S.22450.4N100</t>
           </r>
@@ -6157,51 +6157,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг,</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2967.00</t>
+            <t xml:space="preserve">3026.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6223,51 +6223,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3569.00</t>
+            <t xml:space="preserve">3640.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.105.22450.4N100</t>
           </r>
@@ -6283,51 +6283,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">813.00</t>
+            <t xml:space="preserve">829.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6341,51 +6341,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">405.00</t>
+            <t xml:space="preserve">413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.S \ Рама c 2-х сторонней перфорацией    </t>
           </r>
@@ -6409,51 +6409,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3516.00</t>
+            <t xml:space="preserve">3586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.112 \  Поддержка штанги (односторонняя)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6467,51 +6467,51 @@
             <t xml:space="preserve">
 Примечание: Крепится к поперчной раме,  служит для увеличения нагрузочной способности штанг GLS.038 и GLPR.038 до 35 кг. Для монтажа потребуется крестовая отвертка.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.113 \Поддержка штанги (двухсторонняя) </t>
           </r>
@@ -6531,51 +6531,51 @@
             <t xml:space="preserve">
 Примечание: Крепится к поперчной раме,  служит для увеличения нагрузочной способности штанг GLS.038 и GLPR.038 до 35 кг. Для монтажа потребуется крестовая отвертка.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">104.00</t>
+            <t xml:space="preserve">106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.M \ Рама c 2-х сторонней перфорацией </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6597,51 +6597,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3731.00</t>
+            <t xml:space="preserve">3806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.100.L \ Рама c 2-х сторонней перфорацией </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.100.L.9016MU.25</t>
           </r>
@@ -6661,51 +6661,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3856.00</t>
+            <t xml:space="preserve">3933.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.101.S \ Рама c 2-х сторонней перфорацией, поперечная </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6727,51 +6727,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 2-х сторон.  Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3099.00</t>
+            <t xml:space="preserve">3161.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.107 \ Комплект крепежа для торцевой рамы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.107.WH</t>
           </r>
@@ -6783,51 +6783,51 @@
             <t xml:space="preserve">
 Примечание: Используется на завершающей раме, см. схему сборки.  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6845,51 +6845,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для крепления нескольких рам в линию, см. схему сборки. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.S \ Решетка для рамы GLSV.100.S и 101.S    </t>
           </r>
@@ -6913,51 +6913,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.S и 101.S. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2243.00</t>
+            <t xml:space="preserve">2288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.M \ Решетка для рамы GLSV.100.M</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6979,51 +6979,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.M и 101.M.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2639.00</t>
+            <t xml:space="preserve">2692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.102.L \ Решетка для рамы GLSV.100.L</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.102.L.9016MU.25</t>
           </r>
@@ -7043,51 +7043,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ячейка 50х50мм. Подходит для рамы GLSV.100.L и 101.L.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3011.00</t>
+            <t xml:space="preserve">3071.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.103.S \ Рама c перфорацией по 1-й стороне,  поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7109,51 +7109,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Регулируемые опоры М10 поставляются в комплекте. Распределенная нагрузка на полку/штангу, не более 20 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2967.00</t>
+            <t xml:space="preserve">3026.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.104.S \ Рама без перфорации, поперечная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.104.S.9016MU.25</t>
           </r>
@@ -7173,51 +7173,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вертикальная стойка рамы имеет перфорацию с 1-й стороны. Рама может использоваться как торцевая и центральная. Рекомендуем использовать в качестве центральной рамы для соединения двух вешал, см. схему сборки. Регулируемые опоры М10 поставляются в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3569.00</t>
+            <t xml:space="preserve">3640.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.105 \ Крепление стеклянной полки на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7235,51 +7235,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">813.00</t>
+            <t xml:space="preserve">829.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.106 \ Крепление полки из ДСП и МДФ на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.106.9016MU.25</t>
           </r>
@@ -7291,51 +7291,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">405.00</t>
+            <t xml:space="preserve">413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7353,51 +7353,51 @@
             <t xml:space="preserve">
 Примечание: Крепится к поперчной раме,  служит для увеличения нагрузочной способности штанг GLS.038 и GLPR.038 до 35 кг. Для монтажа потребуется крестовая отвертка.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.112  \ Поддержка штанги (односторонняя)</t>
           </r>
@@ -7413,51 +7413,51 @@
             <t xml:space="preserve">
 Примечание: Крепится к поперчной раме,  служит для увеличения нагрузочной способности штанг GLS.038 и GLPR.038 до 35 кг. Для монтажа потребуется крестовая отвертка.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">104.00</t>
+            <t xml:space="preserve">106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7483,51 +7483,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3874.00</t>
+            <t xml:space="preserve">3951.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.109.M \ Рама c перфорацией по двум сторонам 930x1455мм (фиксация с 1 стороны)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.109.M.22450.4N100</t>
           </r>
@@ -7547,51 +7547,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками. Распределенная нагрузка на полку/штангу, не более 20 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4307.00</t>
+            <t xml:space="preserve">4393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.110.S \ Рама без перфорации 630x1455мм (фиксация с 1 стороны)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7613,51 +7613,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3179.00</t>
+            <t xml:space="preserve">3243.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.110.M \ Рама без перфорации 930x1455мм (фиксация с 1 стороны)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLSV.110.M.22450.4N100</t>
           </r>
@@ -7677,51 +7677,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Комплектуются двумя ножками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2873.00</t>
+            <t xml:space="preserve">2930.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLSV.111 \ Усилитель рамы (косынка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7747,51 +7747,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Усилитель для рам GLSV.100, GLSV.109 и GLSV.110. Саморезы по металу в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">215.00</t>
+            <t xml:space="preserve">219.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.401.S.22450.4N100</t>
           </r>
@@ -7815,51 +7815,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5302.00</t>
+            <t xml:space="preserve">5408.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7885,51 +7885,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5611.00</t>
+            <t xml:space="preserve">5723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.401.L.22450.4N100</t>
           </r>
@@ -7953,51 +7953,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5960.00</t>
+            <t xml:space="preserve">6079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.S \ Вешало 600х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8023,51 +8023,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.S) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5302.00</t>
+            <t xml:space="preserve">5408.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.M \Вешало 900х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.401.M.9016.MU</t>
           </r>
@@ -8091,51 +8091,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.M)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5611.00</t>
+            <t xml:space="preserve">5723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.401.L \ Вешало 1200х450х1500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8161,51 +8161,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало сварное, без перфорации, сечение трубы 25х25мм. Нижняя полка покупается отдельно (артикул GLS.402.L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5960.00</t>
+            <t xml:space="preserve">6079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.402.S.DSP \ Полка для вешала GLS.401.S 546х396х16мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.402.S.DSP</t>
           </r>
@@ -8221,51 +8221,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">829.00</t>
+            <t xml:space="preserve">846.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.402.M.DSP \ Полка для вешала GLS.401.M 846х396х16мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8283,51 +8283,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1243.00</t>
+            <t xml:space="preserve">1268.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.402.L.DSP \ Полка для вешала GLS.401.L 1146х396х16мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.402.L.DSP</t>
           </r>
@@ -8343,51 +8343,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1658.00</t>
+            <t xml:space="preserve">1691.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.610.BAR2 \ Штанга-кронштейн 850мм на штангу 30x15</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8405,51 +8405,51 @@
             <t xml:space="preserve">
 Примечание: Работает в паре с вешалом GLPR.610.V2. Используется для фронтальной развески плечиков.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">675.00</t>
+            <t xml:space="preserve">689.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.610 \ Вешало для одежды универсальное 1400х540х1450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.610.V2.22450.4N100</t>
           </r>
@@ -8473,51 +8473,51 @@
             <t xml:space="preserve">
 Сечение трубы, мм: 30х30, 30х15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на вешало 120 кг. Вешало можно дооснастить верхней полкой из стекла GLPR.611.GL или ЛДСП, а также дополнительными штангами: GLPR.610.BAR1.V2, GLPR.610.BAR2 и GLPR.068.V2, а также любыми кронштейнами с зацепом на трубу 30х15. Регулируемые ножки входят в комплект. Вешало поставляется в разобранном виде. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12300.00</t>
+            <t xml:space="preserve">12546.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.610.BAR1 \ Штанга дополнительная, торцевая 30x15 (L-350мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8543,51 +8543,51 @@
             <t xml:space="preserve">
 Сечение трубы, мм: 30х30, 30х15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на вешало 100 кг. Ножки входят в комплект. Вешало можно доостнастить верней полкой из стекла GLPR.611.GL или ЛДСП, а так же дополнительными штангами GLPR.610.BAR1.V2 и GLPR.610.BAR2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">299.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.068 \ Штанга дистанцированная 590х300 на штангу 30x15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.068.V2.22450.4N100</t>
           </r>
@@ -8607,51 +8607,51 @@
             <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на вешало 100 кг. Ножки входят в комплект. Вешало можно доостнастить верней полкой из стекла GLPR.611.GL или ЛДСП, а так же дополнительными штангами GLPR.610.BAR1.V2 и GLPR.610.BAR2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">690.00</t>
+            <t xml:space="preserve">704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 023 \ Полкодержатель на штангу 30х15 (L-285мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8665,51 +8665,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Монтируется на штанги сечением 30х15. Имеются отверстия для крепления полок и установки присосок. Присоски в комплект не входят. Для установки полки нужно 2 полкодержателя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">195.00</t>
+            <t xml:space="preserve">199.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.611 \ Полка стекло для вешала GLPR.610 (1440 x 585 x 8)</t>
           </r>
@@ -8737,51 +8737,51 @@
             <t xml:space="preserve">
 Примечание: Устанавливается на вешало GLPR.610.V2, присоски в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3300.00</t>
+            <t xml:space="preserve">3366.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.610 \  Вешало для одежды универсальное 1400х540х1450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8807,51 +8807,51 @@
             <t xml:space="preserve">
 Сечение трубы, мм: 30х30, 30х15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на вешало 120 кг. Вешало можно дооснастить верхней полкой из стекла GLPR.611.GL или ЛДСП, а также дополнительными штангами: GLPR.610.BAR1.V2, GLPR.610.BAR2 и GLPR.068.V2, а также любыми кронштейнами с зацепом на трубу 30х15. Регулируемые ножки входят в комплект. Вешало поставляется в разобранном виде. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12900.00</t>
+            <t xml:space="preserve">13158.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.610.BAR2 \ Штанга-кронштейн 850мм на штангу 30x15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.610.BAR2.9016MU.25</t>
           </r>
@@ -8867,51 +8867,51 @@
             <t xml:space="preserve">
 Примечание: Работает в паре с вешалом GLPR.610.V2. Используется для фронтальной развески плечиков.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">690.00</t>
+            <t xml:space="preserve">704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.610.BAR1 \ Штанга дополнительная, торцевая 30x15 (L-350мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8933,51 +8933,51 @@
             <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на вешало 100 кг. Ножки входят в комплект. Вешало можно доостнастить верней полкой из стекла GLPR.611.GL или ЛДСП, а так же дополнительными штангами GLPR.610.BAR1.V2 и GLPR.610.BAR2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">310.00</t>
+            <t xml:space="preserve">316.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.068 \ Штанга дистанцированная 590х300 на штангу 30x15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.068.V2.9016.MU</t>
           </r>
@@ -8997,51 +8997,51 @@
             <t xml:space="preserve">
 Примечание: Монтируется на штанги из трубы 30х15, в том числе на GLPR.610.BAR1.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение трубы, мм: 20х10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">699.00</t>
+            <t xml:space="preserve">713.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 023 \ Полкодержатель на штангу 30х15 (L-285мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9055,51 +9055,51 @@
             <t xml:space="preserve">
 Примечание: Монтируется на штанги сечением 30х15. Имеются отверстия для крепления полок и установки присосок. Присоски в комплект не входят. Для установки полки нужно 2 полкодержателя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 285</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">210.00</t>
+            <t xml:space="preserve">214.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>