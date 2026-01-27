--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10.11.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Металлические торговые стеллажи для магазина Маркет</t>
   </si>
   <si>
     <t>При изготовлении оборудования из материалов «на заказ» возможно увеличение срока выполнения заказа</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">_GPP.96.220.50 Горка пристенная 2200х960х(50-40-40-30)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GPP.96.220.50</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7674.52</t>
+      <t xml:space="preserve">7678.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">_GP.96.220.50 Горка пристенная без полок 2200х960х500</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5314.52</t>
+      <t xml:space="preserve">5318.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">_GPF.120.220.50 Горка перф. 2200х1200х500</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8695.52</t>
+      <t xml:space="preserve">8699.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">_GGP.70.160.50 Горка гондола 1600х700х(50-40-40-30)</t>
@@ -256,51 +256,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6935.80</t>
+      <t xml:space="preserve">6943.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">_GGP.96.160.50 Горка гондола 1600х960х(50-40-40-30)</t>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8460.04</t>
+      <t xml:space="preserve">8468.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">_GGP.70.180.50 Горка гондола 1800х700х(50-40-40-30)</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7257.80</t>
+      <t xml:space="preserve">7265.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">_GGP.96.180.50 Горка гондола 1800х960х(50-40-40-30)</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9022.04</t>
+      <t xml:space="preserve">9030.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">_GGP.120.180.50 Горка гондола 1800х1200х(50-40-40-30)</t>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15418.04</t>
+      <t xml:space="preserve">15426.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">_GGP.70.140.50 Горка гондола 1400х700х(50-40-40-30)</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6462.80</t>
+      <t xml:space="preserve">6470.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">_GGP.96.140.50 Горка гондола 1400х960х(50-40-40-30)</t>
@@ -598,51 +598,51 @@
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7929.04</t>
+      <t xml:space="preserve">7937.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Горка пристенная с полками</t>
@@ -655,51 +655,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8458.52</t>
+      <t xml:space="preserve">8462.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Горка пристенная с полками</t>
@@ -712,51 +712,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6275.52</t>
+      <t xml:space="preserve">6279.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный без полок</t>
@@ -769,51 +769,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4271.52</t>
+      <t xml:space="preserve">4275.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Горка пристенная без полок</t>
@@ -826,51 +826,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5566.52</t>
+      <t xml:space="preserve">5570.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой внешний</t>
@@ -879,51 +879,51 @@
       <t xml:space="preserve">
 Артикул: GPN.220.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4477.52</t>
+      <t xml:space="preserve">4481.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -940,51 +940,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5591.52</t>
+      <t xml:space="preserve">5595.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
@@ -997,51 +997,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8046.80</t>
+      <t xml:space="preserve">8054.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
@@ -1054,51 +1054,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8519.80</t>
+      <t xml:space="preserve">8527.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
@@ -1111,51 +1111,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9369.80</t>
+      <t xml:space="preserve">9377.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Горка гондола с полками</t>
@@ -1168,51 +1168,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14073.04</t>
+      <t xml:space="preserve">14081.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Горка гондола с полками</t>
@@ -1225,51 +1225,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14636.04</t>
+      <t xml:space="preserve">14644.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка комплектная </t>
@@ -1506,51 +1506,51 @@
       <t xml:space="preserve">
 Артикул: GST.220.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2053.52</t>
+      <t xml:space="preserve">2057.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1563,51 +1563,51 @@
       <t xml:space="preserve">
 Артикул: GSTG.140.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3086.04</t>
+      <t xml:space="preserve">3094.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1620,51 +1620,51 @@
       <t xml:space="preserve">
 Артикул: GSTG.160.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3019.04</t>
+      <t xml:space="preserve">3027.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1677,51 +1677,51 @@
       <t xml:space="preserve">
 Артикул: GSTG.180.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3257.04</t>
+      <t xml:space="preserve">3265.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3215,51 +3215,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10.11.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3287,51 +3287,51 @@
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7674.52</t>
+            <t xml:space="preserve">7678.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3347,51 +3347,51 @@
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5314.52</t>
+            <t xml:space="preserve">5318.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3409,51 +3409,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8695.52</t>
+            <t xml:space="preserve">8699.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3469,51 +3469,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6935.80</t>
+            <t xml:space="preserve">6943.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3531,51 +3531,51 @@
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8460.04</t>
+            <t xml:space="preserve">8468.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3591,51 +3591,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7257.80</t>
+            <t xml:space="preserve">7265.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3653,51 +3653,51 @@
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9022.04</t>
+            <t xml:space="preserve">9030.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3713,51 +3713,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15418.04</t>
+            <t xml:space="preserve">15426.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3775,51 +3775,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6462.80</t>
+            <t xml:space="preserve">6470.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3835,51 +3835,51 @@
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7929.04</t>
+            <t xml:space="preserve">7937.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3897,51 +3897,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8458.52</t>
+            <t xml:space="preserve">8462.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3957,51 +3957,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6275.52</t>
+            <t xml:space="preserve">6279.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4019,51 +4019,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4271.52</t>
+            <t xml:space="preserve">4275.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4079,51 +4079,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5566.52</t>
+            <t xml:space="preserve">5570.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4137,51 +4137,51 @@
             <t xml:space="preserve">
 Артикул: GPN.220.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4477.52</t>
+            <t xml:space="preserve">4481.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4201,51 +4201,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5591.52</t>
+            <t xml:space="preserve">5595.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4263,51 +4263,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8046.80</t>
+            <t xml:space="preserve">8054.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4323,51 +4323,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8519.80</t>
+            <t xml:space="preserve">8527.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4385,51 +4385,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9369.80</t>
+            <t xml:space="preserve">9377.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4445,51 +4445,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14073.04</t>
+            <t xml:space="preserve">14081.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4507,51 +4507,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14636.04</t>
+            <t xml:space="preserve">14644.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4807,51 +4807,51 @@
             <t xml:space="preserve">
 Артикул: GST.220.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2053.52</t>
+            <t xml:space="preserve">2057.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4869,51 +4869,51 @@
             <t xml:space="preserve">
 Артикул: GSTG.140.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3086.04</t>
+            <t xml:space="preserve">3094.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4929,51 +4929,51 @@
             <t xml:space="preserve">
 Артикул: GSTG.160.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3019.04</t>
+            <t xml:space="preserve">3027.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4991,51 +4991,51 @@
             <t xml:space="preserve">
 Артикул: GSTG.180.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3257.04</t>
+            <t xml:space="preserve">3265.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>