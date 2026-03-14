--- v1 (2026-01-27)
+++ v2 (2026-03-14)
@@ -15,1846 +15,1785 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.01.2026</t>
+      <t xml:space="preserve">11.03.2026</t>
     </r>
   </si>
   <si>
     <t>Металлические торговые стеллажи для магазина Маркет</t>
   </si>
   <si>
     <t>При изготовлении оборудования из материалов «на заказ» возможно увеличение срока выполнения заказа</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">_GPP.96.220.50 Горка пристенная 2200х960х(50-40-40-30)</t>
-[...7 lines deleted...]
-Ширина, мм: 960</t>
+      <t xml:space="preserve">Горка пристенная с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GPP.70.220.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 8846 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7678.60</t>
+      <t xml:space="preserve">3137.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">_GP.96.220.50 Горка пристенная без полок 2200х960х500</t>
-[...3 lines deleted...]
-Артикул: GP.96.220.50</t>
+      <t xml:space="preserve">Горка пристенная с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GPP.96.220.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 15296 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5318.60</t>
+      <t xml:space="preserve">5424.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">_GPF.120.220.50 Горка перф. 2200х1200х500</t>
-[...3 lines deleted...]
-Артикул: GPF.120.220.50</t>
+      <t xml:space="preserve">Горка пристенная с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GPP.120.220.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 12786 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8699.60</t>
+      <t xml:space="preserve">4534.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">_GGP.70.160.50 Горка гондола 1600х700х(50-40-40-30)</t>
-[...3 lines deleted...]
-Артикул: GGP.70.160.50</t>
+      <t xml:space="preserve">Стеллаж пристенный без полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GP.70.220.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 1090</t>
-[...3 lines deleted...]
-Высота, мм: 1600</t>
+Глубина, мм: 580</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 5660 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6943.96</t>
+      <t xml:space="preserve">2007.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">_GGP.96.160.50 Горка гондола 1600х960х(50-40-40-30)</t>
-[...3 lines deleted...]
-Артикул: GGP.96.160.50</t>
+      <t xml:space="preserve">Стеллаж пристенный без полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GP.96.220.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 1090</t>
-[...3 lines deleted...]
-Высота, мм: 1600</t>
+Глубина, мм: 580</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 7529 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8468.20</t>
+      <t xml:space="preserve">2670.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">_GGP.70.180.50 Горка гондола 1800х700х(50-40-40-30)</t>
-[...15 lines deleted...]
-Высота, мм: 1800</t>
+      <t xml:space="preserve">Горка пристенная без полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GP.120.220.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 580</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 8054 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7265.96</t>
+      <t xml:space="preserve">2856.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">_GGP.96.180.50 Горка гондола 1800х960х(50-40-40-30)</t>
-[...15 lines deleted...]
-Высота, мм: 1800</t>
+      <t xml:space="preserve">Стеллаж перфорированный без полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GPF.70.220.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 700</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 580</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 9369 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9030.20</t>
+      <t xml:space="preserve">5577.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">_GGP.120.180.50 Горка гондола 1800х1200х(50-40-40-30)</t>
-[...3 lines deleted...]
-Артикул: GGP.120.180.50</t>
+      <t xml:space="preserve">Горка перфорированная без полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GPF.120.220.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 1090</t>
-[...3 lines deleted...]
-Высота, мм: 1800</t>
+Глубина, мм: 580</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 12896 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15426.20</t>
+      <t xml:space="preserve">7676.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">_GGP.70.140.50 Горка гондола 1400х700х(50-40-40-30)</t>
-[...15 lines deleted...]
-Высота, мм: 1400</t>
+      <t xml:space="preserve">Стеллаж угловой внешний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GPN.220.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 580</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 3869 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6470.96</t>
+      <t xml:space="preserve">1372.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">_GGP.96.140.50 Горка гондола 1400х960х(50-40-40-30)</t>
-[...7 lines deleted...]
-Ширина, мм: 960</t>
+      <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GGP.70.140.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 7879 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7937.20</t>
+      <t xml:space="preserve">2794.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Горка пристенная с полками</t>
-[...15 lines deleted...]
-Высота, мм: 2200</t>
+      <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GGP.70.160.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 700</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 1090</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 8443 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8462.60</t>
+      <t xml:space="preserve">2994.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Горка пристенная с полками</t>
-[...3 lines deleted...]
-Артикул: GPP.70.220.50</t>
+      <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GGP.70.180.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 580</t>
-[...3 lines deleted...]
-Высота, мм: 2200</t>
+Глубина, мм: 1090</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 8956 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6279.60</t>
+      <t xml:space="preserve">3176.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Стеллаж пристенный без полок</t>
-[...15 lines deleted...]
-Высота, мм: 2200</t>
+      <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GGP.96.140.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 960</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 1090</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 11283 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4275.60</t>
+      <t xml:space="preserve">4001.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Горка пристенная без полок</t>
-[...15 lines deleted...]
-Высота, мм: 2200</t>
+      <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GGP.96.160.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 960</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 1090</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 10296 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5570.60</t>
+      <t xml:space="preserve">3651.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Стеллаж угловой внешний</t>
-[...11 lines deleted...]
-Высота, мм: 2200</t>
+      <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GGP.96.180.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 960</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 1090</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 10925 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4481.60</t>
+      <t xml:space="preserve">3874.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Стеллаж перфорированный без полок</t>
-[...15 lines deleted...]
-Высота, мм: 2200</t>
+      <t xml:space="preserve">Горка гондола с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GGP.120.140.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 1090</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 21376 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5595.60</t>
+      <t xml:space="preserve">7580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
-[...7 lines deleted...]
-Ширина, мм: 700</t>
+      <t xml:space="preserve">Горка гондола с полками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GGP.120.160.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1400</t>
+Высота, мм: 1600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 22205 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8054.96</t>
+      <t xml:space="preserve">7874.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: GGPF.70.160.50</t>
+Артикул: GGPF.70.140.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1600</t>
+Высота, мм: 1400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 11891 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8527.96</t>
+      <t xml:space="preserve">7078.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: GGPF.70.180.50</t>
+Артикул: GGPF.70.160.50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1800</t>
+Высота, мм: 1600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 12246 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9377.96</t>
+      <t xml:space="preserve">7289.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Горка гондола с полками</t>
-[...7 lines deleted...]
-Ширина, мм: 1200</t>
+      <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GGPF.70.180.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1400</t>
+Высота, мм: 1800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 14932 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14081.20</t>
+      <t xml:space="preserve">8888.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Горка гондола с полками</t>
-[...15 lines deleted...]
-Высота, мм: 1600</t>
+      <t xml:space="preserve">Стойка с ножкой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GST.220.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 580</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 3048 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14644.20</t>
+      <t xml:space="preserve">1081.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Полка комплектная </t>
-[...11 lines deleted...]
-Глубина, мм: 300</t>
+      <t xml:space="preserve">Стойка гондолы двусторонняя с ножкой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GSTG.140.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 1090</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 3965 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">800.00</t>
+      <t xml:space="preserve">1406.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Полка комплектная</t>
-[...11 lines deleted...]
-Глубина, мм: 400</t>
+      <t xml:space="preserve">Стойка гондолы двусторонняя с ножкой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GSTG.160.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 1090</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 4162 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1046.00</t>
+      <t xml:space="preserve">1476.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Полка внешняя комплектная</t>
-[...7 lines deleted...]
-Ширина, мм: 300</t>
+      <t xml:space="preserve">Стойка гондолы двусторонняя с ножкой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GSTG.180.50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 1090</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 4388 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">783.00</t>
+      <t xml:space="preserve">1556.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Полка внешняя комплектная</t>
-[...7 lines deleted...]
-Ширина, мм: 400</t>
+      <t xml:space="preserve">Полка комплектная </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GPK.120.30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 1980 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">933.00</t>
+      <t xml:space="preserve">702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Стойка с ножкой</t>
-[...11 lines deleted...]
-Высота, мм: 2200</t>
+      <t xml:space="preserve">Полка комплектная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GPK.120.40</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 1376 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2057.60</t>
+      <t xml:space="preserve">488.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Стойка гондолы двусторон с ножкой</t>
-[...11 lines deleted...]
-Высота, мм: 1400</t>
+      <t xml:space="preserve">Полка внешняя комплектная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GPVK.30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 474 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3094.20</t>
+      <t xml:space="preserve">168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Стойка гондолы двусторон с ножкой</t>
-[...11 lines deleted...]
-Высота, мм: 1600</t>
+      <t xml:space="preserve">Полка внешняя комплектная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GPVK.40</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 660 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3027.20</t>
+      <t xml:space="preserve">234.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Стойка гондолы двусторон с ножкой</t>
-[...11 lines deleted...]
-Высота, мм: 1800</t>
+      <t xml:space="preserve">S 108/960.GR \ Кронштейн на стойку прямой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.196.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 960</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 257 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3265.20</t>
+      <t xml:space="preserve">77.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S 114/960.GR \ Экспозитор дистанционный</t>
-[...3 lines deleted...]
-Артикул: SEV.195.MT</t>
+      <t xml:space="preserve">S 108/960.GR \ Кронштейн на стойку прямой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.196.MT</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: металлик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Скидка: Да</t>
+Примечание: возможна окраска</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 926 руб.</t>
+Старая цена: 270 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">645.00</t>
+      <t xml:space="preserve">81.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...55 lines deleted...]
-</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
@@ -1911,93 +1850,93 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3a18c59_0461_11ee_907c_ac1f6b40b531_GPP96220502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f1ddab3_751e_11e8_ade2_0025902b3cc1_0099_GP_96_220_503.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4976b6f7_0462_11ee_907c_ac1f6b40b531_GPF120220504.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deefbfe9_7557_11e8_ade2_0025902b3cc1_0050_GGP_70_160_505.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ad44c7e_7555_11e8_ade2_0025902b3cc1_0056_GGP_96_160_506.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e731578_7560_11e8_ade2_0025902b3cc1_0034_GGP_70_180_507.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559a98c8_755e_11e8_ade2_0025902b3cc1_0040_GGP_96_180_508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa03bf4a_7252_11ed_80da_ac1f6b40b531_GGP12018050.resize29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fa10e7b_7536_11e8_ade2_0025902b3cc1_0066_GGP_70_140_5010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be4604c7_7532_11e8_ade2_0025902b3cc1_0072_GGP_96_140_5011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab0d918a_7250_11ed_80da_ac1f6b40b531_GPP1202205012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df36f71e_74b1_11ed_b2c7_ac1f6b40b531_GPP702205013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc236ff2_7522_11e8_ade2_0025902b3cc1_0096_GP_70_220_5014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f74036_7251_11ed_80da_ac1f6b40b531_GP1202205015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f819a0e3_752e_11e8_ade2_0025902b3cc1_0079_GPN_220_5016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbb6f75_752a_11e8_ade2_0025902b3cc1_0085_GPF_70_220_5017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27161145_7539_11e8_ade2_0025902b3cc1_0063_GGPF_70_140_5018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ad5189_755a_11e8_ade2_0025902b3cc1_0047_GGPF_70_160_5019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b6c6ff_7567_11e8_ade2_0025902b3cc1_0031_GGPF_70_180_5020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d6bfae4_7252_11ed_80da_ac1f6b40b531_GGP12014050.resize221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebe5ed2_7251_11ed_80da_ac1f6b40b531_GGP1201605022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c288b6c_7253_11ed_80da_ac1f6b40b531_GPK1203023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e0f77f_7545_11e8_ade2_0025902b3cc1_0010_400_120024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca9e916b_7547_11e8_ade2_0025902b3cc1_0000_30025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a83e3929_7547_11e8_ade2_0025902b3cc1_0001_40026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a4c2abc_7548_11e8_ade2_0025902b3cc1_0028_GST_220_5027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435fae36_7549_11e8_ade2_0025902b3cc1_0025_GSTG_140_5028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdd84121_7549_11e8_ade2_0025902b3cc1_0022_GSTG_160_5029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755de547_7554_11e8_ade2_0025902b3cc1_0019_GSTG_180_5030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40f51c5e_ff1a_11e0_833e_003048f27c5f_6554DF57_1457_4266_820F_DE36DFB7858931.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1ed_fdef_11df_b16f_003048d0c7fe_89533116_57B2_4BA8_B544_EEF935BF5A9032.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df36f71e_74b1_11ed_b2c7_ac1f6b40b531_GPP70220502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3a18c59_0461_11ee_907c_ac1f6b40b531_GPP96220503.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab0d918a_7250_11ed_80da_ac1f6b40b531_GPP120220504.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc236ff2_7522_11e8_ade2_0025902b3cc1_0096_GP_70_220_505.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f1ddab3_751e_11e8_ade2_0025902b3cc1_0099_GP_96_220_506.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f74036_7251_11ed_80da_ac1f6b40b531_GP120220507.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbb6f75_752a_11e8_ade2_0025902b3cc1_0085_GPF_70_220_508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4976b6f7_0462_11ee_907c_ac1f6b40b531_GPF120220509.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f819a0e3_752e_11e8_ade2_0025902b3cc1_0079_GPN_220_5010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fa10e7b_7536_11e8_ade2_0025902b3cc1_0066_GGP_70_140_5011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deefbfe9_7557_11e8_ade2_0025902b3cc1_0050_GGP_70_160_5012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e731578_7560_11e8_ade2_0025902b3cc1_0034_GGP_70_180_5013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be4604c7_7532_11e8_ade2_0025902b3cc1_0072_GGP_96_140_5014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ad44c7e_7555_11e8_ade2_0025902b3cc1_0056_GGP_96_160_5015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559a98c8_755e_11e8_ade2_0025902b3cc1_0040_GGP_96_180_5016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d6bfae4_7252_11ed_80da_ac1f6b40b531_GGP12014050.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebe5ed2_7251_11ed_80da_ac1f6b40b531_GGP1201605018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27161145_7539_11e8_ade2_0025902b3cc1_0063_GGPF_70_140_5019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ad5189_755a_11e8_ade2_0025902b3cc1_0047_GGPF_70_160_5020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b6c6ff_7567_11e8_ade2_0025902b3cc1_0031_GGPF_70_180_5021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a4c2abc_7548_11e8_ade2_0025902b3cc1_0028_GST_220_5022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435fae36_7549_11e8_ade2_0025902b3cc1_0025_GSTG_140_5023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdd84121_7549_11e8_ade2_0025902b3cc1_0022_GSTG_160_5024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755de547_7554_11e8_ade2_0025902b3cc1_0019_GSTG_180_5025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c288b6c_7253_11ed_80da_ac1f6b40b531_GPK1203026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e0f77f_7545_11e8_ade2_0025902b3cc1_0010_400_120027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca9e916b_7547_11e8_ade2_0025902b3cc1_0000_30028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a83e3929_7547_11e8_ade2_0025902b3cc1_0001_40029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1ed_fdef_11df_b16f_003048d0c7fe_89533116_57B2_4BA8_B544_EEF935BF5A9030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7cc6894_ff1b_11e0_833e_003048f27c5f_FE3752AF_5F03_4B31_8D5B_A43BBF8F1F0631.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="895350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -2013,51 +1952,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="885825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -2103,51 +2042,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="895350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -2253,81 +2192,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="885825"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="895350"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -2343,51 +2282,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="895350"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -2846,80 +2785,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3173,2010 +3082,1944 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z22"/>
+  <dimension ref="A1:Z21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B22" sqref="B22"/>
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.01.2026</t>
+            <t xml:space="preserve">11.03.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">_GPP.96.220.50 Горка пристенная 2200х960х(50-40-40-30)</t>
-[...7 lines deleted...]
-Ширина, мм: 960</t>
+            <t xml:space="preserve">Горка пристенная с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GPP.70.220.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 8846 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7678.60</t>
+            <t xml:space="preserve">3137.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">_GP.96.220.50 Горка пристенная без полок 2200х960х500</t>
-[...3 lines deleted...]
-Артикул: GP.96.220.50</t>
+            <t xml:space="preserve">Горка пристенная с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GPP.96.220.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 15296 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5318.60</t>
+            <t xml:space="preserve">5424.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">_GPF.120.220.50 Горка перф. 2200х1200х500</t>
-[...3 lines deleted...]
-Артикул: GPF.120.220.50</t>
+            <t xml:space="preserve">Горка пристенная с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GPP.120.220.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 12786 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8699.60</t>
+            <t xml:space="preserve">4534.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">_GGP.70.160.50 Горка гондола 1600х700х(50-40-40-30)</t>
-[...3 lines deleted...]
-Артикул: GGP.70.160.50</t>
+            <t xml:space="preserve">Стеллаж пристенный без полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GP.70.220.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 1090</t>
-[...3 lines deleted...]
-Высота, мм: 1600</t>
+Глубина, мм: 580</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 5660 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6943.96</t>
+            <t xml:space="preserve">2007.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">_GGP.96.160.50 Горка гондола 1600х960х(50-40-40-30)</t>
-[...3 lines deleted...]
-Артикул: GGP.96.160.50</t>
+            <t xml:space="preserve">Стеллаж пристенный без полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GP.96.220.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 1090</t>
-[...3 lines deleted...]
-Высота, мм: 1600</t>
+Глубина, мм: 580</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 7529 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8468.20</t>
+            <t xml:space="preserve">2670.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">_GGP.70.180.50 Горка гондола 1800х700х(50-40-40-30)</t>
-[...15 lines deleted...]
-Высота, мм: 1800</t>
+            <t xml:space="preserve">Горка пристенная без полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GP.120.220.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 580</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 8054 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7265.96</t>
+            <t xml:space="preserve">2856.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">_GGP.96.180.50 Горка гондола 1800х960х(50-40-40-30)</t>
-[...15 lines deleted...]
-Высота, мм: 1800</t>
+            <t xml:space="preserve">Стеллаж перфорированный без полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GPF.70.220.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 580</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 9369 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9030.20</t>
+            <t xml:space="preserve">5577.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">_GGP.120.180.50 Горка гондола 1800х1200х(50-40-40-30)</t>
-[...3 lines deleted...]
-Артикул: GGP.120.180.50</t>
+            <t xml:space="preserve">Горка перфорированная без полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GPF.120.220.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 1090</t>
-[...3 lines deleted...]
-Высота, мм: 1800</t>
+Глубина, мм: 580</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 12896 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15426.20</t>
+            <t xml:space="preserve">7676.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">_GGP.70.140.50 Горка гондола 1400х700х(50-40-40-30)</t>
-[...15 lines deleted...]
-Высота, мм: 1400</t>
+            <t xml:space="preserve">Стеллаж угловой внешний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GPN.220.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 580</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 3869 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6470.96</t>
+            <t xml:space="preserve">1372.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">_GGP.96.140.50 Горка гондола 1400х960х(50-40-40-30)</t>
-[...7 lines deleted...]
-Ширина, мм: 960</t>
+            <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GGP.70.140.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 7879 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7937.20</t>
+            <t xml:space="preserve">2794.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Горка пристенная с полками</t>
-[...15 lines deleted...]
-Высота, мм: 2200</t>
+            <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GGP.70.160.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1090</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 8443 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8462.60</t>
+            <t xml:space="preserve">2994.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Горка пристенная с полками</t>
-[...3 lines deleted...]
-Артикул: GPP.70.220.50</t>
+            <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GGP.70.180.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 580</t>
-[...3 lines deleted...]
-Высота, мм: 2200</t>
+Глубина, мм: 1090</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 8956 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6279.60</t>
+            <t xml:space="preserve">3176.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стеллаж пристенный без полок</t>
-[...15 lines deleted...]
-Высота, мм: 2200</t>
+            <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GGP.96.140.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 960</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1090</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 11283 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4275.60</t>
+            <t xml:space="preserve">4001.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Горка пристенная без полок</t>
-[...15 lines deleted...]
-Высота, мм: 2200</t>
+            <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GGP.96.160.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 960</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1090</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 10296 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5570.60</t>
+            <t xml:space="preserve">3651.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стеллаж угловой внешний</t>
-[...11 lines deleted...]
-Высота, мм: 2200</t>
+            <t xml:space="preserve">Стеллаж островной (гондола) с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GGP.96.180.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 960</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1090</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 10925 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4481.60</t>
+            <t xml:space="preserve">3874.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стеллаж перфорированный без полок</t>
-[...15 lines deleted...]
-Высота, мм: 2200</t>
+            <t xml:space="preserve">Горка гондола с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GGP.120.140.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1090</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 21376 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5595.60</t>
+            <t xml:space="preserve">7580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
-[...7 lines deleted...]
-Ширина, мм: 700</t>
+            <t xml:space="preserve">Горка гондола с полками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GGP.120.160.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1400</t>
+Высота, мм: 1600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 22205 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8054.96</t>
+            <t xml:space="preserve">7874.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: GGPF.70.160.50</t>
+Артикул: GGPF.70.140.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1600</t>
+Высота, мм: 1400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 11891 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8527.96</t>
+            <t xml:space="preserve">7078.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: GGPF.70.180.50</t>
+Артикул: GGPF.70.160.50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1800</t>
+Высота, мм: 1600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 12246 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9377.96</t>
+            <t xml:space="preserve">7289.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Горка гондола с полками</t>
-[...7 lines deleted...]
-Ширина, мм: 1200</t>
+            <t xml:space="preserve">Стеллаж островной (гондола) перфорированный без полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GGPF.70.180.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1400</t>
+Высота, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 14932 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14081.20</t>
+            <t xml:space="preserve">8888.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Горка гондола с полками</t>
-[...15 lines deleted...]
-Высота, мм: 1600</t>
+            <t xml:space="preserve">Стойка с ножкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GST.220.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 580</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 3048 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14644.20</t>
+            <t xml:space="preserve">1081.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка комплектная </t>
-[...11 lines deleted...]
-Глубина, мм: 300</t>
+            <t xml:space="preserve">Стойка гондолы двусторонняя с ножкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GSTG.140.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1090</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 3965 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">800.00</t>
+            <t xml:space="preserve">1406.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка комплектная</t>
-[...11 lines deleted...]
-Глубина, мм: 400</t>
+            <t xml:space="preserve">Стойка гондолы двусторонняя с ножкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GSTG.160.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1090</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 4162 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1046.00</t>
+            <t xml:space="preserve">1476.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка внешняя комплектная</t>
-[...7 lines deleted...]
-Ширина, мм: 300</t>
+            <t xml:space="preserve">Стойка гондолы двусторонняя с ножкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GSTG.180.50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1090</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 4388 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">783.00</t>
+            <t xml:space="preserve">1556.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка внешняя комплектная</t>
-[...7 lines deleted...]
-Ширина, мм: 400</t>
+            <t xml:space="preserve">Полка комплектная </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GPK.120.30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 1980 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">933.00</t>
+            <t xml:space="preserve">702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стойка с ножкой</t>
-[...11 lines deleted...]
-Высота, мм: 2200</t>
+            <t xml:space="preserve">Полка комплектная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GPK.120.40</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 1376 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2057.60</t>
+            <t xml:space="preserve">488.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стойка гондолы двусторон с ножкой</t>
-[...11 lines deleted...]
-Высота, мм: 1400</t>
+            <t xml:space="preserve">Полка внешняя комплектная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GPVK.30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 474 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3094.20</t>
+            <t xml:space="preserve">168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стойка гондолы двусторон с ножкой</t>
-[...11 lines deleted...]
-Высота, мм: 1600</t>
+            <t xml:space="preserve">Полка внешняя комплектная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GPVK.40</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 660 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3027.20</t>
+            <t xml:space="preserve">234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стойка гондолы двусторон с ножкой</t>
-[...11 lines deleted...]
-Высота, мм: 1800</t>
+            <t xml:space="preserve">S 108/960.GR \ Кронштейн на стойку прямой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.196.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 960</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 257 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3265.20</t>
+            <t xml:space="preserve">77.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S 114/960.GR \ Экспозитор дистанционный</t>
-[...3 lines deleted...]
-Артикул: SEV.195.MT</t>
+            <t xml:space="preserve">S 108/960.GR \ Кронштейн на стойку прямой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.196.MT</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: металлик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Скидка: Да</t>
+Примечание: возможна окраска</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 926 руб.</t>
+Старая цена: 270 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">645.00</t>
+            <t xml:space="preserve">81.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...60 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>