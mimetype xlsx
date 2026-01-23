--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18.09.2025</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Fourus</t>
   </si>
   <si>
     <t xml:space="preserve">FOURUS система торгового оборудования на базе квадратной трубы 40х40мм с перфорацией по одной стороне. Благодаря универсальной перфорации на стойках, система совместима с системой Global.
 Хорошая нагрузочная способность серии Fourus позволяет использовать ее для проектирования магазинов с тяжелым товаром. Надежная, брутальная, универсальная - актуальна для интерьеров в стиле Лофт, оформления салонов мотоэкипировки, спорттоваров, мужской одежды, салонов молодежной, джинсовой одежды и т.д.
 Благодаря разным видам крепления стойки к стене, возможно использовать стойку как пристенную с опорой на пол (что позволяет снять нагрузку со стены), так и дистанцировать стойку на расстояние 400мм от стены, спрятав перфорацию внутрь. Такая вариативность помогает сделать магазин интересней, не теряя при этом модульность и функциональность.
 Навесные элементы на штангу выполнены с квадратным усиленным зацепом 40х40мм, что визуально связывает их со стойкой.
 Под заказ все металлические элементы возможны в любом цвете по раскладке RAL, в том числе неокрашенный металл под лаком.
 В серии представлены элементы из ЛДСП: задние стенки, полки, накопители, боксы и т.д., которые изготавливаются под заказ в любом цвете.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
@@ -91,51 +91,51 @@
       <t xml:space="preserve">
 Длина, мм: 3745</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 527</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2573</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40039.00</t>
+      <t xml:space="preserve">40650.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.002 /  Комплект с F-образными стойками и накопителем 2532х462х2573мм</t>
@@ -148,51 +148,51 @@
       <t xml:space="preserve">
 Длина, мм: 2532</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 462</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2573</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33182.00</t>
+      <t xml:space="preserve">33778.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.003 / Комплект с F-образными стойками, постером и накопителем 2545х527х2573мм</t>
@@ -205,51 +205,51 @@
       <t xml:space="preserve">
 Длина, мм: 2545</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 527</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2573</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40713.00</t>
+      <t xml:space="preserve">41492.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.004 / Комплект пристенный с задними стенками и накопителями 1945х507х2413мм</t>
@@ -262,51 +262,51 @@
       <t xml:space="preserve">
 Длина, мм: 1945</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 507</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2413</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">47228.00</t>
+      <t xml:space="preserve">47938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.005 / Комплект пристенный с постером 1945х477х2413мм</t>
@@ -319,51 +319,51 @@
       <t xml:space="preserve">
 Длина, мм: 1945</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 477</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2413</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22747.00</t>
+      <t xml:space="preserve">23161.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.006 / Комплект пристенный с постером и накопителем 2558х477х2413мм</t>
@@ -376,51 +376,51 @@
       <t xml:space="preserve">
 Длина, мм: 2558</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 477</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2413</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38687.00</t>
+      <t xml:space="preserve">39410.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.007 / Комплект пристенный с зеркалом и накопителем 1945х477х2413мм</t>
@@ -433,51 +433,51 @@
       <t xml:space="preserve">
 Длина, мм: 1945</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 477</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2413</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38096.00</t>
+      <t xml:space="preserve">38818.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.008 / Комплект пристенный с постером 2558х477х2413мм</t>
@@ -490,51 +490,51 @@
       <t xml:space="preserve">
 Длина, мм: 2558</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 477</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2413</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33687.00</t>
+      <t xml:space="preserve">34310.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.009 / Комплект пристенный с зеркалом 1945х421х2413мм</t>
@@ -547,51 +547,51 @@
       <t xml:space="preserve">
 Длина, мм: 1945</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 421</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2413</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30437.20</t>
+      <t xml:space="preserve">31008.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.010 / Комплект пристенный с постером 2558х421х2413мм</t>
@@ -604,51 +604,51 @@
       <t xml:space="preserve">
 Длина, мм: 2558</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 421</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2413</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31761.00</t>
+      <t xml:space="preserve">32269.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.011 / Комплект пристенный с постером и накопителем 2558х501х2413мм</t>
@@ -661,51 +661,51 @@
       <t xml:space="preserve">
 Длина, мм: 2558</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 501</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2413</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40883.00</t>
+      <t xml:space="preserve">41552.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.012 / Комплект пристенный с полками и кронштейнами 2558х501х2413мм</t>
@@ -718,51 +718,51 @@
       <t xml:space="preserve">
 Длина, мм: 2558</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 501</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2413</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18654.00</t>
+      <t xml:space="preserve">18893.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FSK.013 / Комплект пристенный с полками и штангами 2558х501х2413мм</t>
@@ -775,51 +775,51 @@
       <t xml:space="preserve">
 Длина, мм: 2558</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 501</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2413</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46012.00</t>
+      <t xml:space="preserve">46418.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.001.S \ Стойка 40х40мм S, H-2000мм</t>
@@ -840,51 +840,51 @@
       <t xml:space="preserve">
 Глубина, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Толщина стенки 2мм. Перфорация по 1 стороне, регулируемая опора в комплекте. Максимально допустимая распределенная нагрузка на одну полку не более 40кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1681.00</t>
+      <t xml:space="preserve">1715.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.001.M \ Стойка 40х40мм M, H-2400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.001M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -897,51 +897,51 @@
       <t xml:space="preserve">
 Глубина, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Толщина стенки 2мм. Перфорация по 1 стороне, регулируемая опора в комплекте. Максимально допустимая распределенная нагрузка на одну полку не более 40кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1945.00</t>
+      <t xml:space="preserve">1984.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.001.M \ Стойка 40х40мм M, (H-2400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.001M.1.5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -954,51 +954,51 @@
       <t xml:space="preserve">
 Глубина, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: :Толщина стенки 1,5мм. Перфорация по 1 стороне, регулируемая опора в комплекте. Максимально допустимая распределенная нагрузка на одну полку не более 35кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1656.00</t>
+      <t xml:space="preserve">1689.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.001.L \ Стойка 40х40мм L, H-3000мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.001L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1011,51 +1011,51 @@
       <t xml:space="preserve">
 Глубина, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Толщина стенки 2мм. Перфорация по 1 стороне, регулируемая опора в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2288.00</t>
+      <t xml:space="preserve">2334.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.009 \ Крепление стойки к стене</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.009.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1068,51 +1068,51 @@
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 35</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплект не входит.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.00</t>
+      <t xml:space="preserve">77.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.003 \ Крепление стойки к стене Г-образное 40х40мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.003.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1121,51 +1121,51 @@
       <t xml:space="preserve">
 Длина, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1230.00</t>
+      <t xml:space="preserve">1255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.004 \ Дистанционное крепление стойки к стене Т-образное  360х40х20мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.004.22450.4N100</t>
@@ -1182,51 +1182,51 @@
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для дистанцирования стойки FS.001 от стены</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">695.00</t>
+      <t xml:space="preserve">709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.005 S \ Соединитель стоек 40х20мм S, (L-600)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.005S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1239,51 +1239,51 @@
       <t xml:space="preserve">
 Глубина, мм: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: В комплекте 1шт. Рекомендуется устанавливать по 2шт.  на пролёт</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">507.00</t>
+      <t xml:space="preserve">517.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.005 M \ Соединитель стоек 40х20мм M, (L-900)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.005M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1296,51 +1296,51 @@
       <t xml:space="preserve">
 Глубина, мм: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: В комплекте 1шт. Рекомендуется устанавливать по 2шт.  на пролёт</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">590.00</t>
+      <t xml:space="preserve">602.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.005 L \ Соединитель стоек 40х20мм L, (L-1200)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.005L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1353,51 +1353,51 @@
       <t xml:space="preserve">
 Глубина, мм: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: В комплекте 1шт. Рекомендуется устанавливать по 2шт.  на пролёт</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">660.00</t>
+      <t xml:space="preserve">673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.006 \ Заглушка перфорации</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.006.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1410,51 +1410,51 @@
       <t xml:space="preserve">
 Глубина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 35</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на FS.001, если используется дистанционное крепление FS.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">203.00</t>
+      <t xml:space="preserve">207.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.007 \ Крепление задних стенок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.007.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1467,96 +1467,96 @@
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: В комплекте 1шт. На одну заднюю стенку FS.301 нужно 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.101S \ Штанга из прямоугольной трубы 15х30мм S</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.101S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">402.00</t>
+      <t xml:space="preserve">410.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1569,51 +1569,51 @@
       <t xml:space="preserve">
 Артикул: FS.101M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">459.00</t>
+      <t xml:space="preserve">468.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1626,51 +1626,51 @@
       <t xml:space="preserve">
 Артикул: FS.101L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">517.00</t>
+      <t xml:space="preserve">527.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1691,51 +1691,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1790.00</t>
+      <t xml:space="preserve">1826.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.102M \ Полка металлическая 900x350мм M</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.102M.22450.4N100</t>
@@ -1748,51 +1748,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2190.00</t>
+      <t xml:space="preserve">2234.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.102L \ Полка металлическая 1200x350мм L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.102L.22450.4N100</t>
@@ -1805,51 +1805,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2950.00</t>
+      <t xml:space="preserve">3009.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.103L \ Держатель накопителя левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.103L.22450.4N100</t>
@@ -1866,51 +1866,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для установки на стойки накопителей FS.401 и FS.402</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">295.00</t>
+      <t xml:space="preserve">301.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.103R \ Держатель накопителя правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.103R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1923,100 +1923,100 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется для установки на стойки накопителей FS.401 и FS.402</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">295.00</t>
+      <t xml:space="preserve">301.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.104 \ Кронштейн с вылетом, из трубы 30x15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.104.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">634.00</t>
+      <t xml:space="preserve">647.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.105 \ Кронштейн прямой из трубы 30x15мм</t>
@@ -2025,51 +2025,51 @@
       <t xml:space="preserve">
 Артикул: FS.105.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">470.00</t>
+      <t xml:space="preserve">479.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2086,51 +2086,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: .</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">789.00</t>
+      <t xml:space="preserve">805.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.107 \ Кронштейн наклонный из трубы 30x15мм</t>
@@ -2143,51 +2143,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 188</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">589.00</t>
+      <t xml:space="preserve">601.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.108 \ Кронштейн прямой с ограничителями из трубы 30x15мм</t>
@@ -2196,51 +2196,51 @@
       <t xml:space="preserve">
 Артикул: FS.108.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">579.00</t>
+      <t xml:space="preserve">591.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2253,51 +2253,51 @@
       <t xml:space="preserve">
 Артикул: FS.109.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">407.00</t>
+      <t xml:space="preserve">415.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2318,51 +2318,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">589.00</t>
+      <t xml:space="preserve">601.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.201S \ Постер 600х600мм S</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.201S.22450.4N100</t>
@@ -2379,51 +2379,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на FS.101S</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3820.00</t>
+      <t xml:space="preserve">3896.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.201M \ Постер 900х680 M</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.201M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2436,51 +2436,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на FS.101M</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4486.00</t>
+      <t xml:space="preserve">4576.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.201L \ Постер 1200х680мм L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.201L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2493,51 +2493,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на FS.101L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5410.00</t>
+      <t xml:space="preserve">5518.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.202S \ Зеркало навесное 600х2000мм S</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.202S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2550,51 +2550,51 @@
       <t xml:space="preserve">
 Глубина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на FS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6690.00</t>
+      <t xml:space="preserve">6824.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.202M \ Зеркало навесное 900х2000мм М</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.202M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2607,51 +2607,51 @@
       <t xml:space="preserve">
 Глубина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на FS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7959.00</t>
+      <t xml:space="preserve">8118.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.202L \ Зеркало навесное 1200х2000 L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.202L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2664,51 +2664,51 @@
       <t xml:space="preserve">
 Глубина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на FS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9531.00</t>
+      <t xml:space="preserve">9722.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.301S.DSP \ Задняя стенка ЛДСП 600х2380 S</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.301S.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 569</t>
@@ -2717,51 +2717,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2380</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на FS.005S. Для установки необходимы крепления FS.007 - 4шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1440.00</t>
+      <t xml:space="preserve">1469.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.301M.DSP \ Задняя стенка ЛДСП 900х2380 M</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.301M.DSP</t>
@@ -2774,51 +2774,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2380</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на FS.005M. Для установки необходимы крепления FS.007 - 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2126.00</t>
+      <t xml:space="preserve">2169.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.301L.DSP \ Задняя стенка ЛДСП 1200х2380 L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.301L.DSP</t>
@@ -2831,51 +2831,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2380</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на FS.005L. Для установки необходимы крепления FS.007 - 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2812.00</t>
+      <t xml:space="preserve">2868.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.401S \ Накопитель с выдвижным ящиком 568x450x200мм S одноярусный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.401S.DSP</t>
@@ -2888,51 +2888,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4255.00</t>
+      <t xml:space="preserve">4340.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.401M \ Накопитель с выдвижным ящиком 868x450x200мм M одноярусный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.401M.DSP</t>
@@ -2945,51 +2945,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5890.00</t>
+      <t xml:space="preserve">6008.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.401L \ Накопитель с выдвижным ящиком 1168x450x200мм L одноярусный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.401L.DSP</t>
@@ -3002,51 +3002,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7520.00</t>
+      <t xml:space="preserve">7670.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.402S \ Накопитель с выдвижным ящиком 568x450x400мм S двухъярусный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.402S.DSP</t>
@@ -3059,51 +3059,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6200.00</t>
+      <t xml:space="preserve">6324.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.402M \ Накопитель с выдвижным ящиком 868x450x400мм M двухъярусный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.402M.DSP</t>
@@ -3116,51 +3116,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10085.00</t>
+      <t xml:space="preserve">10287.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.402L \ Накопитель с выдвижным ящиком 1168x450x400мм L двухъярусный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.402L.DSP</t>
@@ -3173,51 +3173,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12740.00</t>
+      <t xml:space="preserve">12995.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.403S \ Накопитель с распашной дверью 568x450x400мм S</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.403S.DSP</t>
@@ -3230,51 +3230,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4652.00</t>
+      <t xml:space="preserve">4745.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.403M \ Накопитель с распашными дверями 868x450x400мм M </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.403M.DSP</t>
@@ -3287,51 +3287,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6440.00</t>
+      <t xml:space="preserve">6569.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.403L \ Накопитель с распашными дверями 1168x450x400мм L </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.403L.DSP</t>
@@ -3344,51 +3344,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8229.00</t>
+      <t xml:space="preserve">8394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -5566,51 +5566,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18.09.2025</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5638,51 +5638,51 @@
             <t xml:space="preserve">
 Длина, мм: 3745</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 527</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2573</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40039.00</t>
+            <t xml:space="preserve">40650.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5698,51 +5698,51 @@
             <t xml:space="preserve">
 Длина, мм: 2532</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 462</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2573</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33182.00</t>
+            <t xml:space="preserve">33778.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5760,51 +5760,51 @@
             <t xml:space="preserve">
 Длина, мм: 2545</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 527</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2573</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40713.00</t>
+            <t xml:space="preserve">41492.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5820,51 +5820,51 @@
             <t xml:space="preserve">
 Длина, мм: 1945</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 507</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2413</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">47228.00</t>
+            <t xml:space="preserve">47938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5882,51 +5882,51 @@
             <t xml:space="preserve">
 Длина, мм: 1945</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 477</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2413</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22747.00</t>
+            <t xml:space="preserve">23161.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5942,51 +5942,51 @@
             <t xml:space="preserve">
 Длина, мм: 2558</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 477</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2413</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38687.00</t>
+            <t xml:space="preserve">39410.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6004,51 +6004,51 @@
             <t xml:space="preserve">
 Длина, мм: 1945</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 477</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2413</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38096.00</t>
+            <t xml:space="preserve">38818.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6064,51 +6064,51 @@
             <t xml:space="preserve">
 Длина, мм: 2558</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 477</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2413</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33687.00</t>
+            <t xml:space="preserve">34310.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6126,51 +6126,51 @@
             <t xml:space="preserve">
 Длина, мм: 1945</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 421</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2413</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30437.20</t>
+            <t xml:space="preserve">31008.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6186,51 +6186,51 @@
             <t xml:space="preserve">
 Длина, мм: 2558</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 421</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2413</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31761.00</t>
+            <t xml:space="preserve">32269.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6248,51 +6248,51 @@
             <t xml:space="preserve">
 Длина, мм: 2558</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 501</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2413</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40883.00</t>
+            <t xml:space="preserve">41552.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6308,51 +6308,51 @@
             <t xml:space="preserve">
 Длина, мм: 2558</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 501</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2413</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18654.00</t>
+            <t xml:space="preserve">18893.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6370,51 +6370,51 @@
             <t xml:space="preserve">
 Длина, мм: 2558</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 501</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2413</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46012.00</t>
+            <t xml:space="preserve">46418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6438,51 +6438,51 @@
             <t xml:space="preserve">
 Глубина, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Толщина стенки 2мм. Перфорация по 1 стороне, регулируемая опора в комплекте. Максимально допустимая распределенная нагрузка на одну полку не более 40кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1681.00</t>
+            <t xml:space="preserve">1715.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.001.M \ Стойка 40х40мм M, H-2400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6500,51 +6500,51 @@
             <t xml:space="preserve">
 Глубина, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Толщина стенки 2мм. Перфорация по 1 стороне, регулируемая опора в комплекте. Максимально допустимая распределенная нагрузка на одну полку не более 40кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1945.00</t>
+            <t xml:space="preserve">1984.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.001.M \ Стойка 40х40мм M, (H-2400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FS.001M.1.5.22450.4N100</t>
           </r>
@@ -6560,51 +6560,51 @@
             <t xml:space="preserve">
 Глубина, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: :Толщина стенки 1,5мм. Перфорация по 1 стороне, регулируемая опора в комплекте. Максимально допустимая распределенная нагрузка на одну полку не более 35кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1656.00</t>
+            <t xml:space="preserve">1689.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.001.L \ Стойка 40х40мм L, H-3000мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6622,51 +6622,51 @@
             <t xml:space="preserve">
 Глубина, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Толщина стенки 2мм. Перфорация по 1 стороне, регулируемая опора в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2288.00</t>
+            <t xml:space="preserve">2334.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.009 \ Крепление стойки к стене</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FS.009.22450.4N100</t>
           </r>
@@ -6682,51 +6682,51 @@
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 35</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплект не входит.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.00</t>
+            <t xml:space="preserve">77.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.003 \ Крепление стойки к стене Г-образное 40х40мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6740,51 +6740,51 @@
             <t xml:space="preserve">
 Длина, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1230.00</t>
+            <t xml:space="preserve">1255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.004 \ Дистанционное крепление стойки к стене Т-образное  360х40х20мм</t>
           </r>
@@ -6804,51 +6804,51 @@
             <t xml:space="preserve">
 Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для дистанцирования стойки FS.001 от стены</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">695.00</t>
+            <t xml:space="preserve">709.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.005 S \ Соединитель стоек 40х20мм S, (L-600)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6866,51 +6866,51 @@
             <t xml:space="preserve">
 Глубина, мм: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: В комплекте 1шт. Рекомендуется устанавливать по 2шт.  на пролёт</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">507.00</t>
+            <t xml:space="preserve">517.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.005 M \ Соединитель стоек 40х20мм M, (L-900)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FS.005M.22450.4N100</t>
           </r>
@@ -6926,51 +6926,51 @@
             <t xml:space="preserve">
 Глубина, мм: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: В комплекте 1шт. Рекомендуется устанавливать по 2шт.  на пролёт</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">590.00</t>
+            <t xml:space="preserve">602.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.005 L \ Соединитель стоек 40х20мм L, (L-1200)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6988,51 +6988,51 @@
             <t xml:space="preserve">
 Глубина, мм: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: В комплекте 1шт. Рекомендуется устанавливать по 2шт.  на пролёт</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">660.00</t>
+            <t xml:space="preserve">673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.006 \ Заглушка перфорации</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FS.006.22450.4N100</t>
           </r>
@@ -7048,51 +7048,51 @@
             <t xml:space="preserve">
 Глубина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 35</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на FS.001, если используется дистанционное крепление FS.003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">203.00</t>
+            <t xml:space="preserve">207.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.007 \ Крепление задних стенок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7110,99 +7110,99 @@
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: В комплекте 1шт. На одну заднюю стенку FS.301 нужно 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.101S \ Штанга из прямоугольной трубы 15х30мм S</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FS.101S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">402.00</t>
+            <t xml:space="preserve">410.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7220,51 +7220,51 @@
             <t xml:space="preserve">
 Артикул: FS.101M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">459.00</t>
+            <t xml:space="preserve">468.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7280,51 +7280,51 @@
             <t xml:space="preserve">
 Артикул: FS.101L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">517.00</t>
+            <t xml:space="preserve">527.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7350,51 +7350,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1790.00</t>
+            <t xml:space="preserve">1826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.102M \ Полка металлическая 900x350мм M</t>
           </r>
@@ -7410,51 +7410,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2190.00</t>
+            <t xml:space="preserve">2234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7472,51 +7472,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2950.00</t>
+            <t xml:space="preserve">3009.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.103L \ Держатель накопителя левый</t>
           </r>
@@ -7536,51 +7536,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для установки на стойки накопителей FS.401 и FS.402</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">295.00</t>
+            <t xml:space="preserve">301.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.103R \ Держатель накопителя правый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7598,51 +7598,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется для установки на стойки накопителей FS.401 и FS.402</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">295.00</t>
+            <t xml:space="preserve">301.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.104 \ Кронштейн с вылетом, из трубы 30x15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FS.104.22450.4N100</t>
           </r>
@@ -7650,51 +7650,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">634.00</t>
+            <t xml:space="preserve">647.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7708,51 +7708,51 @@
             <t xml:space="preserve">
 Артикул: FS.105.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">470.00</t>
+            <t xml:space="preserve">479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7772,51 +7772,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: .</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">789.00</t>
+            <t xml:space="preserve">805.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7834,51 +7834,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 188</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">589.00</t>
+            <t xml:space="preserve">601.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7890,51 +7890,51 @@
             <t xml:space="preserve">
 Артикул: FS.108.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">579.00</t>
+            <t xml:space="preserve">591.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7952,51 +7952,51 @@
             <t xml:space="preserve">
 Артикул: FS.109.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">407.00</t>
+            <t xml:space="preserve">415.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -8020,51 +8020,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">589.00</t>
+            <t xml:space="preserve">601.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8086,51 +8086,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на FS.101S</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3820.00</t>
+            <t xml:space="preserve">3896.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.201M \ Постер 900х680 M</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FS.201M.22450.4N100</t>
           </r>
@@ -8146,51 +8146,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на FS.101M</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4486.00</t>
+            <t xml:space="preserve">4576.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.201L \ Постер 1200х680мм L</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8208,51 +8208,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на FS.101L</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5410.00</t>
+            <t xml:space="preserve">5518.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.202S \ Зеркало навесное 600х2000мм S</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FS.202S.22450.4N100</t>
           </r>
@@ -8268,51 +8268,51 @@
             <t xml:space="preserve">
 Глубина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на FS.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6690.00</t>
+            <t xml:space="preserve">6824.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.202M \ Зеркало навесное 900х2000мм М</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8330,51 +8330,51 @@
             <t xml:space="preserve">
 Глубина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на FS.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7959.00</t>
+            <t xml:space="preserve">8118.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.202L \ Зеркало навесное 1200х2000 L</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FS.202L.22450.4N100</t>
           </r>
@@ -8390,51 +8390,51 @@
             <t xml:space="preserve">
 Глубина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на FS.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9531.00</t>
+            <t xml:space="preserve">9722.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.301S.DSP \ Задняя стенка ЛДСП 600х2380 S</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8448,51 +8448,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2380</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на FS.005S. Для установки необходимы крепления FS.007 - 4шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1440.00</t>
+            <t xml:space="preserve">1469.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.301M.DSP \ Задняя стенка ЛДСП 900х2380 M</t>
           </r>
@@ -8508,51 +8508,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2380</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на FS.005M. Для установки необходимы крепления FS.007 - 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2126.00</t>
+            <t xml:space="preserve">2169.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8570,51 +8570,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2380</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на FS.005L. Для установки необходимы крепления FS.007 - 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2812.00</t>
+            <t xml:space="preserve">2868.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.401S \ Накопитель с выдвижным ящиком 568x450x200мм S одноярусный</t>
           </r>
@@ -8630,51 +8630,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4255.00</t>
+            <t xml:space="preserve">4340.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8692,51 +8692,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5890.00</t>
+            <t xml:space="preserve">6008.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.401L \ Накопитель с выдвижным ящиком 1168x450x200мм L одноярусный</t>
           </r>
@@ -8752,51 +8752,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7520.00</t>
+            <t xml:space="preserve">7670.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8814,51 +8814,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6200.00</t>
+            <t xml:space="preserve">6324.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.402M \ Накопитель с выдвижным ящиком 868x450x400мм M двухъярусный</t>
           </r>
@@ -8874,51 +8874,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10085.00</t>
+            <t xml:space="preserve">10287.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8936,51 +8936,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12740.00</t>
+            <t xml:space="preserve">12995.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.403S \ Накопитель с распашной дверью 568x450x400мм S</t>
           </r>
@@ -8996,51 +8996,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4652.00</t>
+            <t xml:space="preserve">4745.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9058,51 +9058,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6440.00</t>
+            <t xml:space="preserve">6569.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.403L \ Накопитель с распашными дверями 1168x450x400мм L </t>
           </r>
@@ -9118,51 +9118,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки в стойки необходимы держатели FS.103L и FS.103R по 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8229.00</t>
+            <t xml:space="preserve">8394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>