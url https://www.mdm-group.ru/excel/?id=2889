--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.03.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Global в цвете белый муар</t>
   </si>
   <si>
     <t>Система Глобал в цвете белый муар – продолжает серию торгового оборудования Глобал. Изготавливается на собственном производстве нашей компании.
 Основой служат вертикальные пристенные стойки, на которые крепятся кронштейны, крючки и полкодержатели.
 Перфорированные стойки представляют из себя П-образные конструкции длиной 2395мм и размером сторон 30х25мм.
 Торговое оборудование в белом цвете, с надежным полимерно- порошковым покрытием будет оптимальным выбором для современных магазинов.
 В отличии от глянцевой блестящей поверхности, наша система глобал в белом имеет фактурное матовое покрытие и на нём не остаются следы.
 Белое торговое оборудование – выгодно выделит ваш магазин на фоне конкурентов.
 Вы можете дополнить пристенные системы вешалами и островными конструкциями Global в цвете белый муар, вешалами Primo Rus в цвете белый муар либо другими вешалами из нашего ассортимента.
 Схема сборки</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
@@ -104,51 +104,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на полку 35 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">980.00</t>
+      <t xml:space="preserve">1000.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2302 \ Стойка Global перфорированная (H=2395 мм, сечение 16x20мм, t-2мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.2302.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -173,51 +173,51 @@
       <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на полку 40 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">940.00</t>
+      <t xml:space="preserve">959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Type 1S.V3  Стойка H-2395 мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.001.V3.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -238,51 +238,51 @@
       <t xml:space="preserve">
 Примечание: Не имеет боковой перфорации. Максимальная распределенная нагрузка на полку 40 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1079.00</t>
+      <t xml:space="preserve">1101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 210.V3  \ Стойка гондолы (L-1515мм) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.210.V3.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -303,51 +303,51 @@
       <t xml:space="preserve">
 Примечание: Для соединителей GLS 212. Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3685.00</t>
+      <t xml:space="preserve">3759.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная (L-2395мм) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.209.V3.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -368,51 +368,51 @@
       <t xml:space="preserve">
 Примечание: Для соединителей GLS 211. Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3580.20</t>
+      <t xml:space="preserve">3652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.038A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -433,51 +433,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 35 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">540.00</t>
+      <t xml:space="preserve">551.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.038B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -498,51 +498,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 35 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">620.00</t>
+      <t xml:space="preserve">632.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.038C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -563,51 +563,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 35 кг. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">710.00</t>
+      <t xml:space="preserve">724.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.039A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -620,51 +620,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">350.00</t>
+      <t xml:space="preserve">357.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.039B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -677,51 +677,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">440.00</t>
+      <t xml:space="preserve">449.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.039C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -734,51 +734,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">570.00</t>
+      <t xml:space="preserve">581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 40 \ Штанга из овальной трубы 30х15мм, универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.040.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -799,51 +799,51 @@
       <t xml:space="preserve">
 Примечание: дистанционная секция может быть как слева, так и справа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">850.00</t>
+      <t xml:space="preserve">867.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023C.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -864,51 +864,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23L \ Полкодержатель(левый, L=200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023C.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -929,51 +929,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23L \ Полкодержатель(левый, L=250 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023D.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -994,51 +994,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">118.00</t>
+      <t xml:space="preserve">120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=250 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023D.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1059,51 +1059,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">118.00</t>
+      <t xml:space="preserve">120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель(левый, L=300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023A.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1124,51 +1124,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">132.00</t>
+      <t xml:space="preserve">135.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023A.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1189,51 +1189,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">132.00</t>
+      <t xml:space="preserve">135.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23L Полкодержатель левый L400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023B.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1250,51 +1250,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель правый L400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023B.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1315,51 +1315,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.055L \ Держатель стекла, левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.055L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1372,51 +1372,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">340.00</t>
+      <t xml:space="preserve">347.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.055R \ Держатель стекла, правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.055R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1429,51 +1429,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">340.00</t>
+      <t xml:space="preserve">347.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-LEFT.V5.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1494,51 +1494,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063BR-R \ Кронштейн для корзины правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-RIGHT.V5.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1559,51 +1559,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063A \ Корзина 600х300х150 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.600.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1628,51 +1628,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">795.00</t>
+      <t xml:space="preserve">811.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 290 \ Крючок на овальную трубу (30х15), L-100мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.032.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1689,51 +1689,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">83.00</t>
+      <t xml:space="preserve">84.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 291 \ Крючок на овальную трубу (30х15), L-150мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.028.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1750,51 +1750,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 292 \ Крючок на овальную трубу (30х15), L-200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.029.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1811,51 +1811,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.00</t>
+      <t xml:space="preserve">93.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 293 \ Крючок на овальную трубу (30х15), L-250мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.030.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1872,51 +1872,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.00</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 294 \ Крючок на овальную трубу (30х15), L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.033.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1933,51 +1933,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.00</t>
+      <t xml:space="preserve">100.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 150 \ Кронштейн наклонный на овальную трубу (30х15), L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.050.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1990,51 +1990,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">360.00</t>
+      <t xml:space="preserve">367.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 113 \ Кронштейн прямой на овальную трубу (30х15), L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.021.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2047,165 +2047,165 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">229.00</t>
+      <t xml:space="preserve">234.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Rs (TOP) 153 \ Кронштейн прямой на овальную трубу (30х15), L-400мм</t>
-[...3 lines deleted...]
-Артикул: RTPS.048.9016MU.25</t>
+      <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу (30х15) c ограничителями, L-400мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTPS.048V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">258.00</t>
+      <t xml:space="preserve">336.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу (30х15) c ограничителями, L-400мм</t>
-[...3 lines deleted...]
-Артикул: RTPS.048V2.9016MU.25</t>
+      <t xml:space="preserve">Rs (TOP) 153 \ Кронштейн прямой на овальную трубу (30х15), L-400мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTPS.048.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">329.00</t>
+      <t xml:space="preserve">263.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 109 \ Кронштейн ступенчатый на овальную трубу (30х15), L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.047.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2218,51 +2218,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">560.00</t>
+      <t xml:space="preserve">571.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 41 \ Штанга на овальную трубу 30х15 (L=600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.041A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2271,51 +2271,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">710.00</t>
+      <t xml:space="preserve">724.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.038A.9016MU.25</t>
@@ -2336,51 +2336,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">840.00</t>
+      <t xml:space="preserve">857.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.038B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2397,51 +2397,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">898.00</t>
+      <t xml:space="preserve">916.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.038C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2458,100 +2458,100 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">960.00</t>
+      <t xml:space="preserve">979.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Заглушка пластиковая внутренняя для прямоугольных труб размером 30х15 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 15-30ПЧC.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.40</t>
+      <t xml:space="preserve">7.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 37 Штанга 2 секции из прямоуг. трубы 30х15, L-1200мм</t>
@@ -2576,51 +2576,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4-5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1070.00</t>
+      <t xml:space="preserve">1091.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 39 Штанга из прямоуг. трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.039A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2633,51 +2633,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">390.00</t>
+      <t xml:space="preserve">398.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 39 Штанга из прямоуг. трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.039B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2690,51 +2690,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">480.00</t>
+      <t xml:space="preserve">490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 39 Штанга из прямоуг. трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.039C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2747,51 +2747,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">560.00</t>
+      <t xml:space="preserve">571.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 41 Рама для полки 900х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.041B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3113,51 +3113,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1500.00</t>
+      <t xml:space="preserve">1530.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.051P.B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3174,51 +3174,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1900.00</t>
+      <t xml:space="preserve">1938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.051P.C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3235,51 +3235,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2300.00</t>
+      <t xml:space="preserve">2346.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50K \ Кронштейн для металлических полок L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050K.400.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3353,51 +3353,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1450.00</t>
+      <t xml:space="preserve">1479.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50NK \ Кронштейн для полок 400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050NK.400.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3410,51 +3410,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: 1 шт. Кронштейны используются с металлическими полками GLPR 50P. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">165.00</t>
+      <t xml:space="preserve">168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050P.B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3471,51 +3471,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1910.00</t>
+      <t xml:space="preserve">1948.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050P.C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3532,51 +3532,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2410.00</t>
+      <t xml:space="preserve">2458.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-100мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3593,51 +3593,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">81.00</t>
+      <t xml:space="preserve">82.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-150мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3654,51 +3654,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.00</t>
+      <t xml:space="preserve">86.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3715,51 +3715,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L250мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063D.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3776,51 +3776,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.00</t>
+      <t xml:space="preserve">93.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-8, L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063E.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3837,51 +3837,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-8, L-350мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063F.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3898,51 +3898,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 213 \ Усилитель  гондолы Global для T-стоек GLS 210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.213.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3955,51 +3955,51 @@
       <t xml:space="preserve">
 Примечание: Для стойки GLS 210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">390.00</t>
+      <t xml:space="preserve">398.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 61 Кронштейн ступенчатый на прямоуг. трубу 30х15, L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.061.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4012,51 +4012,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">590.00</t>
+      <t xml:space="preserve">602.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 64 Кронштейн наклонный на прямоуг. трубу 30х15, L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.064.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4073,51 +4073,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">309.00</t>
+      <t xml:space="preserve">315.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 62 Кронштейн прямой на прямоуг. трубу 30х15, L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.062.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4130,51 +4130,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">249.00</t>
+      <t xml:space="preserve">254.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.046 \ Кронштейн для шапок на прямоуг. трубу 30х15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.046.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4187,51 +4187,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 135</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">520.00</t>
+      <t xml:space="preserve">530.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-600мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.211-L.A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4244,51 +4244,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">475.00</t>
+      <t xml:space="preserve">485.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.211-L.B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4301,51 +4301,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">550.00</t>
+      <t xml:space="preserve">561.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.211-L.C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4358,51 +4358,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">580.00</t>
+      <t xml:space="preserve">592.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 212 \ Соединитель для стоек гондол, L-600мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.212.A.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4606,51 +4606,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1240.00</t>
+      <t xml:space="preserve">1265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.303B \ Задняя стенка перфорированная для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.303B.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4671,51 +4671,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1740.00</t>
+      <t xml:space="preserve">1775.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.303C \ Задняя стенка перфорированная для стеллажа Global </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.303C.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4736,51 +4736,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2180.00</t>
+      <t xml:space="preserve">2224.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.302B \ Задняя стенка для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.302B.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4797,51 +4797,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1096.00</t>
+      <t xml:space="preserve">1118.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.301A \ Задняя стенка для стеллажа Global </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.301A.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4858,51 +4858,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">705.00</t>
+      <t xml:space="preserve">719.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.301B \ Задняя стенка для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.301B.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4919,51 +4919,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">970.00</t>
+      <t xml:space="preserve">989.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.301C \ Задняя стенка для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.301C.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4980,51 +4980,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1240.00</t>
+      <t xml:space="preserve">1265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.302A \ Задняя стенка для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.302A.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -5041,51 +5041,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">796.00</t>
+      <t xml:space="preserve">812.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.302C \ Задняя стенка для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.302C.V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -5098,51 +5098,51 @@
       <t xml:space="preserve">
 Высота, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1380.00</t>
+      <t xml:space="preserve">1408.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.005 \ Кронштейн для шапок L_600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.005.9016.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -5159,51 +5159,51 @@
       <t xml:space="preserve">
 Цвет: белый матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1620.00</t>
+      <t xml:space="preserve">1652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.006 \ Кронштейн для шапок L_900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.006.9016.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -5216,51 +5216,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2180.00</t>
+      <t xml:space="preserve">2224.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.007 \ Кронштейн для шапок L_1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.007.9016.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -5273,51 +5273,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2930.00</t>
+      <t xml:space="preserve">2989.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.305A.V4.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -5338,360 +5338,360 @@
       <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1870.00</t>
+      <t xml:space="preserve">1907.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
-[...3 lines deleted...]
-Артикул: GLS.305C.V4.9016MU.25</t>
+      <t xml:space="preserve">GLS.305B \ Полка нижняя для стойки GLS.209.V3  </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.305B.V4.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
+Высота, мм: 45</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Полкодержатель: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3180.00</t>
+      <t xml:space="preserve">2397.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
-[...31 lines deleted...]
-Высота, мм: 45</t>
+      <t xml:space="preserve">GLS.310A \ Задняя панель ЛДСП для стоек GLS.001</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.310A.DSP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2670.00</t>
+      <t xml:space="preserve">4035.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.305B \ Полка нижняя для стойки GLS.209.V3  </t>
-[...3 lines deleted...]
-Артикул: GLS.305B.V4.9016MU.25</t>
+      <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.305C.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
+Глубина, мм: 450</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Высота, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 450</t>
-[...18 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2350.00</t>
+      <t xml:space="preserve">2723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.310A \ Задняя панель ЛДСП для стоек GLS.001</t>
-[...19 lines deleted...]
-Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
+      <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.305C.V4.9016MU.25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 450</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Полкодержатель: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3956.00</t>
+      <t xml:space="preserve">3244.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.310B \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.310B.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5645.00</t>
+      <t xml:space="preserve">5758.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.310C \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.310C.DSP</t>
@@ -5704,51 +5704,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7330.00</t>
+      <t xml:space="preserve">7477.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311A \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311A.DSP</t>
@@ -5761,51 +5761,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1098.00</t>
+      <t xml:space="preserve">1120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311A.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311A.EP.AL</t>
@@ -5818,51 +5818,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3250.50</t>
+      <t xml:space="preserve">3316.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311C.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311C.EP.AL</t>
@@ -5875,51 +5875,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6471.00</t>
+      <t xml:space="preserve">6600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311B.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311B.EP.AL</t>
@@ -5932,51 +5932,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6456.00</t>
+      <t xml:space="preserve">6585.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311C.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311C.EP.PL</t>
@@ -5989,51 +5989,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4885.50</t>
+      <t xml:space="preserve">4983.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311A.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311A.EP.PL</t>
@@ -6046,51 +6046,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2457.00</t>
+      <t xml:space="preserve">2506.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311B.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311B.EP.PL</t>
@@ -6103,51 +6103,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4870.50</t>
+      <t xml:space="preserve">4968.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311B \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311B.DSP</t>
@@ -6160,51 +6160,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1575.00</t>
+      <t xml:space="preserve">1607.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311C \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311C.DSP</t>
@@ -6217,51 +6217,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">877.00</t>
+      <t xml:space="preserve">895.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.312 \ Декор вертикальный ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.312.DSP</t>
@@ -6270,51 +6270,51 @@
       <t xml:space="preserve">
 Длина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.50 -3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1143.00</t>
+      <t xml:space="preserve">1166.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.313A \ Подиум ЛДСП для стоек GLS.001</t>
@@ -6331,51 +6331,51 @@
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2026.50</t>
+      <t xml:space="preserve">2067.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.313B \ Подиум ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.313B.DSP</t>
@@ -6388,96 +6388,96 @@
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2562.00</t>
+      <t xml:space="preserve">2613.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RK.612-05.200.V2 \ Комплект реек 200мм для мебельных навесов с креплениями к ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RK.612-05.200.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.00</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -6490,180 +6490,180 @@
       </rPr>
       <t xml:space="preserve">RK.612-05.400.V2 \ Комплект реек 400мм для мебельных навесов с креплениями к ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RK.612-05.400.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
-[...7 lines deleted...]
-Длина, мм: 50</t>
+      <t xml:space="preserve">GLS.313C \ Подиум ЛДСП для стоек GLS.001</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.313C.DSP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 475</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">3416.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.313C \ Подиум ЛДСП для стоек GLS.001</t>
-[...19 lines deleted...]
-Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
+      <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RK.612-05.50.V2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3349.50</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -6724,51 +6724,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca199119_a5dd_11ed_bcbb_ac1f6b40b531_GLS00116V39016MU2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLB.2302.9016MU.253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8012976_7546_11ec_8de2_ac1f6b40b531_GLS0014.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25f1418e_7545_11ec_8de2_ac1f6b40b531_GLS210V25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf5cfcc_7544_11ec_8de2_ac1f6b40b531_GLS2096.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258daaeb_a745_11eb_80bc_0025902b3cc1_GLS038A7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2249e98_a40e_11eb_80bc_0025902b3cc1_GLS038B8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4dbeb2_9b9f_11eb_80bc_0025902b3cc1_GLS038C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7fab4_a745_11eb_80bc_0025902b3cc1_GLPR039A10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7faae_a745_11eb_80bc_0025902b3cc1_GLS039B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7faba_a745_11eb_80bc_0025902b3cc1_GLS039C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d29ca92_97af_11eb_80bc_0025902b3cc1_GLS0409016MU2513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991153_a745_11eb_80bc_0025902b3cc1_GLS023CR14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f21a4_a745_11eb_80bc_0025902b3cc1_GLS023CL15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f219f_a745_11eb_80bc_0025902b3cc1_GLS023DL16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991148_a745_11eb_80bc_0025902b3cc1_GLS023DR17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b99115a_a745_11eb_80bc_0025902b3cc1_GLS023AR18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258daaf0_a745_11eb_80bc_0025902b3cc1_GLS023AR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de612_9dc6_11eb_80bc_0025902b3cc1_GLS023BL20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de618_9dc6_11eb_80bc_0025902b3cc1_GLS023BR21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853ab444_cf68_11eb_80bc_0025902b3cc1_GLS055L9016MU25.resize222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d40bf2_b72f_11ec_81b7_ac1f6b40b531_GLS055R9016MU25.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06b8d8f_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_LEFTV5_0124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7426d40_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_RIGHTV5_0125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b4ec40_7544_11ec_8de2_ac1f6b40b531_GLS06360026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20d2_a745_11eb_80bc_0025902b3cc1_RTPS03227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20cd_a745_11eb_80bc_0025902b3cc1_RTPS02828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20c8_a745_11eb_80bc_0025902b3cc1_RTPS02929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05114971_a745_11eb_80bc_0025902b3cc1_RTPS03030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0511496c_a745_11eb_80bc_0025902b3cc1_RTPS03331.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85ab_a745_11eb_80bc_0025902b3cc1_RTPS05032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b0_a745_11eb_80bc_0025902b3cc1_RTPS02133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237e51e_a745_11eb_80bc_0025902b3cc1_RTPS-048-9016MU-2534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237e523_a745_11eb_80bc_0025902b3cc1_RTPS048V29016MU2535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b5_a745_11eb_80bc_0025902b3cc1_RTPS04736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6f248aa_97af_11eb_80bc_0025902b3cc1_GLS041A9016MU2537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a44_a745_11eb_80bc_0025902b3cc1_GLPR038A38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73ffb_a745_11eb_80bc_0025902b3cc1_GLPR038B39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a49_a745_11eb_80bc_0025902b3cc1_GLPR038C40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56750223_e270_11ed_85bb_ac1f6b40b531_15_30PCHCWH_0041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c49504e_7542_11ec_8de2_ac1f6b40b531_GLPR03742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73fef_a745_11eb_80bc_0025902b3cc1_GLPR039A43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b18b6d4_a745_11eb_80bc_0025902b3cc1_GLPR039B44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73ff6_a745_11eb_80bc_0025902b3cc1_GLPR039C45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40bbef7a_7543_11ec_8de2_ac1f6b40b531_GLPR041B46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1236dccd_7543_11ec_8de2_ac1f6b40b531_GLPR041A47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936e93f6_c45b_11eb_80bc_0025902b3cc1_GLPR041C48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107f49c0_7544_11ec_8de2_ac1f6b40b531_GLPR050C.resize249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f1a8d6_14b5_11ed_a675_ac1f6b40b531_GLPR051K3009016MU2550.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf23f696_14b2_11ed_a675_ac1f6b40b531_GLPR051PA9016MU2551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def597d6_14b2_11ed_a675_ac1f6b40b531_GLPR051PB9016MU2552.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe907976_14b2_11ed_a675_ac1f6b40b531_GLPR051PC9016MU2553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539c1a36_14b5_11ed_a675_ac1f6b40b531_GLPR050K4009016MU2554.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36265536_14b3_11ed_a675_ac1f6b40b531_GLPR050PA9016MU2555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLPR-050NK-400-9016MU-2556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66106296_14b3_11ed_a675_ac1f6b40b531_GLPR050PB9016MU2557.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84cde456_14b3_11ed_a675_ac1f6b40b531_GLPR050PC9016MU2558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2cc_a745_11eb_80bc_0025902b3cc1_GLPR063A.resize259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2c4_a745_11eb_80bc_0025902b3cc1_GLPR063B60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28afd_a745_11eb_80bc_0025902b3cc1_GLPR063C61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28af6_a745_11eb_80bc_0025902b3cc1_GLPR063D62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae16_a745_11eb_80bc_0025902b3cc1_GLPR063E63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae11_a745_11eb_80bc_0025902b3cc1_GLPR063F.resize264.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25026dd4_9b9f_11eb_80bc_0025902b3cc1_GLS213.resize265.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b18b6cc_a745_11eb_80bc_0025902b3cc1_GLPR06166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae0c_a745_11eb_80bc_0025902b3cc1_GLPR06467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b2178f_8d18_11ef_bd55_0050569cf81d_GLPR062V29016MU2568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f84522_f557_11ed_907c_ac1f6b40b531_GLPR0469016MU69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b80040_9dc6_11eb_80bc_0025902b3cc1_GLS211_LA70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0022c5d6_9dc7_11eb_80bc_0025902b3cc1_GLS211_LB71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0022c5db_9dc7_11eb_80bc_0025902b3cc1_GLS211_LC72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ac95ca_7546_11ec_8de2_ac1f6b40b531_GLS212A73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf61aee_7858_11ec_8de2_ac1f6b40b531_GLS212B74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25026dce_9b9f_11eb_80bc_0025902b3cc1_GLS212C75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed04f099_9b9e_11ec_81b7_ac1f6b40b531_GLS303Awh76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed04f09e_9b9e_11ec_81b7_ac1f6b40b531_GLS303Bwh77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93146f78_b667_11ec_81b7_ac1f6b40b531_GLS303Bwh78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c4eb21_c09a_11ec_b147_ac1f6b40b531_GLS302Bwh79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c986f5f0_c54f_11ec_b147_ac1f6b40b531_GLS301Awh80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07800842_c550_11ec_b147_ac1f6b40b531_GLS301Bwh81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca1fa57_c550_11ec_b147_ac1f6b40b531_GLS301Cwh82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77c472d8_c550_11ec_b147_ac1f6b40b531_GLS302Awh83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1ea9a03_c550_11ec_b147_ac1f6b40b531_GLS302Cwh84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba787868_9af0_11ed_bd63_ac1f6b40b531_Frame-6-_1_85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81bfb42_9af0_11ed_bd63_ac1f6b40b531_GLS00690162586.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bffb279_9af1_11ed_bd63_ac1f6b40b531_GLS006901625_0187.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3785b1d_143b_11ef_a821_0050569cf81d_GLS305A901620MU_188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1daf5eab_143c_11ef_a821_0050569cf81d_GLS305C901620MU_189.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc194a1_70a5_11ed_80da_ac1f6b40b531_GLS305C901620MU.resize290.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb6e44c3_143b_11ef_a821_0050569cf81d_GLS305B901620MU91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c1_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP.resize292.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c6_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP_.resize293.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd98bdd3_fe90_11ec_b44f_ac1f6b40b531_GLS310CDSP.resize294.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44664_fe90_11ec_b44f_ac1f6b40b531_GLS311ADSP.resize295.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a2736_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPAL.resize296.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a31130f_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPAL.resize297.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e69_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPAL.resize298.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a311314_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPPL_1.resize299.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a273b_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPPL_1.resize2100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e6e_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPPL_1.resize2101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44669_fe90_11ec_b44f_ac1f6b40b531_GLS311BDSP.resize2102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0507590_fe90_11ec_b44f_ac1f6b40b531_GLS311CDSP.resize2103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ba7c6e_fe91_11ec_b44f_ac1f6b40b531_GLS312DSP.resize2104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b0e_fe91_11ec_b44f_ac1f6b40b531_GLS313ADSP.resize2105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b15_fe91_11ec_b44f_ac1f6b40b531_GLS313BDSP.resize2106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab0279a_f320_11ed_907c_ac1f6b40b531_RK612_05107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d43cda_f320_11ed_907c_ac1f6b40b531_RK612_05108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267d5ebb_f320_11ed_907c_ac1f6b40b531_RK612_05109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dec4119_fe91_11ec_b44f_ac1f6b40b531_GLS313CDSP.resize2110.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca199119_a5dd_11ed_bcbb_ac1f6b40b531_GLS00116V39016MU2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLB.2302.9016MU.253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8012976_7546_11ec_8de2_ac1f6b40b531_GLS0014.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25f1418e_7545_11ec_8de2_ac1f6b40b531_GLS210V25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf5cfcc_7544_11ec_8de2_ac1f6b40b531_GLS2096.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258daaeb_a745_11eb_80bc_0025902b3cc1_GLS038A7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2249e98_a40e_11eb_80bc_0025902b3cc1_GLS038B8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4dbeb2_9b9f_11eb_80bc_0025902b3cc1_GLS038C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7fab4_a745_11eb_80bc_0025902b3cc1_GLPR039A10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7faae_a745_11eb_80bc_0025902b3cc1_GLS039B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7faba_a745_11eb_80bc_0025902b3cc1_GLS039C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d29ca92_97af_11eb_80bc_0025902b3cc1_GLS0409016MU2513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991153_a745_11eb_80bc_0025902b3cc1_GLS023CR14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f21a4_a745_11eb_80bc_0025902b3cc1_GLS023CL15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f219f_a745_11eb_80bc_0025902b3cc1_GLS023DL16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991148_a745_11eb_80bc_0025902b3cc1_GLS023DR17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b99115a_a745_11eb_80bc_0025902b3cc1_GLS023AR18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258daaf0_a745_11eb_80bc_0025902b3cc1_GLS023AR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de612_9dc6_11eb_80bc_0025902b3cc1_GLS023BL20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de618_9dc6_11eb_80bc_0025902b3cc1_GLS023BR21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853ab444_cf68_11eb_80bc_0025902b3cc1_GLS055L9016MU25.resize222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d40bf2_b72f_11ec_81b7_ac1f6b40b531_GLS055R9016MU25.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06b8d8f_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_LEFTV5_0124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7426d40_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_RIGHTV5_0125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b4ec40_7544_11ec_8de2_ac1f6b40b531_GLS06360026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20d2_a745_11eb_80bc_0025902b3cc1_RTPS03227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20cd_a745_11eb_80bc_0025902b3cc1_RTPS02828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20c8_a745_11eb_80bc_0025902b3cc1_RTPS02929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05114971_a745_11eb_80bc_0025902b3cc1_RTPS03030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0511496c_a745_11eb_80bc_0025902b3cc1_RTPS03331.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85ab_a745_11eb_80bc_0025902b3cc1_RTPS05032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b0_a745_11eb_80bc_0025902b3cc1_RTPS02133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237e523_a745_11eb_80bc_0025902b3cc1_RTPS048V29016MU2534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237e51e_a745_11eb_80bc_0025902b3cc1_RTPS-048-9016MU-2535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b5_a745_11eb_80bc_0025902b3cc1_RTPS04736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6f248aa_97af_11eb_80bc_0025902b3cc1_GLS041A9016MU2537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a44_a745_11eb_80bc_0025902b3cc1_GLPR038A38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73ffb_a745_11eb_80bc_0025902b3cc1_GLPR038B39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a49_a745_11eb_80bc_0025902b3cc1_GLPR038C40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56750223_e270_11ed_85bb_ac1f6b40b531_15_30PCHCWH_0041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c49504e_7542_11ec_8de2_ac1f6b40b531_GLPR03742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73fef_a745_11eb_80bc_0025902b3cc1_GLPR039A43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b18b6d4_a745_11eb_80bc_0025902b3cc1_GLPR039B44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73ff6_a745_11eb_80bc_0025902b3cc1_GLPR039C45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40bbef7a_7543_11ec_8de2_ac1f6b40b531_GLPR041B46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1236dccd_7543_11ec_8de2_ac1f6b40b531_GLPR041A47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936e93f6_c45b_11eb_80bc_0025902b3cc1_GLPR041C48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107f49c0_7544_11ec_8de2_ac1f6b40b531_GLPR050C.resize249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f1a8d6_14b5_11ed_a675_ac1f6b40b531_GLPR051K3009016MU2550.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf23f696_14b2_11ed_a675_ac1f6b40b531_GLPR051PA9016MU2551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def597d6_14b2_11ed_a675_ac1f6b40b531_GLPR051PB9016MU2552.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe907976_14b2_11ed_a675_ac1f6b40b531_GLPR051PC9016MU2553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539c1a36_14b5_11ed_a675_ac1f6b40b531_GLPR050K4009016MU2554.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36265536_14b3_11ed_a675_ac1f6b40b531_GLPR050PA9016MU2555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLPR-050NK-400-9016MU-2556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66106296_14b3_11ed_a675_ac1f6b40b531_GLPR050PB9016MU2557.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84cde456_14b3_11ed_a675_ac1f6b40b531_GLPR050PC9016MU2558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2cc_a745_11eb_80bc_0025902b3cc1_GLPR063A.resize259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2c4_a745_11eb_80bc_0025902b3cc1_GLPR063B60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28afd_a745_11eb_80bc_0025902b3cc1_GLPR063C61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28af6_a745_11eb_80bc_0025902b3cc1_GLPR063D62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae16_a745_11eb_80bc_0025902b3cc1_GLPR063E63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae11_a745_11eb_80bc_0025902b3cc1_GLPR063F.resize264.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25026dd4_9b9f_11eb_80bc_0025902b3cc1_GLS213.resize265.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b18b6cc_a745_11eb_80bc_0025902b3cc1_GLPR06166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae0c_a745_11eb_80bc_0025902b3cc1_GLPR06467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b2178f_8d18_11ef_bd55_0050569cf81d_GLPR062V29016MU2568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f84522_f557_11ed_907c_ac1f6b40b531_GLPR0469016MU69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b80040_9dc6_11eb_80bc_0025902b3cc1_GLS211_LA70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0022c5d6_9dc7_11eb_80bc_0025902b3cc1_GLS211_LB71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0022c5db_9dc7_11eb_80bc_0025902b3cc1_GLS211_LC72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ac95ca_7546_11ec_8de2_ac1f6b40b531_GLS212A73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf61aee_7858_11ec_8de2_ac1f6b40b531_GLS212B74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25026dce_9b9f_11eb_80bc_0025902b3cc1_GLS212C75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed04f099_9b9e_11ec_81b7_ac1f6b40b531_GLS303Awh76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed04f09e_9b9e_11ec_81b7_ac1f6b40b531_GLS303Bwh77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93146f78_b667_11ec_81b7_ac1f6b40b531_GLS303Bwh78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c4eb21_c09a_11ec_b147_ac1f6b40b531_GLS302Bwh79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c986f5f0_c54f_11ec_b147_ac1f6b40b531_GLS301Awh80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07800842_c550_11ec_b147_ac1f6b40b531_GLS301Bwh81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca1fa57_c550_11ec_b147_ac1f6b40b531_GLS301Cwh82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77c472d8_c550_11ec_b147_ac1f6b40b531_GLS302Awh83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1ea9a03_c550_11ec_b147_ac1f6b40b531_GLS302Cwh84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba787868_9af0_11ed_bd63_ac1f6b40b531_Frame-6-_1_85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81bfb42_9af0_11ed_bd63_ac1f6b40b531_GLS00690162586.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bffb279_9af1_11ed_bd63_ac1f6b40b531_GLS006901625_0187.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3785b1d_143b_11ef_a821_0050569cf81d_GLS305A901620MU_188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb6e44c3_143b_11ef_a821_0050569cf81d_GLS305B901620MU89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c1_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP.resize290.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc194a1_70a5_11ed_80da_ac1f6b40b531_GLS305C901620MU.resize291.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1daf5eab_143c_11ef_a821_0050569cf81d_GLS305C901620MU_192.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c6_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP_.resize293.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd98bdd3_fe90_11ec_b44f_ac1f6b40b531_GLS310CDSP.resize294.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44664_fe90_11ec_b44f_ac1f6b40b531_GLS311ADSP.resize295.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a2736_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPAL.resize296.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a31130f_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPAL.resize297.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e69_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPAL.resize298.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a311314_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPPL_1.resize299.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a273b_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPPL_1.resize2100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e6e_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPPL_1.resize2101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44669_fe90_11ec_b44f_ac1f6b40b531_GLS311BDSP.resize2102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0507590_fe90_11ec_b44f_ac1f6b40b531_GLS311CDSP.resize2103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ba7c6e_fe91_11ec_b44f_ac1f6b40b531_GLS312DSP.resize2104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b0e_fe91_11ec_b44f_ac1f6b40b531_GLS313ADSP.resize2105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b15_fe91_11ec_b44f_ac1f6b40b531_GLS313BDSP.resize2106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab0279a_f320_11ed_907c_ac1f6b40b531_RK612_05107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d43cda_f320_11ed_907c_ac1f6b40b531_RK612_05108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dec4119_fe91_11ec_b44f_ac1f6b40b531_GLS313CDSP.resize2109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267d5ebb_f320_11ed_907c_ac1f6b40b531_RK612_05110.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10368,51 +10368,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.03.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -10452,51 +10452,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на полку 35 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">980.00</t>
+            <t xml:space="preserve">1000.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2302 \ Стойка Global перфорированная (H=2395 мм, сечение 16x20мм, t-2мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.2302.9016MU.25</t>
           </r>
@@ -10524,51 +10524,51 @@
             <t xml:space="preserve">
 Примечание: Максимальная распределенная нагрузка на полку 40 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">940.00</t>
+            <t xml:space="preserve">959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Type 1S.V3  Стойка H-2395 мм </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10594,51 +10594,51 @@
             <t xml:space="preserve">
 Примечание: Не имеет боковой перфорации. Максимальная распределенная нагрузка на полку 40 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1079.00</t>
+            <t xml:space="preserve">1101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 210.V3  \ Стойка гондолы (L-1515мм) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.210.V3.9016MU.25</t>
           </r>
@@ -10662,51 +10662,51 @@
             <t xml:space="preserve">
 Примечание: Для соединителей GLS 212. Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3685.00</t>
+            <t xml:space="preserve">3759.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная (L-2395мм) </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10732,51 +10732,51 @@
             <t xml:space="preserve">
 Примечание: Для соединителей GLS 211. Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3580.20</t>
+            <t xml:space="preserve">3652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.038A.9016MU.25</t>
           </r>
@@ -10800,51 +10800,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 35 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">540.00</t>
+            <t xml:space="preserve">551.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10870,51 +10870,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 35 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">620.00</t>
+            <t xml:space="preserve">632.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.038C.9016MU.25</t>
           </r>
@@ -10938,51 +10938,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 35 кг. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">710.00</t>
+            <t xml:space="preserve">724.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11000,51 +11000,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350.00</t>
+            <t xml:space="preserve">357.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.039B.9016MU.25</t>
           </r>
@@ -11060,51 +11060,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">440.00</t>
+            <t xml:space="preserve">449.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11122,51 +11122,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">570.00</t>
+            <t xml:space="preserve">581.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 40 \ Штанга из овальной трубы 30х15мм, универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.040.9016MU.25</t>
           </r>
@@ -11190,51 +11190,51 @@
             <t xml:space="preserve">
 Примечание: дистанционная секция может быть как слева, так и справа</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">850.00</t>
+            <t xml:space="preserve">867.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11260,51 +11260,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23L \ Полкодержатель(левый, L=200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023C.L.9016MU.25</t>
           </r>
@@ -11328,51 +11328,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23L \ Полкодержатель(левый, L=250 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11398,51 +11398,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">118.00</t>
+            <t xml:space="preserve">120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=250 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023D.R.9016MU.25</t>
           </r>
@@ -11466,51 +11466,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">118.00</t>
+            <t xml:space="preserve">120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель(левый, L=300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11536,51 +11536,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">132.00</t>
+            <t xml:space="preserve">135.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023A.R.9016MU.25</t>
           </r>
@@ -11604,51 +11604,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">132.00</t>
+            <t xml:space="preserve">135.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23L Полкодержатель левый L400</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11670,51 +11670,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель правый L400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023B.R.9016MU.25</t>
           </r>
@@ -11738,51 +11738,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.055L \ Держатель стекла, левый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11800,51 +11800,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">340.00</t>
+            <t xml:space="preserve">347.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.055R \ Держатель стекла, правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.055R.9016MU.25</t>
           </r>
@@ -11860,51 +11860,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">340.00</t>
+            <t xml:space="preserve">347.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины левый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11930,51 +11930,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063BR-R \ Кронштейн для корзины правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-RIGHT.V5.9016MU.25</t>
           </r>
@@ -11998,51 +11998,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063A \ Корзина 600х300х150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12072,51 +12072,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">795.00</t>
+            <t xml:space="preserve">811.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 290 \ Крючок на овальную трубу (30х15), L-100мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.032.9016MU.25</t>
           </r>
@@ -12136,51 +12136,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.00</t>
+            <t xml:space="preserve">84.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 291 \ Крючок на овальную трубу (30х15), L-150мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12202,51 +12202,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 292 \ Крючок на овальную трубу (30х15), L-200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.029.9016MU.25</t>
           </r>
@@ -12266,51 +12266,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.00</t>
+            <t xml:space="preserve">93.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 293 \ Крючок на овальную трубу (30х15), L-250мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12332,51 +12332,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.00</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 294 \ Крючок на овальную трубу (30х15), L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.033.9016MU.25</t>
           </r>
@@ -12396,51 +12396,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.00</t>
+            <t xml:space="preserve">100.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 150 \ Кронштейн наклонный на овальную трубу (30х15), L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12458,51 +12458,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">360.00</t>
+            <t xml:space="preserve">367.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 113 \ Кронштейн прямой на овальную трубу (30х15), L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.021.9016MU.25</t>
           </r>
@@ -12518,173 +12518,173 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">229.00</t>
+            <t xml:space="preserve">234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Rs (TOP) 153 \ Кронштейн прямой на овальную трубу (30х15), L-400мм</t>
-[...3 lines deleted...]
-Артикул: RTPS.048.9016MU.25</t>
+            <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу (30х15) c ограничителями, L-400мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTPS.048V2.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">258.00</t>
+            <t xml:space="preserve">336.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу (30х15) c ограничителями, L-400мм</t>
-[...3 lines deleted...]
-Артикул: RTPS.048V2.9016MU.25</t>
+            <t xml:space="preserve">Rs (TOP) 153 \ Кронштейн прямой на овальную трубу (30х15), L-400мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTPS.048.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">329.00</t>
+            <t xml:space="preserve">263.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 109 \ Кронштейн ступенчатый на овальную трубу (30х15), L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12702,51 +12702,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">560.00</t>
+            <t xml:space="preserve">571.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 41 \ Штанга на овальную трубу 30х15 (L=600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.041A.9016MU.25</t>
           </r>
@@ -12758,51 +12758,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">710.00</t>
+            <t xml:space="preserve">724.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12828,51 +12828,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">840.00</t>
+            <t xml:space="preserve">857.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.038B.9016MU.25</t>
           </r>
@@ -12892,51 +12892,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">898.00</t>
+            <t xml:space="preserve">916.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12958,51 +12958,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">960.00</t>
+            <t xml:space="preserve">979.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Заглушка пластиковая внутренняя для прямоугольных труб размером 30х15 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 15-30ПЧC.WH</t>
           </r>
@@ -13010,51 +13010,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.40</t>
+            <t xml:space="preserve">7.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13084,51 +13084,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4-5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1070.00</t>
+            <t xml:space="preserve">1091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 39 Штанга из прямоуг. трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.039A.9016MU.25</t>
           </r>
@@ -13144,51 +13144,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">390.00</t>
+            <t xml:space="preserve">398.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 39 Штанга из прямоуг. трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13206,51 +13206,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">480.00</t>
+            <t xml:space="preserve">490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 39 Штанга из прямоуг. трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.039C.9016MU.25</t>
           </r>
@@ -13266,51 +13266,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">560.00</t>
+            <t xml:space="preserve">571.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 41 Рама для полки 900х400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13656,51 +13656,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1500.00</t>
+            <t xml:space="preserve">1530.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13722,51 +13722,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1900.00</t>
+            <t xml:space="preserve">1938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.051P.C.9016MU.25</t>
           </r>
@@ -13786,51 +13786,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2300.00</t>
+            <t xml:space="preserve">2346.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50K \ Кронштейн для металлических полок L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13912,51 +13912,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1450.00</t>
+            <t xml:space="preserve">1479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50NK \ Кронштейн для полок 400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13974,51 +13974,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: 1 шт. Кронштейны используются с металлическими полками GLPR 50P. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">165.00</t>
+            <t xml:space="preserve">168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.050P.B.9016MU.25</t>
           </r>
@@ -14038,51 +14038,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1910.00</t>
+            <t xml:space="preserve">1948.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14104,51 +14104,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2410.00</t>
+            <t xml:space="preserve">2458.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-100мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.063A.9016MU.25</t>
           </r>
@@ -14168,51 +14168,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">81.00</t>
+            <t xml:space="preserve">82.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-150мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14234,51 +14234,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.00</t>
+            <t xml:space="preserve">86.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.063C.9016MU.25</t>
           </r>
@@ -14298,51 +14298,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L250мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14364,51 +14364,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.00</t>
+            <t xml:space="preserve">93.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-8, L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.063E.9016MU.25</t>
           </r>
@@ -14428,51 +14428,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-8, L-350мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14494,51 +14494,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 213 \ Усилитель  гондолы Global для T-стоек GLS 210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.213.9016MU.25</t>
           </r>
@@ -14554,51 +14554,51 @@
             <t xml:space="preserve">
 Примечание: Для стойки GLS 210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">390.00</t>
+            <t xml:space="preserve">398.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 61 Кронштейн ступенчатый на прямоуг. трубу 30х15, L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14616,51 +14616,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">590.00</t>
+            <t xml:space="preserve">602.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 64 Кронштейн наклонный на прямоуг. трубу 30х15, L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.064.9016MU.25</t>
           </r>
@@ -14680,51 +14680,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">309.00</t>
+            <t xml:space="preserve">315.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 62 Кронштейн прямой на прямоуг. трубу 30х15, L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14742,51 +14742,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">249.00</t>
+            <t xml:space="preserve">254.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.046 \ Кронштейн для шапок на прямоуг. трубу 30х15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.046.9016MU.25</t>
           </r>
@@ -14802,51 +14802,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 135</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">520.00</t>
+            <t xml:space="preserve">530.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-600мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14864,51 +14864,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">475.00</t>
+            <t xml:space="preserve">485.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-900мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.211-L.B.9016MU.25</t>
           </r>
@@ -14924,51 +14924,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550.00</t>
+            <t xml:space="preserve">561.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-1200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14986,51 +14986,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">580.00</t>
+            <t xml:space="preserve">592.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 212 \ Соединитель для стоек гондол, L-600мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.212.A.V2.9016MU.25</t>
           </r>
@@ -15250,51 +15250,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1240.00</t>
+            <t xml:space="preserve">1265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.303B \ Задняя стенка перфорированная для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.303B.V2.9016MU.25</t>
           </r>
@@ -15318,51 +15318,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1740.00</t>
+            <t xml:space="preserve">1775.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.303C \ Задняя стенка перфорированная для стеллажа Global </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15388,51 +15388,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2180.00</t>
+            <t xml:space="preserve">2224.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.302B \ Задняя стенка для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.302B.V2.9016MU.25</t>
           </r>
@@ -15452,51 +15452,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1096.00</t>
+            <t xml:space="preserve">1118.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.301A \ Задняя стенка для стеллажа Global </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15518,51 +15518,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">705.00</t>
+            <t xml:space="preserve">719.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.301B \ Задняя стенка для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.301B.V2.9016MU.25</t>
           </r>
@@ -15582,51 +15582,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">970.00</t>
+            <t xml:space="preserve">989.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.301C \ Задняя стенка для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15648,51 +15648,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1240.00</t>
+            <t xml:space="preserve">1265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.302A \ Задняя стенка для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.302A.V2.9016MU.25</t>
           </r>
@@ -15712,51 +15712,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">796.00</t>
+            <t xml:space="preserve">812.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.302C \ Задняя стенка для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15774,51 +15774,51 @@
             <t xml:space="preserve">
 Высота, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1380.00</t>
+            <t xml:space="preserve">1408.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.005 \ Кронштейн для шапок L_600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.005.9016.25</t>
           </r>
@@ -15838,51 +15838,51 @@
             <t xml:space="preserve">
 Цвет: белый матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1620.00</t>
+            <t xml:space="preserve">1652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.006 \ Кронштейн для шапок L_900</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15900,51 +15900,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2180.00</t>
+            <t xml:space="preserve">2224.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.007 \ Кронштейн для шапок L_1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.007.9016.25</t>
           </r>
@@ -15960,51 +15960,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2930.00</t>
+            <t xml:space="preserve">2989.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16030,326 +16030,326 @@
             <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1870.00</t>
+            <t xml:space="preserve">1907.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
-[...3 lines deleted...]
-Артикул: GLS.305C.V4.9016MU.25</t>
+            <t xml:space="preserve">GLS.305B \ Полка нижняя для стойки GLS.209.V3  </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.305B.V4.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
+Высота, мм: 45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1200</t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Полкодержатель: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3180.00</t>
+            <t xml:space="preserve">2397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
-[...31 lines deleted...]
-Высота, мм: 45</t>
+            <t xml:space="preserve">GLS.310A \ Задняя панель ЛДСП для стоек GLS.001</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.310A.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2670.00</t>
+            <t xml:space="preserve">4035.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.305B \ Полка нижняя для стойки GLS.209.V3  </t>
-[...3 lines deleted...]
-Артикул: GLS.305B.V4.9016MU.25</t>
+            <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.305C.9016.20.MU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
+Глубина, мм: 450</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Высота, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 450</t>
-[...18 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2350.00</t>
+            <t xml:space="preserve">2723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.310A \ Задняя панель ЛДСП для стоек GLS.001</t>
-[...19 lines deleted...]
-Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
+            <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.305C.V4.9016MU.25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 450</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Полкодержатель: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3956.00</t>
+            <t xml:space="preserve">3244.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.310B \ Задняя панель ЛДСП для стоек GLS.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.310B.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
@@ -16358,51 +16358,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5645.00</t>
+            <t xml:space="preserve">5758.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16420,51 +16420,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7330.00</t>
+            <t xml:space="preserve">7477.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311A \ Задняя панель ЛДСП для стоек GLS.001</t>
           </r>
@@ -16480,51 +16480,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1098.00</t>
+            <t xml:space="preserve">1120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16542,51 +16542,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3250.50</t>
+            <t xml:space="preserve">3316.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311C.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
           </r>
@@ -16602,51 +16602,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6471.00</t>
+            <t xml:space="preserve">6600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16664,51 +16664,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6456.00</t>
+            <t xml:space="preserve">6585.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311C.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
           </r>
@@ -16724,51 +16724,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4885.50</t>
+            <t xml:space="preserve">4983.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16786,51 +16786,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2457.00</t>
+            <t xml:space="preserve">2506.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311B.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
           </r>
@@ -16846,51 +16846,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4870.50</t>
+            <t xml:space="preserve">4968.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16908,51 +16908,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1575.00</t>
+            <t xml:space="preserve">1607.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311C \ Задняя панель ЛДСП для стоек GLS.001</t>
           </r>
@@ -16968,51 +16968,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">877.00</t>
+            <t xml:space="preserve">895.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -17026,51 +17026,51 @@
             <t xml:space="preserve">
 Длина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.50 -3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1143.00</t>
+            <t xml:space="preserve">1166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -17090,51 +17090,51 @@
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2026.50</t>
+            <t xml:space="preserve">2067.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -17152,99 +17152,99 @@
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2562.00</t>
+            <t xml:space="preserve">2613.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RK.612-05.200.V2 \ Комплект реек 200мм для мебельных навесов с креплениями к ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RK.612-05.200.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.00</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="4"/>
@@ -17262,188 +17262,188 @@
             </rPr>
             <t xml:space="preserve">RK.612-05.400.V2 \ Комплект реек 400мм для мебельных навесов с креплениями к ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RK.612-05.400.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
-[...7 lines deleted...]
-Длина, мм: 50</t>
+            <t xml:space="preserve">GLS.313C \ Подиум ЛДСП для стоек GLS.001</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.313C.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 475</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">3416.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.313C \ Подиум ЛДСП для стоек GLS.001</t>
-[...19 lines deleted...]
-Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
+            <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RK.612-05.50.V2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3349.50</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>