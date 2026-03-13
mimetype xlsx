--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -60,164 +60,164 @@
   </si>
   <si>
     <t>Система Global в цвете белый муар</t>
   </si>
   <si>
     <t>Система Глобал в цвете белый муар – продолжает серию торгового оборудования Глобал. Изготавливается на собственном производстве нашей компании.
 Основой служат вертикальные пристенные стойки, на которые крепятся кронштейны, крючки и полкодержатели.
 Перфорированные стойки представляют из себя П-образные конструкции длиной 2395мм и размером сторон 30х25мм.
 Торговое оборудование в белом цвете, с надежным полимерно- порошковым покрытием будет оптимальным выбором для современных магазинов.
 В отличии от глянцевой блестящей поверхности, наша система глобал в белом имеет фактурное матовое покрытие и на нём не остаются следы.
 Белое торговое оборудование – выгодно выделит ваш магазин на фоне конкурентов.
 Вы можете дополнить пристенные системы вешалами и островными конструкциями Global в цвете белый муар, вешалами Primo Rus в цвете белый муар либо другими вешалами из нашего ассортимента.
 Схема сборки</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Type 1S.V3  Стойка Global </t>
-[...3 lines deleted...]
-Артикул: GLS.001.1.6.V3.9016.MU</t>
+      <t xml:space="preserve">2302 \ Стойка Global перфорированная (H=2395 мм, сечение 16x20мм, t-2мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.2302.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
-Толщина металла, мм: 1,6</t>
-[...7 lines deleted...]
-Примечание: Максимальная распределенная нагрузка на полку 35 кг</t>
+Толщина металла, мм: 2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Картинка анонса: 8226639</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Максимальная распределенная нагрузка на полку 40 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Кол-во в упаковке, шт.: 12</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1000.00</t>
+      <t xml:space="preserve">959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2302 \ Стойка Global перфорированная (H=2395 мм, сечение 16x20мм, t-2мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.2302.9016MU.25</t>
+      <t xml:space="preserve">Type 1S.V3  Стойка Global </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.001.1.6.V3.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
-Толщина металла, мм: 2</t>
-[...11 lines deleted...]
-Примечание: Максимальная распределенная нагрузка на полку 40 кг.</t>
+Толщина металла, мм: 1,6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Максимальная распределенная нагрузка на полку 35 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 12</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">959.00</t>
+      <t xml:space="preserve">1000.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Type 1S.V3  Стойка H-2395 мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.001.V3.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2947,156 +2947,156 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve"> GLPR 51 \ Полка металлическая Global</t>
-[...3 lines deleted...]
-Артикул: GLPR.051C.9016MU.25</t>
+      <t xml:space="preserve">GLPR 51K \ Кронштейн для металлических полок L-300мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLPR.051K.300.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
-[...7 lines deleted...]
-Примечание: Для установки не требуются дополнительные кронштейны</t>
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: 1 шт. Кронштейны используются с металлическими полками GLPR 51P</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 2</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1750.00</t>
+      <t xml:space="preserve">145.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLPR 51K \ Кронштейн для металлических полок L-300мм</t>
-[...3 lines deleted...]
-Артикул: GLPR.051K.300.9016MU.25</t>
+      <t xml:space="preserve"> GLPR 51 \ Полка металлическая Global</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLPR.051C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...3 lines deleted...]
-Примечание: 1 шт. Кронштейны используются с металлическими полками GLPR 51P</t>
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Для установки не требуются дополнительные кронштейны</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Кол-во в упаковке, шт.: 2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">145.00</t>
+      <t xml:space="preserve">1750.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.051P.A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3309,152 +3309,152 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">160.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
-[...3 lines deleted...]
-Артикул: GLPR.050P.A.9016MU.25</t>
+      <t xml:space="preserve">GLPR 50NK \ Кронштейн для полок 400мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLPR.050NK.400.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...11 lines deleted...]
-Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
+Глубина, мм: 400 </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Примечание: 1 шт. Кронштейны используются с металлическими полками GLPR 50P. </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1479.00</t>
+      <t xml:space="preserve">168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLPR 50NK \ Кронштейн для полок 400мм</t>
-[...3 lines deleted...]
-Артикул: GLPR.050NK.400.9016MU.25</t>
+      <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLPR.050P.A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400 </t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: 1 шт. Кронштейны используются с металлическими полками GLPR 50P. </t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">168.00</t>
+      <t xml:space="preserve">1479.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050P.B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -5355,293 +5355,293 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1907.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.305B \ Полка нижняя для стойки GLS.209.V3  </t>
-[...3 lines deleted...]
-Артикул: GLS.305B.V4.9016MU.25</t>
+      <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.305C.V4.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
+Глубина, мм: 450</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Полкодержатель: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Высота, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 450</t>
-[...18 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2397.00</t>
+      <t xml:space="preserve">3244.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.310A \ Задняя панель ЛДСП для стоек GLS.001</t>
-[...19 lines deleted...]
-Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
+      <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.305C.9016.20.MU</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 450</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4035.00</t>
+      <t xml:space="preserve">2723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
-[...3 lines deleted...]
-Артикул: GLS.305C.9016.20.MU</t>
+      <t xml:space="preserve">GLS.305B \ Полка нижняя для стойки GLS.209.V3  </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.305B.V4.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
+Высота, мм: 45</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 45</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2723.00</t>
+      <t xml:space="preserve">2397.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
-[...35 lines deleted...]
-Высота, мм: 45</t>
+      <t xml:space="preserve">GLS.310A \ Задняя панель ЛДСП для стоек GLS.001</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.310A.DSP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3244.00</t>
+      <t xml:space="preserve">4035.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.310B \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.310B.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -6523,147 +6523,147 @@
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.313C \ Подиум ЛДСП для стоек GLS.001</t>
-[...19 lines deleted...]
-Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
+      <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RK.612-05.50.V2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3416.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
-[...7 lines deleted...]
-Длина, мм: 50</t>
+      <t xml:space="preserve">GLS.313C \ Подиум ЛДСП для стоек GLS.001</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.313C.DSP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 475</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.70</t>
+      <t xml:space="preserve">3416.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -6724,51 +6724,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca199119_a5dd_11ed_bcbb_ac1f6b40b531_GLS00116V39016MU2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLB.2302.9016MU.253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8012976_7546_11ec_8de2_ac1f6b40b531_GLS0014.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25f1418e_7545_11ec_8de2_ac1f6b40b531_GLS210V25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf5cfcc_7544_11ec_8de2_ac1f6b40b531_GLS2096.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258daaeb_a745_11eb_80bc_0025902b3cc1_GLS038A7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2249e98_a40e_11eb_80bc_0025902b3cc1_GLS038B8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4dbeb2_9b9f_11eb_80bc_0025902b3cc1_GLS038C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7fab4_a745_11eb_80bc_0025902b3cc1_GLPR039A10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7faae_a745_11eb_80bc_0025902b3cc1_GLS039B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7faba_a745_11eb_80bc_0025902b3cc1_GLS039C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d29ca92_97af_11eb_80bc_0025902b3cc1_GLS0409016MU2513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991153_a745_11eb_80bc_0025902b3cc1_GLS023CR14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f21a4_a745_11eb_80bc_0025902b3cc1_GLS023CL15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f219f_a745_11eb_80bc_0025902b3cc1_GLS023DL16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991148_a745_11eb_80bc_0025902b3cc1_GLS023DR17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b99115a_a745_11eb_80bc_0025902b3cc1_GLS023AR18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258daaf0_a745_11eb_80bc_0025902b3cc1_GLS023AR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de612_9dc6_11eb_80bc_0025902b3cc1_GLS023BL20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de618_9dc6_11eb_80bc_0025902b3cc1_GLS023BR21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853ab444_cf68_11eb_80bc_0025902b3cc1_GLS055L9016MU25.resize222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d40bf2_b72f_11ec_81b7_ac1f6b40b531_GLS055R9016MU25.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06b8d8f_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_LEFTV5_0124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7426d40_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_RIGHTV5_0125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b4ec40_7544_11ec_8de2_ac1f6b40b531_GLS06360026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20d2_a745_11eb_80bc_0025902b3cc1_RTPS03227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20cd_a745_11eb_80bc_0025902b3cc1_RTPS02828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20c8_a745_11eb_80bc_0025902b3cc1_RTPS02929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05114971_a745_11eb_80bc_0025902b3cc1_RTPS03030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0511496c_a745_11eb_80bc_0025902b3cc1_RTPS03331.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85ab_a745_11eb_80bc_0025902b3cc1_RTPS05032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b0_a745_11eb_80bc_0025902b3cc1_RTPS02133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237e523_a745_11eb_80bc_0025902b3cc1_RTPS048V29016MU2534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237e51e_a745_11eb_80bc_0025902b3cc1_RTPS-048-9016MU-2535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b5_a745_11eb_80bc_0025902b3cc1_RTPS04736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6f248aa_97af_11eb_80bc_0025902b3cc1_GLS041A9016MU2537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a44_a745_11eb_80bc_0025902b3cc1_GLPR038A38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73ffb_a745_11eb_80bc_0025902b3cc1_GLPR038B39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a49_a745_11eb_80bc_0025902b3cc1_GLPR038C40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56750223_e270_11ed_85bb_ac1f6b40b531_15_30PCHCWH_0041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c49504e_7542_11ec_8de2_ac1f6b40b531_GLPR03742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73fef_a745_11eb_80bc_0025902b3cc1_GLPR039A43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b18b6d4_a745_11eb_80bc_0025902b3cc1_GLPR039B44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73ff6_a745_11eb_80bc_0025902b3cc1_GLPR039C45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40bbef7a_7543_11ec_8de2_ac1f6b40b531_GLPR041B46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1236dccd_7543_11ec_8de2_ac1f6b40b531_GLPR041A47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936e93f6_c45b_11eb_80bc_0025902b3cc1_GLPR041C48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107f49c0_7544_11ec_8de2_ac1f6b40b531_GLPR050C.resize249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f1a8d6_14b5_11ed_a675_ac1f6b40b531_GLPR051K3009016MU2550.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf23f696_14b2_11ed_a675_ac1f6b40b531_GLPR051PA9016MU2551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def597d6_14b2_11ed_a675_ac1f6b40b531_GLPR051PB9016MU2552.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe907976_14b2_11ed_a675_ac1f6b40b531_GLPR051PC9016MU2553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539c1a36_14b5_11ed_a675_ac1f6b40b531_GLPR050K4009016MU2554.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36265536_14b3_11ed_a675_ac1f6b40b531_GLPR050PA9016MU2555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLPR-050NK-400-9016MU-2556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66106296_14b3_11ed_a675_ac1f6b40b531_GLPR050PB9016MU2557.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84cde456_14b3_11ed_a675_ac1f6b40b531_GLPR050PC9016MU2558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2cc_a745_11eb_80bc_0025902b3cc1_GLPR063A.resize259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2c4_a745_11eb_80bc_0025902b3cc1_GLPR063B60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28afd_a745_11eb_80bc_0025902b3cc1_GLPR063C61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28af6_a745_11eb_80bc_0025902b3cc1_GLPR063D62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae16_a745_11eb_80bc_0025902b3cc1_GLPR063E63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae11_a745_11eb_80bc_0025902b3cc1_GLPR063F.resize264.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25026dd4_9b9f_11eb_80bc_0025902b3cc1_GLS213.resize265.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b18b6cc_a745_11eb_80bc_0025902b3cc1_GLPR06166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae0c_a745_11eb_80bc_0025902b3cc1_GLPR06467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b2178f_8d18_11ef_bd55_0050569cf81d_GLPR062V29016MU2568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f84522_f557_11ed_907c_ac1f6b40b531_GLPR0469016MU69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b80040_9dc6_11eb_80bc_0025902b3cc1_GLS211_LA70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0022c5d6_9dc7_11eb_80bc_0025902b3cc1_GLS211_LB71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0022c5db_9dc7_11eb_80bc_0025902b3cc1_GLS211_LC72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ac95ca_7546_11ec_8de2_ac1f6b40b531_GLS212A73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf61aee_7858_11ec_8de2_ac1f6b40b531_GLS212B74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25026dce_9b9f_11eb_80bc_0025902b3cc1_GLS212C75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed04f099_9b9e_11ec_81b7_ac1f6b40b531_GLS303Awh76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed04f09e_9b9e_11ec_81b7_ac1f6b40b531_GLS303Bwh77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93146f78_b667_11ec_81b7_ac1f6b40b531_GLS303Bwh78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c4eb21_c09a_11ec_b147_ac1f6b40b531_GLS302Bwh79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c986f5f0_c54f_11ec_b147_ac1f6b40b531_GLS301Awh80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07800842_c550_11ec_b147_ac1f6b40b531_GLS301Bwh81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca1fa57_c550_11ec_b147_ac1f6b40b531_GLS301Cwh82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77c472d8_c550_11ec_b147_ac1f6b40b531_GLS302Awh83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1ea9a03_c550_11ec_b147_ac1f6b40b531_GLS302Cwh84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba787868_9af0_11ed_bd63_ac1f6b40b531_Frame-6-_1_85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81bfb42_9af0_11ed_bd63_ac1f6b40b531_GLS00690162586.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bffb279_9af1_11ed_bd63_ac1f6b40b531_GLS006901625_0187.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3785b1d_143b_11ef_a821_0050569cf81d_GLS305A901620MU_188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb6e44c3_143b_11ef_a821_0050569cf81d_GLS305B901620MU89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c1_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP.resize290.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc194a1_70a5_11ed_80da_ac1f6b40b531_GLS305C901620MU.resize291.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1daf5eab_143c_11ef_a821_0050569cf81d_GLS305C901620MU_192.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c6_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP_.resize293.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd98bdd3_fe90_11ec_b44f_ac1f6b40b531_GLS310CDSP.resize294.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44664_fe90_11ec_b44f_ac1f6b40b531_GLS311ADSP.resize295.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a2736_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPAL.resize296.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a31130f_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPAL.resize297.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e69_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPAL.resize298.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a311314_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPPL_1.resize299.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a273b_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPPL_1.resize2100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e6e_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPPL_1.resize2101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44669_fe90_11ec_b44f_ac1f6b40b531_GLS311BDSP.resize2102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0507590_fe90_11ec_b44f_ac1f6b40b531_GLS311CDSP.resize2103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ba7c6e_fe91_11ec_b44f_ac1f6b40b531_GLS312DSP.resize2104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b0e_fe91_11ec_b44f_ac1f6b40b531_GLS313ADSP.resize2105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b15_fe91_11ec_b44f_ac1f6b40b531_GLS313BDSP.resize2106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab0279a_f320_11ed_907c_ac1f6b40b531_RK612_05107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d43cda_f320_11ed_907c_ac1f6b40b531_RK612_05108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dec4119_fe91_11ec_b44f_ac1f6b40b531_GLS313CDSP.resize2109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267d5ebb_f320_11ed_907c_ac1f6b40b531_RK612_05110.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLB.2302.9016MU.252.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca199119_a5dd_11ed_bcbb_ac1f6b40b531_GLS00116V39016MU3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8012976_7546_11ec_8de2_ac1f6b40b531_GLS0014.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25f1418e_7545_11ec_8de2_ac1f6b40b531_GLS210V25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf5cfcc_7544_11ec_8de2_ac1f6b40b531_GLS2096.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258daaeb_a745_11eb_80bc_0025902b3cc1_GLS038A7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2249e98_a40e_11eb_80bc_0025902b3cc1_GLS038B8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4dbeb2_9b9f_11eb_80bc_0025902b3cc1_GLS038C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7fab4_a745_11eb_80bc_0025902b3cc1_GLPR039A10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7faae_a745_11eb_80bc_0025902b3cc1_GLS039B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef7faba_a745_11eb_80bc_0025902b3cc1_GLS039C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d29ca92_97af_11eb_80bc_0025902b3cc1_GLS0409016MU2513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991153_a745_11eb_80bc_0025902b3cc1_GLS023CR14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f21a4_a745_11eb_80bc_0025902b3cc1_GLS023CL15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f219f_a745_11eb_80bc_0025902b3cc1_GLS023DL16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991148_a745_11eb_80bc_0025902b3cc1_GLS023DR17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b99115a_a745_11eb_80bc_0025902b3cc1_GLS023AR18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258daaf0_a745_11eb_80bc_0025902b3cc1_GLS023AR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de612_9dc6_11eb_80bc_0025902b3cc1_GLS023BL20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de618_9dc6_11eb_80bc_0025902b3cc1_GLS023BR21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853ab444_cf68_11eb_80bc_0025902b3cc1_GLS055L9016MU25.resize222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d40bf2_b72f_11ec_81b7_ac1f6b40b531_GLS055R9016MU25.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06b8d8f_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_LEFTV5_0124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7426d40_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_RIGHTV5_0125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b4ec40_7544_11ec_8de2_ac1f6b40b531_GLS06360026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20d2_a745_11eb_80bc_0025902b3cc1_RTPS03227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20cd_a745_11eb_80bc_0025902b3cc1_RTPS02828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20c8_a745_11eb_80bc_0025902b3cc1_RTPS02929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05114971_a745_11eb_80bc_0025902b3cc1_RTPS03030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0511496c_a745_11eb_80bc_0025902b3cc1_RTPS03331.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85ab_a745_11eb_80bc_0025902b3cc1_RTPS05032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b0_a745_11eb_80bc_0025902b3cc1_RTPS02133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237e523_a745_11eb_80bc_0025902b3cc1_RTPS048V29016MU2534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237e51e_a745_11eb_80bc_0025902b3cc1_RTPS-048-9016MU-2535.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b5_a745_11eb_80bc_0025902b3cc1_RTPS04736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6f248aa_97af_11eb_80bc_0025902b3cc1_GLS041A9016MU2537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a44_a745_11eb_80bc_0025902b3cc1_GLPR038A38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73ffb_a745_11eb_80bc_0025902b3cc1_GLPR038B39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a49_a745_11eb_80bc_0025902b3cc1_GLPR038C40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56750223_e270_11ed_85bb_ac1f6b40b531_15_30PCHCWH_0041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c49504e_7542_11ec_8de2_ac1f6b40b531_GLPR03742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73fef_a745_11eb_80bc_0025902b3cc1_GLPR039A43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b18b6d4_a745_11eb_80bc_0025902b3cc1_GLPR039B44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73ff6_a745_11eb_80bc_0025902b3cc1_GLPR039C45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40bbef7a_7543_11ec_8de2_ac1f6b40b531_GLPR041B46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1236dccd_7543_11ec_8de2_ac1f6b40b531_GLPR041A47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936e93f6_c45b_11eb_80bc_0025902b3cc1_GLPR041C48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f1a8d6_14b5_11ed_a675_ac1f6b40b531_GLPR051K3009016MU2549.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107f49c0_7544_11ec_8de2_ac1f6b40b531_GLPR050C.resize250.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf23f696_14b2_11ed_a675_ac1f6b40b531_GLPR051PA9016MU2551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def597d6_14b2_11ed_a675_ac1f6b40b531_GLPR051PB9016MU2552.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe907976_14b2_11ed_a675_ac1f6b40b531_GLPR051PC9016MU2553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539c1a36_14b5_11ed_a675_ac1f6b40b531_GLPR050K4009016MU2554.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GLPR-050NK-400-9016MU-2555.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36265536_14b3_11ed_a675_ac1f6b40b531_GLPR050PA9016MU2556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66106296_14b3_11ed_a675_ac1f6b40b531_GLPR050PB9016MU2557.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84cde456_14b3_11ed_a675_ac1f6b40b531_GLPR050PC9016MU2558.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2cc_a745_11eb_80bc_0025902b3cc1_GLPR063A.resize259.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2c4_a745_11eb_80bc_0025902b3cc1_GLPR063B60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28afd_a745_11eb_80bc_0025902b3cc1_GLPR063C61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28af6_a745_11eb_80bc_0025902b3cc1_GLPR063D62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae16_a745_11eb_80bc_0025902b3cc1_GLPR063E63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae11_a745_11eb_80bc_0025902b3cc1_GLPR063F.resize264.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25026dd4_9b9f_11eb_80bc_0025902b3cc1_GLS213.resize265.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b18b6cc_a745_11eb_80bc_0025902b3cc1_GLPR06166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae0c_a745_11eb_80bc_0025902b3cc1_GLPR06467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b2178f_8d18_11ef_bd55_0050569cf81d_GLPR062V29016MU2568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f84522_f557_11ed_907c_ac1f6b40b531_GLPR0469016MU69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b80040_9dc6_11eb_80bc_0025902b3cc1_GLS211_LA70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0022c5d6_9dc7_11eb_80bc_0025902b3cc1_GLS211_LB71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0022c5db_9dc7_11eb_80bc_0025902b3cc1_GLS211_LC72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ac95ca_7546_11ec_8de2_ac1f6b40b531_GLS212A73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf61aee_7858_11ec_8de2_ac1f6b40b531_GLS212B74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25026dce_9b9f_11eb_80bc_0025902b3cc1_GLS212C75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed04f099_9b9e_11ec_81b7_ac1f6b40b531_GLS303Awh76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed04f09e_9b9e_11ec_81b7_ac1f6b40b531_GLS303Bwh77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93146f78_b667_11ec_81b7_ac1f6b40b531_GLS303Bwh78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c4eb21_c09a_11ec_b147_ac1f6b40b531_GLS302Bwh79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c986f5f0_c54f_11ec_b147_ac1f6b40b531_GLS301Awh80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07800842_c550_11ec_b147_ac1f6b40b531_GLS301Bwh81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca1fa57_c550_11ec_b147_ac1f6b40b531_GLS301Cwh82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77c472d8_c550_11ec_b147_ac1f6b40b531_GLS302Awh83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1ea9a03_c550_11ec_b147_ac1f6b40b531_GLS302Cwh84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba787868_9af0_11ed_bd63_ac1f6b40b531_Frame-6-_1_85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81bfb42_9af0_11ed_bd63_ac1f6b40b531_GLS00690162586.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bffb279_9af1_11ed_bd63_ac1f6b40b531_GLS006901625_0187.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3785b1d_143b_11ef_a821_0050569cf81d_GLS305A901620MU_188.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1daf5eab_143c_11ef_a821_0050569cf81d_GLS305C901620MU_189.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc194a1_70a5_11ed_80da_ac1f6b40b531_GLS305C901620MU.resize290.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb6e44c3_143b_11ef_a821_0050569cf81d_GLS305B901620MU91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c1_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP.resize292.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c6_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP_.resize293.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd98bdd3_fe90_11ec_b44f_ac1f6b40b531_GLS310CDSP.resize294.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44664_fe90_11ec_b44f_ac1f6b40b531_GLS311ADSP.resize295.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a2736_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPAL.resize296.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a31130f_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPAL.resize297.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e69_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPAL.resize298.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a311314_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPPL_1.resize299.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a273b_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPPL_1.resize2100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e6e_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPPL_1.resize2101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44669_fe90_11ec_b44f_ac1f6b40b531_GLS311BDSP.resize2102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0507590_fe90_11ec_b44f_ac1f6b40b531_GLS311CDSP.resize2103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ba7c6e_fe91_11ec_b44f_ac1f6b40b531_GLS312DSP.resize2104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b0e_fe91_11ec_b44f_ac1f6b40b531_GLS313ADSP.resize2105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b15_fe91_11ec_b44f_ac1f6b40b531_GLS313BDSP.resize2106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab0279a_f320_11ed_907c_ac1f6b40b531_RK612_05107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d43cda_f320_11ed_907c_ac1f6b40b531_RK612_05108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267d5ebb_f320_11ed_907c_ac1f6b40b531_RK612_05109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dec4119_fe91_11ec_b44f_ac1f6b40b531_GLS313CDSP.resize2110.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10408,167 +10408,167 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Type 1S.V3  Стойка Global </t>
-[...3 lines deleted...]
-Артикул: GLS.001.1.6.V3.9016.MU</t>
+            <t xml:space="preserve">2302 \ Стойка Global перфорированная (H=2395 мм, сечение 16x20мм, t-2мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.2302.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
-Толщина металла, мм: 1,6</t>
-[...7 lines deleted...]
-Примечание: Максимальная распределенная нагрузка на полку 35 кг</t>
+Толщина металла, мм: 2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Картинка анонса: 8226639</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Максимальная распределенная нагрузка на полку 40 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Кол-во в упаковке, шт.: 12</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1000.00</t>
+            <t xml:space="preserve">959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2302 \ Стойка Global перфорированная (H=2395 мм, сечение 16x20мм, t-2мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.2302.9016MU.25</t>
+            <t xml:space="preserve">Type 1S.V3  Стойка Global </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.001.1.6.V3.9016.MU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
-Толщина металла, мм: 2</t>
-[...11 lines deleted...]
-Примечание: Максимальная распределенная нагрузка на полку 40 кг.</t>
+Толщина металла, мм: 1,6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Максимальная распределенная нагрузка на полку 35 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 12</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">959.00</t>
+            <t xml:space="preserve">1000.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Type 1S.V3  Стойка H-2395 мм </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13482,161 +13482,161 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve"> GLPR 51 \ Полка металлическая Global</t>
-[...3 lines deleted...]
-Артикул: GLPR.051C.9016MU.25</t>
+            <t xml:space="preserve">GLPR 51K \ Кронштейн для металлических полок L-300мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLPR.051K.300.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1200</t>
-[...7 lines deleted...]
-Примечание: Для установки не требуются дополнительные кронштейны</t>
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: 1 шт. Кронштейны используются с металлическими полками GLPR 51P</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 2</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1750.00</t>
+            <t xml:space="preserve">145.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLPR 51K \ Кронштейн для металлических полок L-300мм</t>
-[...3 lines deleted...]
-Артикул: GLPR.051K.300.9016MU.25</t>
+            <t xml:space="preserve"> GLPR 51 \ Полка металлическая Global</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLPR.051C.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
-[...3 lines deleted...]
-Примечание: 1 шт. Кронштейны используются с металлическими полками GLPR 51P</t>
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для установки не требуются дополнительные кронштейны</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Кол-во в упаковке, шт.: 2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">145.00</t>
+            <t xml:space="preserve">1750.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.051P.A.9016MU.25</t>
           </r>
@@ -13868,157 +13868,157 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">160.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
-[...3 lines deleted...]
-Артикул: GLPR.050P.A.9016MU.25</t>
+            <t xml:space="preserve">GLPR 50NK \ Кронштейн для полок 400мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLPR.050NK.400.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...11 lines deleted...]
-Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
+Глубина, мм: 400 </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Примечание: 1 шт. Кронштейны используются с металлическими полками GLPR 50P. </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1479.00</t>
+            <t xml:space="preserve">168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLPR 50NK \ Кронштейн для полок 400мм</t>
-[...3 lines deleted...]
-Артикул: GLPR.050NK.400.9016MU.25</t>
+            <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLPR.050P.A.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400 </t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: 1 шт. Кронштейны используются с металлическими полками GLPR 50P. </t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">168.00</t>
+            <t xml:space="preserve">1479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.050P.B.9016MU.25</t>
           </r>
@@ -16050,306 +16050,306 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1907.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.305B \ Полка нижняя для стойки GLS.209.V3  </t>
-[...3 lines deleted...]
-Артикул: GLS.305B.V4.9016MU.25</t>
+            <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.305C.V4.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
+Глубина, мм: 450</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Полкодержатель: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Высота, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 450</t>
-[...18 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2397.00</t>
+            <t xml:space="preserve">3244.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.310A \ Задняя панель ЛДСП для стоек GLS.001</t>
-[...19 lines deleted...]
-Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
+            <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.305C.9016.20.MU</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 450</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4035.00</t>
+            <t xml:space="preserve">2723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
-[...3 lines deleted...]
-Артикул: GLS.305C.9016.20.MU</t>
+            <t xml:space="preserve">GLS.305B \ Полка нижняя для стойки GLS.209.V3  </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.305B.V4.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
+Высота, мм: 45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1200</t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3, доп. элементов не нужно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 45</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2723.00</t>
+            <t xml:space="preserve">2397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
-[...35 lines deleted...]
-Высота, мм: 45</t>
+            <t xml:space="preserve">GLS.310A \ Задняя панель ЛДСП для стоек GLS.001</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.310A.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3244.00</t>
+            <t xml:space="preserve">4035.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.310B \ Задняя панель ЛДСП для стоек GLS.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.310B.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
@@ -17298,152 +17298,152 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS.313C \ Подиум ЛДСП для стоек GLS.001</t>
-[...19 lines deleted...]
-Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
+            <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RK.612-05.50.V2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3416.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
-[...7 lines deleted...]
-Длина, мм: 50</t>
+            <t xml:space="preserve">GLS.313C \ Подиум ЛДСП для стоек GLS.001</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.313C.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 475</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.70</t>
+            <t xml:space="preserve">3416.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>