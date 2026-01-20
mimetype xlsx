--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.03.2025</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала Primo Rus</t>
   </si>
   <si>
     <t>Вешала Primo Rus представляют собой готовые конструкции для торговых залов магазинов на основании соединителей для профильной трубы 25х25мм.
 Вешала поставляются в разобранном виде, легко монтируются при помощи киянки. 
 Ознакомьтесь с видео презентацией по сборке вешал Primo Rus.
 Вы можете дополнить пристенные системы вешалами Primo Rus в цвете черный муар либо другими вешалами из нашего ассортимента.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102M \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
@@ -104,51 +104,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4140.00</t>
+      <t xml:space="preserve">4223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -169,51 +169,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4315.00</t>
+      <t xml:space="preserve">4401.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -234,311 +234,311 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3965.00</t>
+      <t xml:space="preserve">4044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.102.L.9016.20.MU</t>
+      <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.102.M.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4315.00</t>
+      <t xml:space="preserve">4218.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
-[...11 lines deleted...]
-Ширина, мм: 800</t>
+      <t xml:space="preserve">PR-RUS 103S \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.103.S.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3999.00</t>
+      <t xml:space="preserve">3636.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.102.M.9016.20.MU</t>
+      <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.102.L.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1100</t>
+Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4135.00</t>
+      <t xml:space="preserve">4401.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 103S \ Вешало напольное PRIMO RUS </t>
-[...11 lines deleted...]
-Ширина, мм: 600</t>
+      <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.102.S.9016.20.MU</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3565.00</t>
+      <t xml:space="preserve">4079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 103M \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.103.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -559,51 +559,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3755.00</t>
+      <t xml:space="preserve">3830.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 103L \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.103.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -624,933 +624,933 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3915.00</t>
+      <t xml:space="preserve">3993.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.M.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.106.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 600</t>
+Глубина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6340.00</t>
+      <t xml:space="preserve">9823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.L.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.106.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1300</t>
-[...3 lines deleted...]
-Глубина, мм: 600</t>
+Ширина, мм: 1400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6470.00</t>
+      <t xml:space="preserve">10118.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.106.M.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.104.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1100</t>
-[...3 lines deleted...]
-Глубина, мм: 850</t>
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9630.00</t>
+      <t xml:space="preserve">3111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.106.L.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 105 \ Вешало напольное четырехрожковое </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.105.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9920.00</t>
+      <t xml:space="preserve">8588.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.104.V2.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.107.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 600</t>
-[...3 lines deleted...]
-Глубина, мм: 500</t>
+Ширина, мм: 900</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25х25</t>
+Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3050.00</t>
+      <t xml:space="preserve">6355.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 105 \ Вешало напольное четырехрожковое </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.105.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.107.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 850</t>
-[...3 lines deleted...]
-Глубина, мм: 850</t>
+Ширина, мм: 1100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25х25</t>
+Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8420.00</t>
+      <t xml:space="preserve">6467.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.S.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.107.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 900</t>
+Ширина, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6230.00</t>
+      <t xml:space="preserve">6599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.S.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.109.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
+Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8830.00</t>
+      <t xml:space="preserve">9200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.M.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9020.00</t>
+      <t xml:space="preserve">6733.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.S.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.109.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
+Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6601.00</t>
+      <t xml:space="preserve">9415.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.L.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1600</t>
+Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9230.00</t>
+      <t xml:space="preserve">6836.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.M.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6702.00</t>
+      <t xml:space="preserve">6938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.L.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.109.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1600</t>
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6802.00</t>
+      <t xml:space="preserve">9007.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Киянка резиновая, деревянная рукоятка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KNK.001.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -1687,51 +1687,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76a7535_4d16_11ec_9747_ac1f6b40b531_PRRUS102MB2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bdafd3_4d17_11ec_9747_ac1f6b40b531_PRRUS102LB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17cec93_4d16_11ec_9747_ac1f6b40b531_PRRUS102SB4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5bab60_a532_11ec_81b7_ac1f6b40b531_PRRUS002L901620MU5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde2098_a533_11ec_81b7_ac1f6b40b531_PRRUS002S901620MU6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302825ea_a533_11ec_81b7_ac1f6b40b531_PRRUS002M901620MU7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d08374_4d36_11ec_9747_ac1f6b40b531_PRRUS103SB8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a9ec95_4d36_11ec_9747_ac1f6b40b531_PRRUS103MB9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73022253_4d36_11ec_9747_ac1f6b40b531_PRRUS102LB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104f366c_5429_11ec_9747_ac1f6b40b531_PRRUS107MB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae9744d_5429_11ec_9747_ac1f6b40b531_PRRUS107LB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759837cf_5428_11ec_9747_ac1f6b40b531_PRRUS106MB13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db9e64c_5428_11ec_9747_ac1f6b40b531_PRRUS106LB14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00608b87_a394_11ed_9a8e_ac1f6b40b531_PRRUS104V2224504N10015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf2892f_5428_11ec_9747_ac1f6b40b531_PRRUS105B-16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2876892_5428_11ec_9747_ac1f6b40b531_PRRUS107SB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b722344c_542b_11ec_9747_ac1f6b40b531_PRRUS109SB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4927597_542b_11ec_9747_ac1f6b40b531_PRRUS109MB19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1a7ccc_5429_11ec_9747_ac1f6b40b531_PRRUS108GLSB20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a3d0c_542c_11ec_9747_ac1f6b40b531_PRRUS109LB21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db9d8ac_542a_11ec_9747_ac1f6b40b531_PRRUS108GLMB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64d732e_542a_11ec_9747_ac1f6b40b531_PRRUS108GLLB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b3def_2cf7_11ec_80bc_0025902b3cc1_knk80024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6786f6_4b6b_11ec_9747_ac1f6b40b531_MRK_MT_chernyy25.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76a7535_4d16_11ec_9747_ac1f6b40b531_PRRUS102MB2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bdafd3_4d17_11ec_9747_ac1f6b40b531_PRRUS102LB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17cec93_4d16_11ec_9747_ac1f6b40b531_PRRUS102SB4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302825ea_a533_11ec_81b7_ac1f6b40b531_PRRUS002M901620MU5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d08374_4d36_11ec_9747_ac1f6b40b531_PRRUS103SB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5bab60_a532_11ec_81b7_ac1f6b40b531_PRRUS002L901620MU7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde2098_a533_11ec_81b7_ac1f6b40b531_PRRUS002S901620MU8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a9ec95_4d36_11ec_9747_ac1f6b40b531_PRRUS103MB9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73022253_4d36_11ec_9747_ac1f6b40b531_PRRUS102LB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759837cf_5428_11ec_9747_ac1f6b40b531_PRRUS106MB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db9e64c_5428_11ec_9747_ac1f6b40b531_PRRUS106LB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00608b87_a394_11ed_9a8e_ac1f6b40b531_PRRUS104V2224504N10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf2892f_5428_11ec_9747_ac1f6b40b531_PRRUS105B-14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2876892_5428_11ec_9747_ac1f6b40b531_PRRUS107SB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104f366c_5429_11ec_9747_ac1f6b40b531_PRRUS107MB16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae9744d_5429_11ec_9747_ac1f6b40b531_PRRUS107LB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4927597_542b_11ec_9747_ac1f6b40b531_PRRUS109MB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1a7ccc_5429_11ec_9747_ac1f6b40b531_PRRUS108GLSB19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a3d0c_542c_11ec_9747_ac1f6b40b531_PRRUS109LB20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db9d8ac_542a_11ec_9747_ac1f6b40b531_PRRUS108GLMB21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64d732e_542a_11ec_9747_ac1f6b40b531_PRRUS108GLLB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b722344c_542b_11ec_9747_ac1f6b40b531_PRRUS109SB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b3def_2cf7_11ec_80bc_0025902b3cc1_knk80024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6786f6_4b6b_11ec_9747_ac1f6b40b531_MRK_MT_chernyy25.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1999,351 +1999,351 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="723900" cy="952500"/>
+    <xdr:ext cx="762000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="914400"/>
+    <xdr:ext cx="762000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="952500"/>
+    <xdr:ext cx="714375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="638175" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="714375" cy="952500"/>
+    <xdr:ext cx="723900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="638175" cy="952500"/>
+    <xdr:ext cx="857250" cy="914400"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="800100" cy="952500"/>
+    <xdr:ext cx="857250" cy="942975"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="942975"/>
+    <xdr:ext cx="714375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="714375" cy="952500"/>
+    <xdr:ext cx="857250" cy="914400"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="914400"/>
+    <xdr:ext cx="857250" cy="933450"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -2359,51 +2359,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="933450"/>
+    <xdr:ext cx="800100" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -2781,51 +2781,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.03.2025</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2869,51 +2869,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4140.00</t>
+            <t xml:space="preserve">4223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.102.L.22450.4N100</t>
           </r>
@@ -2937,51 +2937,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4315.00</t>
+            <t xml:space="preserve">4401.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3007,327 +3007,327 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3965.00</t>
+            <t xml:space="preserve">4044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.102.L.9016.20.MU</t>
+            <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.102.M.9016.20.MU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4315.00</t>
+            <t xml:space="preserve">4218.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
-[...11 lines deleted...]
-Ширина, мм: 800</t>
+            <t xml:space="preserve">PR-RUS 103S \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.103.S.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3999.00</t>
+            <t xml:space="preserve">3636.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.102.M.9016.20.MU</t>
+            <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.102.L.9016.20.MU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1100</t>
+Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4135.00</t>
+            <t xml:space="preserve">4401.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 103S \ Вешало напольное PRIMO RUS </t>
-[...11 lines deleted...]
-Ширина, мм: 600</t>
+            <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.102.S.9016.20.MU</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3565.00</t>
+            <t xml:space="preserve">4079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 103M \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.103.M.22450.4N100</t>
           </r>
@@ -3351,51 +3351,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3755.00</t>
+            <t xml:space="preserve">3830.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 103L \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3421,989 +3421,989 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3915.00</t>
+            <t xml:space="preserve">3993.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.M.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.106.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 600</t>
+Глубина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6340.00</t>
+            <t xml:space="preserve">9823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.L.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.106.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1300</t>
-[...3 lines deleted...]
-Глубина, мм: 600</t>
+Ширина, мм: 1400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6470.00</t>
+            <t xml:space="preserve">10118.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.106.M.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.104.V2.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1100</t>
-[...3 lines deleted...]
-Глубина, мм: 850</t>
+Ширина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9630.00</t>
+            <t xml:space="preserve">3111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.106.L.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 105 \ Вешало напольное четырехрожковое </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.105.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9920.00</t>
+            <t xml:space="preserve">8588.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.104.V2.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.107.S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 600</t>
-[...3 lines deleted...]
-Глубина, мм: 500</t>
+Ширина, мм: 900</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25х25</t>
+Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3050.00</t>
+            <t xml:space="preserve">6355.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 105 \ Вешало напольное четырехрожковое </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.105.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.107.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 850</t>
-[...3 lines deleted...]
-Глубина, мм: 850</t>
+Ширина, мм: 1100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25х25</t>
+Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8420.00</t>
+            <t xml:space="preserve">6467.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.S.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.107.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 900</t>
+Ширина, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6230.00</t>
+            <t xml:space="preserve">6599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.S.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.109.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1200</t>
+Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8830.00</t>
+            <t xml:space="preserve">9200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.M.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9020.00</t>
+            <t xml:space="preserve">6733.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.S.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.109.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1200</t>
+Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6601.00</t>
+            <t xml:space="preserve">9415.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.L.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1600</t>
+Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9230.00</t>
+            <t xml:space="preserve">6836.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.M.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6702.00</t>
+            <t xml:space="preserve">6938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.L.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.109.S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1600</t>
+Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6802.00</t>
+            <t xml:space="preserve">9007.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Киянка резиновая, деревянная рукоятка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KNK.001.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>