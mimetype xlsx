--- v1 (2026-01-20)
+++ v2 (2026-03-06)
@@ -251,99 +251,99 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.102.M.9016.20.MU</t>
+      <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.102.S.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1100</t>
+Ширина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25х25</t>
+Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4218.00</t>
+      <t xml:space="preserve">4079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 103S \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.103.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -381,164 +381,164 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3636.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.102.L.9016.20.MU</t>
+      <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.102.M.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4401.00</t>
+      <t xml:space="preserve">4218.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.102.S.9016.20.MU</t>
+      <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.102.L.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 800</t>
+Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4079.00</t>
+      <t xml:space="preserve">4401.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 103M \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.103.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -641,229 +641,229 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3993.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.106.M.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.107.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1100</t>
-[...3 lines deleted...]
-Глубина, мм: 850</t>
+Ширина, мм: 1300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9823.00</t>
+      <t xml:space="preserve">6599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.106.L.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.106.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10118.00</t>
+      <t xml:space="preserve">9823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.104.V2.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.106.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 600</t>
-[...3 lines deleted...]
-Глубина, мм: 500</t>
+Ширина, мм: 1400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25х25</t>
+Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3111.00</t>
+      <t xml:space="preserve">10118.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 105 \ Вешало напольное четырехрожковое </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.105.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -901,619 +901,619 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8588.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.S.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.104.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 900</t>
-[...3 lines deleted...]
-Глубина, мм: 600</t>
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6355.00</t>
+      <t xml:space="preserve">3111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.M.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.107.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1100</t>
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6467.00</t>
+      <t xml:space="preserve">6355.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.L.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.107.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1300</t>
+Ширина, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6599.00</t>
+      <t xml:space="preserve">6467.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.M.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.109.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9200.00</t>
+      <t xml:space="preserve">9007.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.S.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.109.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
+Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6733.00</t>
+      <t xml:space="preserve">9200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.L.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1600</t>
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9415.00</t>
+      <t xml:space="preserve">6733.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.M.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.109.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6836.00</t>
+      <t xml:space="preserve">9415.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.L.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1600</t>
+Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6938.00</t>
+      <t xml:space="preserve">6836.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.S.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
+Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9007.00</t>
+      <t xml:space="preserve">6938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Киянка резиновая, деревянная рукоятка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KNK.001.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
@@ -1687,51 +1687,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76a7535_4d16_11ec_9747_ac1f6b40b531_PRRUS102MB2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bdafd3_4d17_11ec_9747_ac1f6b40b531_PRRUS102LB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17cec93_4d16_11ec_9747_ac1f6b40b531_PRRUS102SB4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302825ea_a533_11ec_81b7_ac1f6b40b531_PRRUS002M901620MU5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d08374_4d36_11ec_9747_ac1f6b40b531_PRRUS103SB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5bab60_a532_11ec_81b7_ac1f6b40b531_PRRUS002L901620MU7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde2098_a533_11ec_81b7_ac1f6b40b531_PRRUS002S901620MU8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a9ec95_4d36_11ec_9747_ac1f6b40b531_PRRUS103MB9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73022253_4d36_11ec_9747_ac1f6b40b531_PRRUS102LB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759837cf_5428_11ec_9747_ac1f6b40b531_PRRUS106MB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db9e64c_5428_11ec_9747_ac1f6b40b531_PRRUS106LB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00608b87_a394_11ed_9a8e_ac1f6b40b531_PRRUS104V2224504N10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf2892f_5428_11ec_9747_ac1f6b40b531_PRRUS105B-14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2876892_5428_11ec_9747_ac1f6b40b531_PRRUS107SB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104f366c_5429_11ec_9747_ac1f6b40b531_PRRUS107MB16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae9744d_5429_11ec_9747_ac1f6b40b531_PRRUS107LB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4927597_542b_11ec_9747_ac1f6b40b531_PRRUS109MB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1a7ccc_5429_11ec_9747_ac1f6b40b531_PRRUS108GLSB19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a3d0c_542c_11ec_9747_ac1f6b40b531_PRRUS109LB20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db9d8ac_542a_11ec_9747_ac1f6b40b531_PRRUS108GLMB21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64d732e_542a_11ec_9747_ac1f6b40b531_PRRUS108GLLB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b722344c_542b_11ec_9747_ac1f6b40b531_PRRUS109SB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b3def_2cf7_11ec_80bc_0025902b3cc1_knk80024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6786f6_4b6b_11ec_9747_ac1f6b40b531_MRK_MT_chernyy25.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76a7535_4d16_11ec_9747_ac1f6b40b531_PRRUS102MB2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bdafd3_4d17_11ec_9747_ac1f6b40b531_PRRUS102LB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17cec93_4d16_11ec_9747_ac1f6b40b531_PRRUS102SB4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde2098_a533_11ec_81b7_ac1f6b40b531_PRRUS002S901620MU5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d08374_4d36_11ec_9747_ac1f6b40b531_PRRUS103SB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302825ea_a533_11ec_81b7_ac1f6b40b531_PRRUS002M901620MU7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5bab60_a532_11ec_81b7_ac1f6b40b531_PRRUS002L901620MU8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a9ec95_4d36_11ec_9747_ac1f6b40b531_PRRUS103MB9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73022253_4d36_11ec_9747_ac1f6b40b531_PRRUS102LB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae9744d_5429_11ec_9747_ac1f6b40b531_PRRUS107LB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759837cf_5428_11ec_9747_ac1f6b40b531_PRRUS106MB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db9e64c_5428_11ec_9747_ac1f6b40b531_PRRUS106LB13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf2892f_5428_11ec_9747_ac1f6b40b531_PRRUS105B-14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00608b87_a394_11ed_9a8e_ac1f6b40b531_PRRUS104V2224504N10015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2876892_5428_11ec_9747_ac1f6b40b531_PRRUS107SB16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104f366c_5429_11ec_9747_ac1f6b40b531_PRRUS107MB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b722344c_542b_11ec_9747_ac1f6b40b531_PRRUS109SB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4927597_542b_11ec_9747_ac1f6b40b531_PRRUS109MB19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1a7ccc_5429_11ec_9747_ac1f6b40b531_PRRUS108GLSB20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a3d0c_542c_11ec_9747_ac1f6b40b531_PRRUS109LB21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db9d8ac_542a_11ec_9747_ac1f6b40b531_PRRUS108GLMB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64d732e_542a_11ec_9747_ac1f6b40b531_PRRUS108GLLB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b3def_2cf7_11ec_80bc_0025902b3cc1_knk80024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6786f6_4b6b_11ec_9747_ac1f6b40b531_MRK_MT_chernyy25.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1999,51 +1999,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="952500"/>
+    <xdr:ext cx="857250" cy="914400"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -2059,51 +2059,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="762000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -2119,231 +2119,231 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="638175" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="723900" cy="952500"/>
+    <xdr:ext cx="638175" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="914400"/>
+    <xdr:ext cx="723900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="942975"/>
+    <xdr:ext cx="800100" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="714375" cy="952500"/>
+    <xdr:ext cx="857250" cy="942975"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="914400"/>
+    <xdr:ext cx="714375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="933450"/>
+    <xdr:ext cx="857250" cy="914400"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -2359,51 +2359,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="800100" cy="952500"/>
+    <xdr:ext cx="857250" cy="933450"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -3027,99 +3027,99 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.102.M.9016.20.MU</t>
+            <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.102.S.9016.20.MU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1100</t>
+Ширина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25х25</t>
+Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4218.00</t>
+            <t xml:space="preserve">4079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 103S \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3165,169 +3165,169 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3636.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.102.L.9016.20.MU</t>
+            <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.102.M.9016.20.MU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4401.00</t>
+            <t xml:space="preserve">4218.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.102.S.9016.20.MU</t>
+            <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.102.L.9016.20.MU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 800</t>
+Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4079.00</t>
+            <t xml:space="preserve">4401.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 103M \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.103.M.22450.4N100</t>
           </r>
@@ -3441,237 +3441,237 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3993.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.106.M.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.107.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1100</t>
-[...3 lines deleted...]
-Глубина, мм: 850</t>
+Ширина, мм: 1300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9823.00</t>
+            <t xml:space="preserve">6599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.106.L.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.106.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10118.00</t>
+            <t xml:space="preserve">9823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.104.V2.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.106.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 600</t>
-[...3 lines deleted...]
-Глубина, мм: 500</t>
+Ширина, мм: 1400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25х25</t>
+Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3111.00</t>
+            <t xml:space="preserve">10118.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 105 \ Вешало напольное четырехрожковое </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3717,651 +3717,651 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8588.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.S.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.104.V2.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 900</t>
-[...3 lines deleted...]
-Глубина, мм: 600</t>
+Ширина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6355.00</t>
+            <t xml:space="preserve">3111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.M.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.107.S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1100</t>
+Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6467.00</t>
+            <t xml:space="preserve">6355.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.107.L.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.107.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1300</t>
+Ширина, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6599.00</t>
+            <t xml:space="preserve">6467.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.M.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.109.S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9200.00</t>
+            <t xml:space="preserve">9007.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.S.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.109.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1200</t>
+Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6733.00</t>
+            <t xml:space="preserve">9200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.L.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1600</t>
+Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9415.00</t>
+            <t xml:space="preserve">6733.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.M.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.109.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1400</t>
+Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6836.00</t>
+            <t xml:space="preserve">9415.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.108.GL.L.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1600</t>
+Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6938.00</t>
+            <t xml:space="preserve">6836.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.109.S.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.108.GL.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1200</t>
+Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде.</t>
+Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9007.00</t>
+            <t xml:space="preserve">6938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Киянка резиновая, деревянная рукоятка</t>
           </r>
           <r>
             <t xml:space="preserve">