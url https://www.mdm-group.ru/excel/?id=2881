--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -3377,164 +3377,164 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6232.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 112GL \  Стол демонстрационный PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.112.GL.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 113GL \ Стол демонстрационный PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.113.GL.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1050</t>
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 750</t>
+Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте. </t>
+Примечание: Поставляется в разобранном виде. Полка стеклянная – 2 шт. в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6200.00</t>
+      <t xml:space="preserve">8550.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 113GL \ Стол демонстрационный PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.113.GL.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 112GL \  Стол демонстрационный PRIMO RUS </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.112.GL.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 900</t>
+Ширина, мм: 1050</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 600</t>
+Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Полка стеклянная – 2 шт. в комплекте.</t>
+Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8550.00</t>
+      <t xml:space="preserve">6200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 113DSP \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.113.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -11520,51 +11520,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c7507d_c3eb_11ed_876e_ac1f6b40b531_PRRUS220901620MU_012.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23c6_463e_11ed_814d_ac1f6b40b531_PRRUS220224504N100_013.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d2120a_a532_11ec_81b7_ac1f6b40b531_1fm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8567d5f_a532_11ec_81b7_ac1f6b40b531_1fs5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a9a82c_5427_11ec_9747_ac1f6b40b531_1short6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5cf08c_5427_11ec_9747_ac1f6b40b531_1long7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db15ac6d_bc42_11ee_a821_0050569cf81d_PRRUS201M224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d8c721_bc43_11ee_a821_0050569cf81d_PRRUS201S224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302825ea_a533_11ec_81b7_ac1f6b40b531_PRRUS002M901620MU10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17cec93_4d16_11ec_9747_ac1f6b40b531_PRRUS102SB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bdafd3_4d17_11ec_9747_ac1f6b40b531_PRRUS102LB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76a7535_4d16_11ec_9747_ac1f6b40b531_PRRUS102MB13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde2098_a533_11ec_81b7_ac1f6b40b531_PRRUS002S901620MU14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5bab60_a532_11ec_81b7_ac1f6b40b531_PRRUS002L901620MU15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a9ec95_4d36_11ec_9747_ac1f6b40b531_PRRUS103MB16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d08374_4d36_11ec_9747_ac1f6b40b531_PRRUS103SB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73022253_4d36_11ec_9747_ac1f6b40b531_PRRUS102LB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00608b87_a394_11ed_9a8e_ac1f6b40b531_PRRUS104V2224504N10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa2cfc2_b11b_11ed_b698_ac1f6b40b531_PRRUS104V29016MU2520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf2892f_5428_11ec_9747_ac1f6b40b531_PRRUS105B-21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759837cf_5428_11ec_9747_ac1f6b40b531_PRRUS106MB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db9e64c_5428_11ec_9747_ac1f6b40b531_PRRUS106LB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104f366c_5429_11ec_9747_ac1f6b40b531_PRRUS107MB24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2876892_5428_11ec_9747_ac1f6b40b531_PRRUS107SB25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae9744d_5429_11ec_9747_ac1f6b40b531_PRRUS107LB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db9d8ac_542a_11ec_9747_ac1f6b40b531_PRRUS108GLMB27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1a7ccc_5429_11ec_9747_ac1f6b40b531_PRRUS108GLSB28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64d732e_542a_11ec_9747_ac1f6b40b531_PRRUS108GLLB29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4927597_542b_11ec_9747_ac1f6b40b531_PRRUS109MB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b722344c_542b_11ec_9747_ac1f6b40b531_PRRUS109SB31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a3d0c_542c_11ec_9747_ac1f6b40b531_PRRUS109LB32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2ad_463e_11ed_814d_ac1f6b40b531_PRRUS202L224504N10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2b2_463e_11ed_814d_ac1f6b40b531_PRRUS202M224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7a7_463e_11ed_814d_ac1f6b40b531_PRRUS202S224504N10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7ac_463e_11ed_814d_ac1f6b40b531_PRRUS203L224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdb8_463e_11ed_814d_ac1f6b40b531_PRRUS203M224504N10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdbd_463e_11ed_814d_ac1f6b40b531_PRRUS203S224504N10038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364202b1_463e_11ed_814d_ac1f6b40b531_PRRUS205L224504N10039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d23_463e_11ed_814d_ac1f6b40b531_PRRUS205M224504N10040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d28_463e_11ed_814d_ac1f6b40b531_PRRUS205S224504N10041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082d9ce1_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPL224504N10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792261_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPM224504N10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792267_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPS224504N10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac63_463e_11ed_814d_ac1f6b40b531_PRRUS216L224504N10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba72_463e_11ed_814d_ac1f6b40b531_PRRUS216M224504N10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba77_463e_11ed_814d_ac1f6b40b531_PRRUS216S224504N10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703731b9_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vikladky_PRIMO_RUS_PRRUS110M50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95fa0df_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS110L224504N10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2b7660_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111DSP224504N10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ded754_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111GL224504N10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8629b3fb_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_1PRRUS112DSP224504N10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad0edbf3_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS112GL224504N10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdaa6daf_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113GL224504N10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45a5f34_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113DSP224504N10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac5e_463e_11ed_814d_ac1f6b40b531_PRRUS301S224504N10058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac57d_463e_11ed_814d_ac1f6b40b531_PRRUS301M224504N10059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac578_463e_11ed_814d_ac1f6b40b531_PRRUS301L224504N10060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10ca_463e_11ed_814d_ac1f6b40b531_PRRUS302S224504N10061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10c5_463e_11ed_814d_ac1f6b40b531_PRRUS302M224504N10062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5595883a_463e_11ed_814d_ac1f6b40b531_PRRUS302L224504N10063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f3722c_463e_11ed_814d_ac1f6b40b531_PRRUS303M224504N10064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f37227_463e_11ed_814d_ac1f6b40b531_PRRUS303L224504N100-165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23cb_463e_11ed_814d_ac1f6b40b531_PRRUS206L224504N10066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033fed_463e_11ed_814d_ac1f6b40b531_PRRUS206M224504N10067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033ff2_463e_11ed_814d_ac1f6b40b531_PRRUS206S224504N10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6411_463e_11ed_814d_ac1f6b40b531_PRRUS207L224504N10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6416_463e_11ed_814d_ac1f6b40b531_PRRUS207M224504N10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55958835_463e_11ed_814d_ac1f6b40b531_PRRUS207S224504N10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.212.22450.4N10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.213.22450.4N10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.116.22450.4N10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRRUS1169016MU_LOW75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.215.22450.4N10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.214.22450.4N10077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237fa_463e_11ed_814d_ac1f6b40b531_PRRUS218L224504N10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237ff_463e_11ed_814d_ac1f6b40b531_PRRUS218R224504N10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc39c_463e_11ed_814d_ac1f6b40b531_PRRUS304GLS224504N10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc397_463e_11ed_814d_ac1f6b40b531_PRRUS304GLM224504N10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021f1_463e_11ed_814d_ac1f6b40b531_PRRUS304GLL224504N10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64f_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPS224504N10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64a_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPM224504N10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35c2_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPL224504N10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a58c_463e_11ed_814d_ac1f6b40b531_PRRUS305GLS224504N10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a286_463e_11ed_814d_ac1f6b40b531_PRRUS305GLM224504N10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a280_463e_11ed_814d_ac1f6b40b531_PRRUS305GLL224504N10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e9_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFS224504N10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e4_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFM224504N10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0dfb83e_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFL224504N10091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac699474_463e_11ed_814d_ac1f6b40b531_PRRUS306GLS224504N10092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac69946f_463e_11ed_814d_ac1f6b40b531_PRRUS306GLM224504N10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a593_463e_11ed_814d_ac1f6b40b531_PRRUS306GLL224504N10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb905_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPS224504N10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb900_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPM224504N10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f449f766_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPL224504N10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896a_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPL224504N10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896f_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee1_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee6_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPL224504N100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e07_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPM224504N100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e0c_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPS224504N100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cea_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPL224504N100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cef_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPM224504N100105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35bd_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPS224504N100106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecb92_463e_11ed_814d_ac1f6b40b531_PRRUS219GLL224504N100_01107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecbc1_463e_11ed_814d_ac1f6b40b531_PRRUS219GLM224504N100_01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021ec_463e_11ed_814d_ac1f6b40b531_PRRUS219GLS224504N100_01109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11111587_7c43_11ed_81ba_ac1f6b40b531_OD001MV2DSP224504N100110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146530cc_7c43_11ed_81ba_ac1f6b40b531_OD001SV2DSP224504N100111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14653af1_7c43_11ed_81ba_ac1f6b40b531_OD002MV2DSP224504N100112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fc589_7c43_11ed_81ba_ac1f6b40b531_OD002SV2DSP224504N100113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fce8f_7c43_11ed_81ba_ac1f6b40b531_OD003MV3DSP224504N100114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2057fb4a_7c43_11ed_81ba_ac1f6b40b531_OD004MV2DSP224504N100115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20580995_7c43_11ed_81ba_ac1f6b40b531_OD004SV2DSP224504N100116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660daa1_7c43_11ed_81ba_ac1f6b40b531_OD005MV2DSP224504N100117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660e33a_7c43_11ed_81ba_ac1f6b40b531_OD005SV2DSP224504N100118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5b720a_7c43_11ed_81ba_ac1f6b40b531_PRRUS501DSP224504N100119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3256068e_7c43_11ed_81ba_ac1f6b40b531_PRRUS502DSP224504N100120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32560a4d_7c43_11ed_81ba_ac1f6b40b531_PRRUS503DSP224504N100121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385ee61d_7c43_11ed_81ba_ac1f6b40b531_PRRUS504MDSP224504N100122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385eec9a_7c43_11ed_81ba_ac1f6b40b531_PRRUS504SDSP224504N100123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e760dd9_7c43_11ed_81ba_ac1f6b40b531_PRRUS505DSP224504N100124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e4b82_7c43_11ed_81ba_ac1f6b40b531_PRRUS508DSP224504N100125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e431d_7c43_11ed_81ba_ac1f6b40b531_PRRUS507DSP224504N100126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e761438_7c43_11ed_81ba_ac1f6b40b531_PRRUS506DSP224504N100127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a23bca_7c43_11ed_81ba_ac1f6b40b531_PRRUS511DSP224504N100128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700a26_7c43_11ed_81ba_ac1f6b40b531_PRRUS510DSP224504N100129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700401_7c43_11ed_81ba_ac1f6b40b531_PRRUS509DSP224504N100130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e011d687_62e8_11ec_85fc_ac1f6b40b531_tubePrimopost_800_min131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tube132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f23470a_eed7_11eb_80bc_0025902b3cc1_tube133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee42036_38b2_11ed_8de7_ac1f6b40b531_e011d687_62e8_11ec_85fc_ac1f6b40b531_tubeprimopost_800_minresize1.resize2134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7b1a2f_2f57_11e3_baa0_0025902b3cc1_1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tuberesize1.resize2135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2da411f_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25PAL_4.resize2136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ee5dff_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25AL_2.resize2137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643c0e26_16dd_11ec_80bc_0025902b3cc1_PRRUS009AL2138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b54aa5_25cc_11ec_80bc_0025902b3cc1_1139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018e9279_16dd_11ec_80bc_0025902b3cc1_PRRUS008AL-32140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74187d78_16dd_11ec_80bc_0025902b3cc1_PRRUS007AL-2141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bab1c83_16dd_11ec_80bc_0025902b3cc1_PRRUS005AL-1142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23697147_16dd_11ec_80bc_0025902b3cc1_PRRUS006AL-2143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac539ad_16dd_11ec_80bc_0025902b3cc1_PRRUS004AL-2144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c4e727_16dd_11ec_80bc_0025902b3cc1_PRRUS003AL.resize2145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19c7bc3_16dd_11ec_80bc_0025902b3cc1_PRRUS032AL-2146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6fd35a2_16dd_11ec_80bc_0025902b3cc1_PRRUS019AL-2147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e2ebab_16de_11ec_80bc_0025902b3cc1_PRRUS033AL-1148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a1a1881_841c_11ec_81b7_ac1f6b40b531_PRRUS033AL-1149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c848adee_25cc_11ec_80bc_0025902b3cc1_PRRUS035AL150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e99c1f_25cd_11ec_80bc_0025902b3cc1_PRRUS038AL151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013eddcb_25cd_11ec_80bc_0025902b3cc1_PRRUS035224504N100152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458d17a1_25cd_11ec_80bc_0025902b3cc1_PRRUS037AL1153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5e1b33_25cd_11ec_80bc_0025902b3cc1_PRRUS037224504N100154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a603401d_1a12_11ec_80bc_0025902b3cc1_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7720760_1a11_11ec_80bc_0025902b3cc1_su019156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4839830_9ac3_11ec_81b7_ac1f6b40b531_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8640797_25cd_11ec_80bc_0025902b3cc1_PRRUS038224504N100158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d980bf_1a13_11ec_80bc_0025902b3cc1_su005159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee71956_1a13_11ec_80bc_0025902b3cc1_PRRUS009AL22160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900cc909_25cc_11ec_80bc_0025902b3cc1_PRRUS036224504N100161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c7c459_1a13_11ec_80bc_0025902b3cc1_su007162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba83c2e1_1a13_11ec_80bc_0025902b3cc1_su008163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df07d570_1a12_11ec_80bc_0025902b3cc1_su004164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7e0699_1a11_11ec_80bc_0025902b3cc1_su003165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253960ff_1a12_11ec_80bc_0025902b3cc1_su031166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0350aef_1a11_11ec_80bc_0025902b3cc1_su018167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e0766c_2d0d_11e0_99a4_003048f27c5f_DF8732A2_C138_4B95_8934_315D9A87A03F168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f20aaff_1a12_11ec_80bc_0025902b3cc1_su032169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6035d853_1a13_11ec_80bc_0025902b3cc1_su006170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c062e3_a4f1_11e7_93ca_0025902b3cc1_300300171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb021d22_8348_11e8_ade2_0025902b3cc1_PRNP070224504N100172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10492474_1d4f_11e0_99a4_003048f27c5f_5404B42F_2325_498E_BA20_7236D4AAA8DA173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48c5413_16dd_11ec_80bc_0025902b3cc1_PRRUS031AL-1174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9e48c0_16dd_11ec_80bc_0025902b3cc1_PRRUS018AL-1175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9046fcb2_0ca4_11ec_80bc_0025902b3cc1_42d5f1e003278765af07b20a10a199ca176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c255d3_0ca4_11ec_80bc_0025902b3cc1_sam177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f53647b_0ca4_11ec_80bc_0025902b3cc1_sam178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a00a6_1ae2_11ec_80bc_0025902b3cc1_kube182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b3def_2cf7_11ec_80bc_0025902b3cc1_knk800183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6786f6_4b6b_11ec_9747_ac1f6b40b531_MRK_MT_chernyy184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd3a936_4b6b_11ec_9747_ac1f6b40b531_4b6786f6_4b6b_11ec_9747_ac1f6b40b531_mrk_mt_chernyyresize1185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb66772_7a01_11ec_8de2_ac1f6b40b531_truborez_Dlya_profilnoi_trubi_1186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0f0e57_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NVBL187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd82237_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NNBL188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7c0197_9939_11ec_81b7_ac1f6b40b531_dva189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f55a7f6_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRMBL.resize2190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7f705e_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRPBL.resize2191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3a192_ddae_11ec_b147_ac1f6b40b531_PRRUSPR2BL192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafac4c2_9251_11ed_a1f9_ac1f6b40b531_PRRUSPR2MBL.resize2193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5ade90_9252_11ed_a1f9_ac1f6b40b531_PRRUSPR2PBL.resize2194.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c7507d_c3eb_11ed_876e_ac1f6b40b531_PRRUS220901620MU_012.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23c6_463e_11ed_814d_ac1f6b40b531_PRRUS220224504N100_013.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d2120a_a532_11ec_81b7_ac1f6b40b531_1fm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8567d5f_a532_11ec_81b7_ac1f6b40b531_1fs5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a9a82c_5427_11ec_9747_ac1f6b40b531_1short6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5cf08c_5427_11ec_9747_ac1f6b40b531_1long7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db15ac6d_bc42_11ee_a821_0050569cf81d_PRRUS201M224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d8c721_bc43_11ee_a821_0050569cf81d_PRRUS201S224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302825ea_a533_11ec_81b7_ac1f6b40b531_PRRUS002M901620MU10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17cec93_4d16_11ec_9747_ac1f6b40b531_PRRUS102SB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bdafd3_4d17_11ec_9747_ac1f6b40b531_PRRUS102LB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76a7535_4d16_11ec_9747_ac1f6b40b531_PRRUS102MB13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde2098_a533_11ec_81b7_ac1f6b40b531_PRRUS002S901620MU14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5bab60_a532_11ec_81b7_ac1f6b40b531_PRRUS002L901620MU15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a9ec95_4d36_11ec_9747_ac1f6b40b531_PRRUS103MB16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d08374_4d36_11ec_9747_ac1f6b40b531_PRRUS103SB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73022253_4d36_11ec_9747_ac1f6b40b531_PRRUS102LB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00608b87_a394_11ed_9a8e_ac1f6b40b531_PRRUS104V2224504N10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa2cfc2_b11b_11ed_b698_ac1f6b40b531_PRRUS104V29016MU2520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf2892f_5428_11ec_9747_ac1f6b40b531_PRRUS105B-21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759837cf_5428_11ec_9747_ac1f6b40b531_PRRUS106MB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db9e64c_5428_11ec_9747_ac1f6b40b531_PRRUS106LB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104f366c_5429_11ec_9747_ac1f6b40b531_PRRUS107MB24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2876892_5428_11ec_9747_ac1f6b40b531_PRRUS107SB25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae9744d_5429_11ec_9747_ac1f6b40b531_PRRUS107LB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db9d8ac_542a_11ec_9747_ac1f6b40b531_PRRUS108GLMB27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1a7ccc_5429_11ec_9747_ac1f6b40b531_PRRUS108GLSB28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64d732e_542a_11ec_9747_ac1f6b40b531_PRRUS108GLLB29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4927597_542b_11ec_9747_ac1f6b40b531_PRRUS109MB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b722344c_542b_11ec_9747_ac1f6b40b531_PRRUS109SB31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a3d0c_542c_11ec_9747_ac1f6b40b531_PRRUS109LB32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2ad_463e_11ed_814d_ac1f6b40b531_PRRUS202L224504N10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2b2_463e_11ed_814d_ac1f6b40b531_PRRUS202M224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7a7_463e_11ed_814d_ac1f6b40b531_PRRUS202S224504N10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7ac_463e_11ed_814d_ac1f6b40b531_PRRUS203L224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdb8_463e_11ed_814d_ac1f6b40b531_PRRUS203M224504N10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdbd_463e_11ed_814d_ac1f6b40b531_PRRUS203S224504N10038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364202b1_463e_11ed_814d_ac1f6b40b531_PRRUS205L224504N10039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d23_463e_11ed_814d_ac1f6b40b531_PRRUS205M224504N10040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d28_463e_11ed_814d_ac1f6b40b531_PRRUS205S224504N10041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082d9ce1_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPL224504N10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792261_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPM224504N10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792267_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPS224504N10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac63_463e_11ed_814d_ac1f6b40b531_PRRUS216L224504N10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba72_463e_11ed_814d_ac1f6b40b531_PRRUS216M224504N10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba77_463e_11ed_814d_ac1f6b40b531_PRRUS216S224504N10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703731b9_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vikladky_PRIMO_RUS_PRRUS110M50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95fa0df_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS110L224504N10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2b7660_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111DSP224504N10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ded754_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111GL224504N10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8629b3fb_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_1PRRUS112DSP224504N10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdaa6daf_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113GL224504N10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad0edbf3_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS112GL224504N10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45a5f34_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113DSP224504N10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac5e_463e_11ed_814d_ac1f6b40b531_PRRUS301S224504N10058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac57d_463e_11ed_814d_ac1f6b40b531_PRRUS301M224504N10059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac578_463e_11ed_814d_ac1f6b40b531_PRRUS301L224504N10060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10ca_463e_11ed_814d_ac1f6b40b531_PRRUS302S224504N10061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10c5_463e_11ed_814d_ac1f6b40b531_PRRUS302M224504N10062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5595883a_463e_11ed_814d_ac1f6b40b531_PRRUS302L224504N10063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f3722c_463e_11ed_814d_ac1f6b40b531_PRRUS303M224504N10064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f37227_463e_11ed_814d_ac1f6b40b531_PRRUS303L224504N100-165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23cb_463e_11ed_814d_ac1f6b40b531_PRRUS206L224504N10066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033fed_463e_11ed_814d_ac1f6b40b531_PRRUS206M224504N10067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033ff2_463e_11ed_814d_ac1f6b40b531_PRRUS206S224504N10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6411_463e_11ed_814d_ac1f6b40b531_PRRUS207L224504N10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6416_463e_11ed_814d_ac1f6b40b531_PRRUS207M224504N10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55958835_463e_11ed_814d_ac1f6b40b531_PRRUS207S224504N10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.212.22450.4N10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.213.22450.4N10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.116.22450.4N10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRRUS1169016MU_LOW75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.215.22450.4N10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.214.22450.4N10077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237fa_463e_11ed_814d_ac1f6b40b531_PRRUS218L224504N10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237ff_463e_11ed_814d_ac1f6b40b531_PRRUS218R224504N10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc39c_463e_11ed_814d_ac1f6b40b531_PRRUS304GLS224504N10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc397_463e_11ed_814d_ac1f6b40b531_PRRUS304GLM224504N10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021f1_463e_11ed_814d_ac1f6b40b531_PRRUS304GLL224504N10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64f_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPS224504N10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64a_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPM224504N10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35c2_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPL224504N10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a58c_463e_11ed_814d_ac1f6b40b531_PRRUS305GLS224504N10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a286_463e_11ed_814d_ac1f6b40b531_PRRUS305GLM224504N10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a280_463e_11ed_814d_ac1f6b40b531_PRRUS305GLL224504N10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e9_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFS224504N10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e4_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFM224504N10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0dfb83e_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFL224504N10091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac699474_463e_11ed_814d_ac1f6b40b531_PRRUS306GLS224504N10092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac69946f_463e_11ed_814d_ac1f6b40b531_PRRUS306GLM224504N10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a593_463e_11ed_814d_ac1f6b40b531_PRRUS306GLL224504N10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb905_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPS224504N10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb900_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPM224504N10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f449f766_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPL224504N10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896a_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPL224504N10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896f_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee1_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee6_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPL224504N100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e07_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPM224504N100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e0c_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPS224504N100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cea_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPL224504N100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cef_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPM224504N100105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35bd_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPS224504N100106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecb92_463e_11ed_814d_ac1f6b40b531_PRRUS219GLL224504N100_01107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecbc1_463e_11ed_814d_ac1f6b40b531_PRRUS219GLM224504N100_01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021ec_463e_11ed_814d_ac1f6b40b531_PRRUS219GLS224504N100_01109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11111587_7c43_11ed_81ba_ac1f6b40b531_OD001MV2DSP224504N100110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146530cc_7c43_11ed_81ba_ac1f6b40b531_OD001SV2DSP224504N100111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14653af1_7c43_11ed_81ba_ac1f6b40b531_OD002MV2DSP224504N100112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fc589_7c43_11ed_81ba_ac1f6b40b531_OD002SV2DSP224504N100113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fce8f_7c43_11ed_81ba_ac1f6b40b531_OD003MV3DSP224504N100114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2057fb4a_7c43_11ed_81ba_ac1f6b40b531_OD004MV2DSP224504N100115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20580995_7c43_11ed_81ba_ac1f6b40b531_OD004SV2DSP224504N100116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660daa1_7c43_11ed_81ba_ac1f6b40b531_OD005MV2DSP224504N100117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660e33a_7c43_11ed_81ba_ac1f6b40b531_OD005SV2DSP224504N100118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5b720a_7c43_11ed_81ba_ac1f6b40b531_PRRUS501DSP224504N100119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3256068e_7c43_11ed_81ba_ac1f6b40b531_PRRUS502DSP224504N100120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32560a4d_7c43_11ed_81ba_ac1f6b40b531_PRRUS503DSP224504N100121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385ee61d_7c43_11ed_81ba_ac1f6b40b531_PRRUS504MDSP224504N100122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385eec9a_7c43_11ed_81ba_ac1f6b40b531_PRRUS504SDSP224504N100123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e760dd9_7c43_11ed_81ba_ac1f6b40b531_PRRUS505DSP224504N100124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e4b82_7c43_11ed_81ba_ac1f6b40b531_PRRUS508DSP224504N100125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e431d_7c43_11ed_81ba_ac1f6b40b531_PRRUS507DSP224504N100126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e761438_7c43_11ed_81ba_ac1f6b40b531_PRRUS506DSP224504N100127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a23bca_7c43_11ed_81ba_ac1f6b40b531_PRRUS511DSP224504N100128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700a26_7c43_11ed_81ba_ac1f6b40b531_PRRUS510DSP224504N100129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700401_7c43_11ed_81ba_ac1f6b40b531_PRRUS509DSP224504N100130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e011d687_62e8_11ec_85fc_ac1f6b40b531_tubePrimopost_800_min131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tube132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f23470a_eed7_11eb_80bc_0025902b3cc1_tube133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee42036_38b2_11ed_8de7_ac1f6b40b531_e011d687_62e8_11ec_85fc_ac1f6b40b531_tubeprimopost_800_minresize1.resize2134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7b1a2f_2f57_11e3_baa0_0025902b3cc1_1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tuberesize1.resize2135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2da411f_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25PAL_4.resize2136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ee5dff_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25AL_2.resize2137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643c0e26_16dd_11ec_80bc_0025902b3cc1_PRRUS009AL2138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b54aa5_25cc_11ec_80bc_0025902b3cc1_1139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018e9279_16dd_11ec_80bc_0025902b3cc1_PRRUS008AL-32140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74187d78_16dd_11ec_80bc_0025902b3cc1_PRRUS007AL-2141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bab1c83_16dd_11ec_80bc_0025902b3cc1_PRRUS005AL-1142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23697147_16dd_11ec_80bc_0025902b3cc1_PRRUS006AL-2143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac539ad_16dd_11ec_80bc_0025902b3cc1_PRRUS004AL-2144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c4e727_16dd_11ec_80bc_0025902b3cc1_PRRUS003AL.resize2145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19c7bc3_16dd_11ec_80bc_0025902b3cc1_PRRUS032AL-2146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6fd35a2_16dd_11ec_80bc_0025902b3cc1_PRRUS019AL-2147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e2ebab_16de_11ec_80bc_0025902b3cc1_PRRUS033AL-1148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a1a1881_841c_11ec_81b7_ac1f6b40b531_PRRUS033AL-1149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c848adee_25cc_11ec_80bc_0025902b3cc1_PRRUS035AL150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e99c1f_25cd_11ec_80bc_0025902b3cc1_PRRUS038AL151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013eddcb_25cd_11ec_80bc_0025902b3cc1_PRRUS035224504N100152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458d17a1_25cd_11ec_80bc_0025902b3cc1_PRRUS037AL1153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5e1b33_25cd_11ec_80bc_0025902b3cc1_PRRUS037224504N100154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a603401d_1a12_11ec_80bc_0025902b3cc1_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7720760_1a11_11ec_80bc_0025902b3cc1_su019156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4839830_9ac3_11ec_81b7_ac1f6b40b531_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8640797_25cd_11ec_80bc_0025902b3cc1_PRRUS038224504N100158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d980bf_1a13_11ec_80bc_0025902b3cc1_su005159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee71956_1a13_11ec_80bc_0025902b3cc1_PRRUS009AL22160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900cc909_25cc_11ec_80bc_0025902b3cc1_PRRUS036224504N100161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c7c459_1a13_11ec_80bc_0025902b3cc1_su007162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba83c2e1_1a13_11ec_80bc_0025902b3cc1_su008163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df07d570_1a12_11ec_80bc_0025902b3cc1_su004164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7e0699_1a11_11ec_80bc_0025902b3cc1_su003165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253960ff_1a12_11ec_80bc_0025902b3cc1_su031166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0350aef_1a11_11ec_80bc_0025902b3cc1_su018167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e0766c_2d0d_11e0_99a4_003048f27c5f_DF8732A2_C138_4B95_8934_315D9A87A03F168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f20aaff_1a12_11ec_80bc_0025902b3cc1_su032169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6035d853_1a13_11ec_80bc_0025902b3cc1_su006170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c062e3_a4f1_11e7_93ca_0025902b3cc1_300300171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb021d22_8348_11e8_ade2_0025902b3cc1_PRNP070224504N100172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10492474_1d4f_11e0_99a4_003048f27c5f_5404B42F_2325_498E_BA20_7236D4AAA8DA173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48c5413_16dd_11ec_80bc_0025902b3cc1_PRRUS031AL-1174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9e48c0_16dd_11ec_80bc_0025902b3cc1_PRRUS018AL-1175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9046fcb2_0ca4_11ec_80bc_0025902b3cc1_42d5f1e003278765af07b20a10a199ca176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c255d3_0ca4_11ec_80bc_0025902b3cc1_sam177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f53647b_0ca4_11ec_80bc_0025902b3cc1_sam178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a00a6_1ae2_11ec_80bc_0025902b3cc1_kube182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b3def_2cf7_11ec_80bc_0025902b3cc1_knk800183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6786f6_4b6b_11ec_9747_ac1f6b40b531_MRK_MT_chernyy184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd3a936_4b6b_11ec_9747_ac1f6b40b531_4b6786f6_4b6b_11ec_9747_ac1f6b40b531_mrk_mt_chernyyresize1185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb66772_7a01_11ec_8de2_ac1f6b40b531_truborez_Dlya_profilnoi_trubi_1186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0f0e57_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NVBL187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd82237_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NNBL188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7c0197_9939_11ec_81b7_ac1f6b40b531_dva189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f55a7f6_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRMBL.resize2190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7f705e_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRPBL.resize2191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3a192_ddae_11ec_b147_ac1f6b40b531_PRRUSPR2BL192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafac4c2_9251_11ed_a1f9_ac1f6b40b531_PRRUSPR2MBL.resize2193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5ade90_9252_11ed_a1f9_ac1f6b40b531_PRRUSPR2PBL.resize2194.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -21248,169 +21248,169 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6232.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 112GL \  Стол демонстрационный PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.112.GL.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 113GL \ Стол демонстрационный PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.113.GL.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1050</t>
+Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 750</t>
+Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте. </t>
+Примечание: Поставляется в разобранном виде. Полка стеклянная – 2 шт. в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6200.00</t>
+            <t xml:space="preserve">8550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 113GL \ Стол демонстрационный PRIMO RUS </t>
-[...3 lines deleted...]
-Артикул: PR.RUS.113.GL.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 112GL \  Стол демонстрационный PRIMO RUS </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.112.GL.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 900</t>
+Ширина, мм: 1050</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 600</t>
+Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Поставляется в разобранном виде. Полка стеклянная – 2 шт. в комплекте.</t>
+Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8550.00</t>
+            <t xml:space="preserve">6200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 113DSP \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.113.DSP.22450.4N100</t>
           </r>