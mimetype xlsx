--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.09.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Primo Rus (Примо рус)</t>
   </si>
   <si>
     <t xml:space="preserve">Primo RUS (Примо РУС) -  универсальный конструктор для торгового оборудования и мебели. Основными элементами являются квадратная труба сечением 25х25мм и соединители, которые позволяют создавать прочные и надежные конструкции с ровным стыком без сварки.
 Конструкции Primo RUS легко монтируются и разбираются. 
 Благодаря разнообразию соединителей можно создавать любые конструкции для интерьеров магазинов, вешала, стеллажи, демонстрационные столы, пристенные модули и др., а также интерьерную мебель в стиле Лофт, элементы кухонь и гардеробов. 
 Соединители производятся в России и запатентованы. 
 Для придания дополнительной жесткости и устойчивости конструкции, а также при использовании трубы с толщиной стенки менее 1,15мм и в случае использования соединителей без покраски рекомендуется фиксация саморезами или установочными винтами. При использовании трубы с толщиной стенки менее 1,15мм фиксация саморезами или установочными винтами является обязательной. Соединители в цвете «сырой алюминий» используются в крашенном виде (порошковая покраска). В случае использования соединителей без покраски, фиксация в трубе винтами или саморезами обязательна.
 Стандартные цвета: черный муар, белый и неокрашенный алюминий. Под заказ покраска в любой цвет по RAL + 10% к стоимости соединителей в цвете черный муар (минимальное количество соединителей под покраску 350 шт. любого вида).
 Узнать больше о Primo RUS можно в наших видео: 
 Primo RUS - презентация серии
 Primo RUS - технические особенности производства и сборки мебели
 Ознакомьтесь также с Инструкцией по применению и монтажу систем PRIMO RUS.pdf 
 Обратите внимание! При покупке любых соединителей Primo Rus на сумму от 20 000 руб. (с НДС) – скидка 20% на соединители.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
@@ -108,51 +108,51 @@
       <t xml:space="preserve">
 Глубина, мм: 478</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки, решетка и кронштейны - в комплекте. Цвет полки из ДСП необходимо выбрать. Макс. нагрузка на кронштейн 7кг, на полку 20кг. Стенд поставляется в разобранном виде</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28170.00</t>
+      <t xml:space="preserve">28733.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 220  \ Стенд пристенный для торгового зала  1876х478х2470мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.220.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -169,51 +169,51 @@
       <t xml:space="preserve">
 Глубина, мм: 478</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полки, решетка и кронштейны - в комплекте. Цвет полки из ДСП необходимо выбрать. Макс. нагрузка на кронштейн 7кг, на полку 20кг. Стенд поставляется в разобранном виде</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26828.00</t>
+      <t xml:space="preserve">27365.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 101M \ Стойка F-образная PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.101.M.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -230,51 +230,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global белый муар. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка на 1 паз 15 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2550.00</t>
+      <t xml:space="preserve">2601.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 101S \Стойка F-образная PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.101.S.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -291,51 +291,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global белый муар. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2350.00</t>
+      <t xml:space="preserve">2397.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 101S \ Стойка F-образная PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.101.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -352,51 +352,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global черная шагрень. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2150.00</t>
+      <t xml:space="preserve">2193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 101M \ Стойка F-образная PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.101.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -413,51 +413,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global черная шагрень. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка на 1 паз 15 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2399.00</t>
+      <t xml:space="preserve">2447.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 201M \ Стойка F-образная без перфорации 380х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.201.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -470,51 +470,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2450.00</t>
+      <t xml:space="preserve">2499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 201S \ Стойка F-образная без перфорации 380х1790мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.201.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -527,51 +527,51 @@
       <t xml:space="preserve">
 Высота, мм: 1790</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2250.00</t>
+      <t xml:space="preserve">2295.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.M.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -592,51 +592,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4135.00</t>
+      <t xml:space="preserve">4218.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -657,51 +657,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3965.00</t>
+      <t xml:space="preserve">4044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -722,51 +722,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4315.00</t>
+      <t xml:space="preserve">4401.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102M \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -787,51 +787,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4140.00</t>
+      <t xml:space="preserve">4223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.S.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -852,51 +852,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3999.00</t>
+      <t xml:space="preserve">4079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.102.L.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -917,51 +917,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4315.00</t>
+      <t xml:space="preserve">4401.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 103M \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.103.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -982,51 +982,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3755.00</t>
+      <t xml:space="preserve">3830.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 103S \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.103.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1047,51 +1047,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3565.00</t>
+      <t xml:space="preserve">3636.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 103L \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.103.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1112,181 +1112,181 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3915.00</t>
+      <t xml:space="preserve">3993.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
-[...7 lines deleted...]
-Цвет: черный муар</t>
+      <t xml:space="preserve">PR-RUS 104 \ Вешало Т-образное 600х500х1500h</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.104.V2.9016MU.25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3050.00</t>
+      <t xml:space="preserve">3106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 104 \ Вешало Т-образное 600х500х1500h</t>
-[...7 lines deleted...]
-Цвет: белый муар</t>
+      <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.104.V2.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3045.00</t>
+      <t xml:space="preserve">3111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 105 \ Вешало напольное четырехрожковое </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.105.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1307,51 +1307,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8420.00</t>
+      <t xml:space="preserve">8588.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.106.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1372,51 +1372,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9630.00</t>
+      <t xml:space="preserve">9823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.106.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1437,51 +1437,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9920.00</t>
+      <t xml:space="preserve">10118.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.107.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1502,51 +1502,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6340.00</t>
+      <t xml:space="preserve">6467.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.107.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1567,51 +1567,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6230.00</t>
+      <t xml:space="preserve">6355.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.107.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1632,51 +1632,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6470.00</t>
+      <t xml:space="preserve">6599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.108.GL.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1697,51 +1697,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6702.00</t>
+      <t xml:space="preserve">6836.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.108.GL.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1762,51 +1762,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6601.00</t>
+      <t xml:space="preserve">6733.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.108.GL.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1827,51 +1827,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6802.00</t>
+      <t xml:space="preserve">6938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.109.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1892,51 +1892,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9020.00</t>
+      <t xml:space="preserve">9200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.109.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1957,51 +1957,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8830.00</t>
+      <t xml:space="preserve">9007.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.109.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2022,51 +2022,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9230.00</t>
+      <t xml:space="preserve">9415.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 202L \ Модуль пристенный 1233х380х1790мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.202.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2083,51 +2083,51 @@
       <t xml:space="preserve">
 Высота, мм: 1790</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4622.00</t>
+      <t xml:space="preserve">4714.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 202M \ Модуль пристенный 933х380х1790мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.202.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2144,51 +2144,51 @@
       <t xml:space="preserve">
 Высота, мм: 1790</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4599.00</t>
+      <t xml:space="preserve">4691.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 202S \ Модуль пристенный 633х380х1790мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.202.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2205,51 +2205,51 @@
       <t xml:space="preserve">
 Высота, мм: 1790</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4542.00</t>
+      <t xml:space="preserve">4633.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 203L \ Модуль пристенный высокий 1233х380х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.203.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2266,51 +2266,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5110.00</t>
+      <t xml:space="preserve">5212.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 203M \ Модуль пристенный высокий 933х380х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.203.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2327,51 +2327,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5022.00</t>
+      <t xml:space="preserve">5122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 203S \ Модуль пристенный высокий 633х380х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.203.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2388,51 +2388,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4945.00</t>
+      <t xml:space="preserve">5044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 205L \ Рама пристенная высокая 1233х150х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.205.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2449,51 +2449,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6185.00</t>
+      <t xml:space="preserve">6309.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 205M \ Рама пристенная высокая 933х150х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.205.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2510,51 +2510,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6013.40</t>
+      <t xml:space="preserve">6134.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 205S \ Рама пристенная высокая 633х150х2540мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.205.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2571,51 +2571,51 @@
       <t xml:space="preserve">
 Высота, мм: 2540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5850.00</t>
+      <t xml:space="preserve">5967.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 211DSP.L \ Подиум ЛДСП 1180х450х116мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.211.DSP.L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1180</t>
@@ -2624,51 +2624,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 116</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3780.00</t>
+      <t xml:space="preserve">3856.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 211DSP.M \ Подиум ЛДСП 880х450х116мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.211.DSP.M</t>
@@ -2681,51 +2681,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 116</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3580.00</t>
+      <t xml:space="preserve">3652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 211DSP.S \ Подиум ЛДСП 580х450х116мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.211.DSP.S</t>
@@ -2738,51 +2738,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 116</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2870.00</t>
+      <t xml:space="preserve">2927.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 216L \ Решетка с креплениями к стене 1000х1000мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.216.L.22450.4N100</t>
@@ -2795,51 +2795,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6056.00</t>
+      <t xml:space="preserve">6177.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 216M \ Решетка с креплениями к стене 800х1000мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.216.M.22450.4N100</t>
@@ -2852,51 +2852,51 @@
       <t xml:space="preserve">
 Ширина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5306.00</t>
+      <t xml:space="preserve">5412.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 216S \ Решетка с креплениями к стене 400х1000мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.216.S.22450.4N100</t>
@@ -2909,51 +2909,51 @@
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3259.00</t>
+      <t xml:space="preserve">3324.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN 291-S-BL \ Крючок одинарный на решетку (L-150, d-5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.291S.9005.MU</t>
@@ -2974,51 +2974,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSN 292-S-BL \ Крючок одинарный на решетку (L-200, d-5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSN.292S.9005.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3035,51 +3035,51 @@
       <t xml:space="preserve">
 Ширина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38.00</t>
+      <t xml:space="preserve">38.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 110M \ Стол для выкладки PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.110.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3100,51 +3100,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1 шт. в комплекте. Цвет полки из ДСП – необходимо выбрать. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10820.00</t>
+      <t xml:space="preserve">11036.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 110L \ Стол для выкладки PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.110.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3165,51 +3165,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1 шт. в комплекте. Цвет полки из ДСП – необходимо выбрать. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11999.00</t>
+      <t xml:space="preserve">12239.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 111DSP \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.111.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
@@ -3230,51 +3230,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7899.00</t>
+      <t xml:space="preserve">8057.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 111GL \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.111.GL.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3295,51 +3295,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7910.00</t>
+      <t xml:space="preserve">8068.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 112DSP \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.112.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1050</t>
@@ -3360,51 +3360,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6232.00</t>
+      <t xml:space="preserve">6357.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 113GL \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.113.GL.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3425,51 +3425,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 2 шт. в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8550.00</t>
+      <t xml:space="preserve">8721.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 112GL \  Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.112.GL.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3490,51 +3490,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6200.00</t>
+      <t xml:space="preserve">6324.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 113DSP \ Стол демонстрационный PRIMO RUS </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.113.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -3555,96 +3555,96 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8099.00</t>
+      <t xml:space="preserve">8261.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.301.S \ Кронштейн настенный L-150мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.301.S.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">236.00</t>
+      <t xml:space="preserve">241.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3657,51 +3657,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.301.M.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">261.00</t>
+      <t xml:space="preserve">266.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3714,51 +3714,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.301.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">286.00</t>
+      <t xml:space="preserve">292.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3779,51 +3779,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">526.00</t>
+      <t xml:space="preserve">537.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.302.M \ Штанга настенная 900х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.302.M.22450.4N100</t>
@@ -3836,51 +3836,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">800.00</t>
+      <t xml:space="preserve">816.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.302.L \ Штанга настенная 1200х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.302.L.22450.4N100</t>
@@ -3893,51 +3893,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">875.00</t>
+      <t xml:space="preserve">893.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.303.M \  Штанга настенная с крючками 600х150х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.303.M.22450.4N100</t>
@@ -3950,51 +3950,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">626.00</t>
+      <t xml:space="preserve">639.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.303.L \ Штанга настенная с крючками 900х150х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.303.L.22450.4N100</t>
@@ -4007,51 +4007,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">701.00</t>
+      <t xml:space="preserve">715.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 206L \ Штанга из квадратной трубы 1233х25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.206.L.22450.4N100</t>
@@ -4064,51 +4064,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1233</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 206M \ Штанга из квадратной трубы 933х25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.206.M.22450.4N100</t>
@@ -4121,51 +4121,51 @@
       <t xml:space="preserve">
 Ширина, мм: 933</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">572.00</t>
+      <t xml:space="preserve">583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 206S \ Штанга из квадратной трубы 633х25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.206.S.22450.4N100</t>
@@ -4178,51 +4178,51 @@
       <t xml:space="preserve">
 Ширина, мм: 633</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">492.00</t>
+      <t xml:space="preserve">502.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 207L \ Штанга п-образная 1233х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.207.L.22450.4N100</t>
@@ -4235,51 +4235,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1233</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1485.00</t>
+      <t xml:space="preserve">1515.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 207M \ Штанга п-образная  933х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.207.M.22450.4N100</t>
@@ -4292,51 +4292,51 @@
       <t xml:space="preserve">
 Ширина, мм: 933</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1399.00</t>
+      <t xml:space="preserve">1427.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 207S \ Штанга п-образная 633х350х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.207.S.22450.4N100</t>
@@ -4349,51 +4349,51 @@
       <t xml:space="preserve">
 Ширина, мм: 633</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1320.00</t>
+      <t xml:space="preserve">1346.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 212 \ Кронштейн прямой 250мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.212.22450.4N100</t>
@@ -4406,51 +4406,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">381.00</t>
+      <t xml:space="preserve">389.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 213 \ Кронштейн прямой 300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.213.22450.4N100</t>
@@ -4463,51 +4463,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">395.00</t>
+      <t xml:space="preserve">403.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 116 \ Кронштейн прямой двухсторонний 450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.116.22450.4N100</t>
@@ -4532,51 +4532,51 @@
       <t xml:space="preserve">
 Картинка анонса: 8070473</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25Х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">650.00</t>
+      <t xml:space="preserve">663.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 116 \ Кронштейн прямой двухсторонний 450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.116.9016.20.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4593,51 +4593,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25Х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">665.00</t>
+      <t xml:space="preserve">678.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 215 \ Кронштейн г-образный 250мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.215.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4646,51 +4646,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">633.00</t>
+      <t xml:space="preserve">646.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 214 \ Кронштейн прямой двусторонний 530мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.214.22450.4N100</t>
@@ -4703,51 +4703,51 @@
       <t xml:space="preserve">
 Глубина, мм: 530</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">674.00</t>
+      <t xml:space="preserve">687.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 218L \ Полка под обувь левая 250х100мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.218L.22450.4N100</t>
@@ -4760,51 +4760,51 @@
       <t xml:space="preserve">
 Ширина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">630.00</t>
+      <t xml:space="preserve">643.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 218R \ Полка под обувь правая 250х100мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.218R.22450.4N100</t>
@@ -4817,51 +4817,51 @@
       <t xml:space="preserve">
 Ширина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">630.00</t>
+      <t xml:space="preserve">643.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.GL.S \ Полка настенная двойная Стекло 600х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.GL.S.22450.4N100</t>
@@ -4874,51 +4874,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1973.00</t>
+      <t xml:space="preserve">2012.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.GL.M \ Полка настенная двойная Стекло 900х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.GL.M.22450.4N100</t>
@@ -4931,51 +4931,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2394.00</t>
+      <t xml:space="preserve">2442.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.GL.L \ Полка настенная двойная Стекло 1200х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.GL.L.22450.4N100</t>
@@ -4988,51 +4988,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2910.00</t>
+      <t xml:space="preserve">2968.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.DSP.S \ Полка настенная двойная ДСП 600х350х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.304.DSP.S.22450.4N100</t>
@@ -5041,51 +5041,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2004.00</t>
+      <t xml:space="preserve">2044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.DSP.M \ Полка настенная двойная ДСП 900х350х400мм</t>
@@ -5098,51 +5098,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2431.00</t>
+      <t xml:space="preserve">2480.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.304.DSP.L \ Полка настенная двойная ДСП 1200х350х400мм</t>
@@ -5155,51 +5155,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2907.00</t>
+      <t xml:space="preserve">2965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.GL.S \ Полка настенная со штангой Стекло 600х350х131мм</t>
@@ -5216,51 +5216,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 131</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1650.00</t>
+      <t xml:space="preserve">1683.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.GL.M \ Полка настенная со штангой Стекло 900х350х131мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.305.GL.M.22450.4N100</t>
@@ -5273,51 +5273,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 131</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1865.00</t>
+      <t xml:space="preserve">1902.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.GL.L \ Полка настенная со штангой Стекло 1200х350х131мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.305.GL.L.22450.4N100</t>
@@ -5330,51 +5330,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 131</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2079.00</t>
+      <t xml:space="preserve">2121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.DSP.S \ Полка настенная со штангой ДСП 600х350х141мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.305.DSP.S.22450.4N100</t>
@@ -5383,51 +5383,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 141</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1869.00</t>
+      <t xml:space="preserve">1906.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.DSP.M \ Полка настенная со штангой ДСП 900х350х141мм</t>
@@ -5440,51 +5440,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 141</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2155.00</t>
+      <t xml:space="preserve">2198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.305.DSP.L \ Полка настенная со штангой ДСП 1200х350х141мм</t>
@@ -5497,51 +5497,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 141</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2441.00</t>
+      <t xml:space="preserve">2490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.GL.S \ Полка настенная Стекло 600х345х31мм</t>
@@ -5558,51 +5558,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 31</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1205.00</t>
+      <t xml:space="preserve">1229.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.GL.M \ Полка настенная Стекло 900х345х31мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.306.GL.M.22450.4N100</t>
@@ -5615,51 +5615,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 31</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1494.00</t>
+      <t xml:space="preserve">1524.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.GL.L \ Полка настенная Стекло 1200х345х31мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.306.GL.L.22450.4N100</t>
@@ -5672,51 +5672,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 31</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1841.00</t>
+      <t xml:space="preserve">1878.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.DSP.S \ Полка настенная ДСП 600х345х41мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.306.DSP.S.22450.4N100</t>
@@ -5725,51 +5725,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 41</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1521.00</t>
+      <t xml:space="preserve">1551.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.DSP.M \ Полка настенная ДСП 900х345х41мм</t>
@@ -5782,51 +5782,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 41</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1784.00</t>
+      <t xml:space="preserve">1820.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.306.DSP.L \ Полка настенная ДСП 1200х345х41мм</t>
@@ -5839,51 +5839,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 41</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2185.00</t>
+      <t xml:space="preserve">2229.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 208DSP.L \ Полка ЛДСП в раме 1183х350х25мм</t>
@@ -5896,51 +5896,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1183</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3592.00</t>
+      <t xml:space="preserve">3664.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 208DSP.M \ Полка ЛДСП в раме 883х350х25мм</t>
@@ -5953,51 +5953,51 @@
       <t xml:space="preserve">
 Ширина, мм: 883</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3042.00</t>
+      <t xml:space="preserve">3103.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 208DSP.S \ Полка ЛДСП в раме 583х350х25мм</t>
@@ -6010,51 +6010,51 @@
       <t xml:space="preserve">
 Ширина, мм: 583</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2783.00</t>
+      <t xml:space="preserve">2839.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 209DSP.L \ Полка ЛДСП в раме со штангой 1183х450х25мм</t>
@@ -6067,51 +6067,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1183</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5099.00</t>
+      <t xml:space="preserve">5201.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 209DSP.M \ Полка ЛДСП в раме со штангой 833х450х25мм</t>
@@ -6124,51 +6124,51 @@
       <t xml:space="preserve">
 Ширина, мм: 833</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4451.00</t>
+      <t xml:space="preserve">4540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 209DSP.S  \ Полка ЛДСП в раме со штангой 583х450х25мм</t>
@@ -6181,51 +6181,51 @@
       <t xml:space="preserve">
 Ширина, мм: 583</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4081.00</t>
+      <t xml:space="preserve">4163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 210DSP.L \ Полка ЛДСП в раме 1183х450х25мм</t>
@@ -6242,51 +6242,51 @@
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3751.00</t>
+      <t xml:space="preserve">3826.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 210DSP.M \ Полка ЛДСП в раме 883х450х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.210.DSP.M.22450.4N100</t>
@@ -6299,51 +6299,51 @@
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3177.00</t>
+      <t xml:space="preserve">3241.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 210DSP.S \ Полка ЛДСП в раме 583х450х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.210.DSP.S.22450.4N100</t>
@@ -6356,51 +6356,51 @@
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2891.00</t>
+      <t xml:space="preserve">2949.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.219.GL.L \ Полка стекло в стойку </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.219.GL.L.22450.4N100</t>
@@ -6413,51 +6413,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3551.00</t>
+      <t xml:space="preserve">3622.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.219.GL.M \ Полка стекло в стойку </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.219.GL.M.22450.4N100</t>
@@ -6470,51 +6470,51 @@
       <t xml:space="preserve">
 Ширина, мм: 880</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3390.00</t>
+      <t xml:space="preserve">3458.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.219.GL.S \ Полка стекло в стойку </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.219.GL.S.22450.4N100</t>
@@ -6527,51 +6527,51 @@
       <t xml:space="preserve">
 Ширина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2950.00</t>
+      <t xml:space="preserve">3009.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.001.M \ Полка настенная прямая 600х300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.001.M.V2.DSP.22450.4N100</t>
@@ -6588,51 +6588,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1073.00</t>
+      <t xml:space="preserve">1094.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.001.S \ Полка настенная прямая 600х200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.001.S.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
@@ -6645,51 +6645,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">832.00</t>
+      <t xml:space="preserve">849.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.002.M \ Полка настенная прямая 970х300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.002.M.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 970</t>
@@ -6698,51 +6698,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1474.00</t>
+      <t xml:space="preserve">1503.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.002.S \ Полка настенная прямая 970х200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.002.S.V2.DSP.22450.4N100</t>
@@ -6767,51 +6767,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 970</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1135.00</t>
+      <t xml:space="preserve">1158.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.003.M \ Полка настенная ступенчатая 970х300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.003.M.V3.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -6828,51 +6828,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1930.00</t>
+      <t xml:space="preserve">1969.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.004.M \ Полка настенная двухъярусная 800х300x500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.004.M.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
@@ -6889,51 +6889,51 @@
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3327.00</t>
+      <t xml:space="preserve">3394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.004.S \ Полка настенная двухъярусная 600х300x500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.004.S.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
@@ -6950,51 +6950,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2970.00</t>
+      <t xml:space="preserve">3029.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.005.M \ Полка настенная двухъярусная с ограничителями 800х300x500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.005.M.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
@@ -7011,51 +7011,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3464.00</t>
+      <t xml:space="preserve">3533.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.005.S \ Полка настенная двухъярусная с ограничителями 600х300x500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.005.S.V2.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
@@ -7072,51 +7072,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3106.00</t>
+      <t xml:space="preserve">3168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.501 \ Тумба с полкой 400x400x450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.501.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
@@ -7129,51 +7129,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3552.00</t>
+      <t xml:space="preserve">3623.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.502 \ Тумба с двумя полками 400x400x450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.502.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
@@ -7186,51 +7186,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3631.00</t>
+      <t xml:space="preserve">3704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.503 \ Тумба с увеличенной полкой 200x400x450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.503.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
@@ -7243,51 +7243,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3693.00</t>
+      <t xml:space="preserve">3767.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.504.M \ Тумба открытая 500х500х550мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.504.M.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
@@ -7300,51 +7300,51 @@
       <t xml:space="preserve">
 Высота, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3750.00</t>
+      <t xml:space="preserve">3825.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.504.S \ Тумба открытая 400х400х550мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.504.S.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
@@ -7357,51 +7357,51 @@
       <t xml:space="preserve">
 Высота, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3088.00</t>
+      <t xml:space="preserve">3150.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.505 \ Стол с полкой 900х500х750мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.505.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -7414,51 +7414,51 @@
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5766.00</t>
+      <t xml:space="preserve">5881.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.508 \ Столик журнальный с полкой 900х500х450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.508.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -7471,51 +7471,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4510.00</t>
+      <t xml:space="preserve">4600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.507 \ Столик журнальный с полкой 900х500х450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.507.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -7528,51 +7528,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4841.00</t>
+      <t xml:space="preserve">4938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.506 \ Столик журнальный с полкой 800х500х450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.506.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
@@ -7585,51 +7585,51 @@
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5245.00</t>
+      <t xml:space="preserve">5350.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.511 \ Стеллаж 900х400х1850мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.511.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -7642,51 +7642,51 @@
       <t xml:space="preserve">
 Высота, мм: 1850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12030.00</t>
+      <t xml:space="preserve">12271.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.510 \ Стеллаж 900х400х1850мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.510.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -7699,51 +7699,51 @@
       <t xml:space="preserve">
 Высота, мм: 1850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12135.00</t>
+      <t xml:space="preserve">12378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR.RUS.509 \ Стеллаж с накопителем 900х400х1850мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.509.DSP.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
@@ -7756,51 +7756,51 @@
       <t xml:space="preserve">
 Высота, мм: 1850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15990.00</t>
+      <t xml:space="preserve">16310.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Труба х/к 25х25х1,15 калиброванная (3000)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MTT.616.3000.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -7813,51 +7813,51 @@
       <t xml:space="preserve">
 Толщина, мм: 1,15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">760.00</t>
+      <t xml:space="preserve">775.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Труба х/к 25х25х1,15 калиброванная (3000)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MTT.616.3000.NM</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: неокрашенный металл</t>
@@ -7870,51 +7870,51 @@
       <t xml:space="preserve">
 Толщина, мм: 1,15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">510.00</t>
+      <t xml:space="preserve">520.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Труба х/к 25х25х1,15 калиброванная (6000)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MTT.616.6000.NM</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: неокрашенный металл</t>
@@ -7927,51 +7927,51 @@
       <t xml:space="preserve">
 Толщина, мм: 1,15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 6000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">850.00</t>
+      <t xml:space="preserve">867.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Труба х/к 25х25х1,1 калиброванная (3000)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MTT.350.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -8045,51 +8045,51 @@
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: неокрашенный металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">340.00</t>
+      <t xml:space="preserve">347.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Профиль алюминиевый под полку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.PROF.25P.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
@@ -8224,100 +8224,100 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">117.00</t>
+      <t xml:space="preserve">119.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 36 \ Соединитель торцевой primo rus</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.036.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61.00</t>
+      <t xml:space="preserve">62.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 8 \ Соединитель для труб primo rus 25х25 (3-х сторонний)</t>
@@ -8338,51 +8338,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">149.00</t>
+      <t xml:space="preserve">152.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 7  \ Соединитель для труб primo rus 25х25 (3-х сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.007.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
@@ -8395,51 +8395,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 5 \ Соединитель для труб primo rus 25х25 (4-х сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.005.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
@@ -8452,51 +8452,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">179.00</t>
+      <t xml:space="preserve">183.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 6 \ Соединитель для труб primo rus 25х25 (4-х сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.006.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
@@ -8509,51 +8509,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">167.00</t>
+      <t xml:space="preserve">170.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 4 \ Соединитель для труб primo rus 25х25 (5-ти сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.004.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
@@ -8566,51 +8566,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">184.00</t>
+      <t xml:space="preserve">188.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 3 \ Соединитель для труб primo rus 25х25 (6-ти сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.003.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
@@ -8623,51 +8623,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">216.00</t>
+      <t xml:space="preserve">220.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 32 \ Соединитель для труб primo rus 25х25 накладной (3-х сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.032.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
@@ -8680,51 +8680,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">137.00</t>
+      <t xml:space="preserve">140.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 19 \ Заглушка для трубы primo rus 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.019.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
@@ -8737,100 +8737,100 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 33 \ Полкодержатель под саморез primo rus</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.033.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Диаметр отверстия под саморез 3,8мм. Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16.00</t>
+      <t xml:space="preserve">16.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 39 \ Полкодержатель под стекло primo rus</t>
@@ -8843,51 +8843,51 @@
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для крепления стекла необходимы присоски. Диаметр отверстия под присоску - 4,8мм. Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16.00</t>
+      <t xml:space="preserve">16.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 35 \ Соединитель для труб 25х25 (2-х сторонний) и плоскости</t>
@@ -8900,51 +8900,51 @@
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">146.00</t>
+      <t xml:space="preserve">149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 38 \ Соединитель-ограничитель primo rus для труб 25х25 (2-х сторонний)</t>
@@ -8957,51 +8957,51 @@
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">130.00</t>
+      <t xml:space="preserve">133.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 35 \ Соединитель для труб primo rus 25х25 (2-х сторонний) и плоскости</t>
@@ -9014,51 +9014,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">204.00</t>
+      <t xml:space="preserve">208.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 37 \ Заглушка ограничитель primo rus для труб 25х25</t>
@@ -9071,51 +9071,51 @@
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.00</t>
+      <t xml:space="preserve">55.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 37 \ Заглушка ограничитель primo rus для труб 25х25</t>
@@ -9128,222 +9128,222 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.00</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 33 \ Полкодержатель под саморез primo rus</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.033.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 19 \ Заглушка для трубы primo rus 25х25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.019.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
+Сечение, мм: 25х25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Диаметр отверстия под саморез 3,8мм. Цена за 1шт. </t>
+Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.00</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 19 \ Заглушка для трубы primo rus 25х25</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.019.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 33 \ Полкодержатель под саморез primo rus</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.033.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25х25</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
+Примечание: Диаметр отверстия под саморез 3,8мм. Цена за 1шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.00</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 39 \ Полкодержатель под стекло primo rus</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.039.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для крепления стекла необходимы присоски. Диаметр отверстия под присоску - 4,8мм. Цена за 1шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.00</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 38 \ Соединитель-ограничитель primo rus для труб 25х25 (2-х сторонний)</t>
@@ -9356,51 +9356,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">188.00</t>
+      <t xml:space="preserve">192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 5 \ Соединитель для труб primo rus 25х25 (4-х сторонний)</t>
@@ -9417,51 +9417,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">234.00</t>
+      <t xml:space="preserve">239.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 9 \ Соединитель для труб primo rus 25х25 (2-х сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.009.22450.4N100</t>
@@ -9474,51 +9474,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">162.00</t>
+      <t xml:space="preserve">165.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 36 \Соединитель торцевой primo rus</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.036.22450.4N100</t>
@@ -9527,51 +9527,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.00</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 7 \ Соединитель для труб primo rus 25х25 (3-х сторонний)</t>
@@ -9588,51 +9588,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 8 \ Соединитель для труб primo rus 25х25 (3-х сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.008.22450.4N100</t>
@@ -9645,51 +9645,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">190.00</t>
+      <t xml:space="preserve">194.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 4 \ Соединитель для труб primo rus 25х25 (5-ти сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.004.22450.4N100</t>
@@ -9702,51 +9702,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">243.00</t>
+      <t xml:space="preserve">248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 3 \ Соединитель для труб primo rus 25х25 (6-ти сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.003.22450.4N100</t>
@@ -9759,51 +9759,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">288.00</t>
+      <t xml:space="preserve">294.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 31 \ Крепление к плоскости primo rus для труб 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.031.22450.4N100</t>
@@ -9816,51 +9816,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 18 \ Крепление к плоскости primo rus для труб 25х25 </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.018.22450.4N100</t>
@@ -9873,51 +9873,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">144.00</t>
+      <t xml:space="preserve">147.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-70 \ Втулка (25х25мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.P.070.CH</t>
@@ -9934,51 +9934,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 32 \ Соединитель для труб 25х25 накладной (3-х сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.032.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -9987,51 +9987,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">204.00</t>
+      <t xml:space="preserve">208.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 6 \ Соединитель для труб primo rus 25х25 (4-х сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.006.22450.4N100</t>
@@ -10044,51 +10044,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">225.00</t>
+      <t xml:space="preserve">230.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Pr-70 \ Втулка для квадратной трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.070.BL</t>
@@ -10105,96 +10105,96 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для трубы толщиной 0,5-3,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32.20</t>
+      <t xml:space="preserve">32.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-70 \ Втулка (25х25мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.P.070.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55.00</t>
+      <t xml:space="preserve">56.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -10276,51 +10276,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.00</t>
+      <t xml:space="preserve">65.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 18 \ Крепление к плоскости primo rus для труб 25х25 </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.018.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
@@ -10333,51 +10333,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">M4 X 12 \ Винт установочный под шестигранник конец-острый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DIN.914.M4X12.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -10386,51 +10386,51 @@
       <t xml:space="preserve">
 Примечание: Фиксация винтами и саморезами рекомендуется для придания повышенной прочности конструкции. В случае если толщина стенки трубы менее 1,15мм фиксация саморезами обязательна (при помощи установочных винтов М4 или саморезов 4,2мм, предварительно просверлив отверстие в трубе). Продаются только кратно коробкам. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.00</t>
+      <t xml:space="preserve">5.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4,2 X 13 (OCT) \ Саморез с полусфер. гол. и прессшайбой, фосфатированный, острый наконечник</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MTZ.SZ.003.4,2X13.BL</t>
@@ -10443,51 +10443,51 @@
       <t xml:space="preserve">
 Глубина, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Фиксация винтами и саморезами рекомендуется для придания повышенной прочности конструкции. В случае если толщина стенки трубы менее 1,15мм фиксация саморезами обязательна (при помощи установочных винтов М4 или саморезов 4,2мм, предварительно просверлив отверстие в трубе). Продаются только кратно коробкам.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.00</t>
+      <t xml:space="preserve">3.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4,2 X 16 (OCT) \ Саморез с полусфер. гол. и прессшайбой, фосфатированный, острый наконечник</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MTZ.SZ.003.4,2X16.BL</t>
@@ -10500,51 +10500,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Фиксация винтами и саморезами рекомендуется для придания повышенной прочности конструкции. В случае если толщина стенки трубы менее 1,15мм фиксация саморезами обязательна (при помощи установочных винтов М4 или саморезов 4,2мм, предварительно просверлив отверстие в трубе). Продаются только кратно коробкам. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.00</t>
+      <t xml:space="preserve">5.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.016.TR</t>
@@ -10610,51 +10610,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
@@ -10667,51 +10667,51 @@
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.90</t>
+      <t xml:space="preserve">6.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 1 \ Куб демонстрационный primo rus 200х200х200</t>
@@ -10769,51 +10769,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Киянка резиновая, деревянная рукоятка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KNK.001.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -10952,51 +10952,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труборез для резки профильной трубы 25*25мм с толщиной стенки не менее 1мм. Труборез укомплектован режущими ножами PR.RUS.TR-NV.BL- 1 шт, PR.RUS.TR-NN.BL – 2 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительно: https://youtu.be/Gf88xZRnIe0</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">72490.00</t>
+      <t xml:space="preserve">73940.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS.TR-NV \ Нож верхний для трубореза</t>
@@ -11005,51 +11005,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.TR-NV.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Сменный верхний нож -1 шт, для трубореза PR.RUS.TR-Z.BL, для работы трубореза требуется 1 верхний нож.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4418.00</t>
+      <t xml:space="preserve">4506.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11062,51 +11062,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.TR-NN.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Сменный нижний нож – 1 шт, для трубореза PR.RUS.TR-Z.BL, для работы трубореза требуется 2 нижних ножа. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4418.00</t>
+      <t xml:space="preserve">4506.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11123,51 +11123,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пробойник укомплектован матрицей PR.RUS.PR.M.BL -1 шт и пуансоном PR.RUS.PR.P.BL -1 шт </t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительно: https://youtu.be/eYc8Xp_WmzY</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33290.00</t>
+      <t xml:space="preserve">33956.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS.PR \ Сменная матрица пробойника для круглых отверстий</t>
@@ -11176,51 +11176,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.PR.M.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Сменная запасная часть пробойника для отверстий. Материал – сталь </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2610.00</t>
+      <t xml:space="preserve">2662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11233,51 +11233,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.PR.P.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Сменная запасная часть пробойника для отверстий. Материал – сталь </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2610.00</t>
+      <t xml:space="preserve">2662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11290,51 +11290,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.PR2.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ручной пробойник, позволяет пробить отверстие для подвеса, которое позволит вешать ваши изделия на стену, это могут быть полки, зеркала, рамы и т.д. Для работы необходимо зафиксировать на верстаке. Пробойник укомплектован матрицей PR.RUS.PR2.M.BL - 1 шт и пуансоном PR.RUS.PR2.P.BL - 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66920.00</t>
+      <t xml:space="preserve">68258.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -11343,51 +11343,51 @@
       </rPr>
       <t xml:space="preserve">PR-RUS.PR2 \ Сменная матрица пробойника для отверстия под подвес </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.PR2.M.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5240.00</t>
+      <t xml:space="preserve">5345.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -11404,51 +11404,51 @@
       <t xml:space="preserve">
 Артикул: PR.RUS.PR2.P.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Сменная запасная часть пробойника для отверстий. Материал – сталь </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5240.00</t>
+      <t xml:space="preserve">5345.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -11520,51 +11520,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c7507d_c3eb_11ed_876e_ac1f6b40b531_PRRUS220901620MU_012.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23c6_463e_11ed_814d_ac1f6b40b531_PRRUS220224504N100_013.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d2120a_a532_11ec_81b7_ac1f6b40b531_1fm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8567d5f_a532_11ec_81b7_ac1f6b40b531_1fs5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a9a82c_5427_11ec_9747_ac1f6b40b531_1short6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5cf08c_5427_11ec_9747_ac1f6b40b531_1long7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db15ac6d_bc42_11ee_a821_0050569cf81d_PRRUS201M224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d8c721_bc43_11ee_a821_0050569cf81d_PRRUS201S224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302825ea_a533_11ec_81b7_ac1f6b40b531_PRRUS002M901620MU10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17cec93_4d16_11ec_9747_ac1f6b40b531_PRRUS102SB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bdafd3_4d17_11ec_9747_ac1f6b40b531_PRRUS102LB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76a7535_4d16_11ec_9747_ac1f6b40b531_PRRUS102MB13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde2098_a533_11ec_81b7_ac1f6b40b531_PRRUS002S901620MU14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5bab60_a532_11ec_81b7_ac1f6b40b531_PRRUS002L901620MU15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a9ec95_4d36_11ec_9747_ac1f6b40b531_PRRUS103MB16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d08374_4d36_11ec_9747_ac1f6b40b531_PRRUS103SB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73022253_4d36_11ec_9747_ac1f6b40b531_PRRUS102LB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00608b87_a394_11ed_9a8e_ac1f6b40b531_PRRUS104V2224504N10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa2cfc2_b11b_11ed_b698_ac1f6b40b531_PRRUS104V29016MU2520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf2892f_5428_11ec_9747_ac1f6b40b531_PRRUS105B-21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759837cf_5428_11ec_9747_ac1f6b40b531_PRRUS106MB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db9e64c_5428_11ec_9747_ac1f6b40b531_PRRUS106LB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104f366c_5429_11ec_9747_ac1f6b40b531_PRRUS107MB24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2876892_5428_11ec_9747_ac1f6b40b531_PRRUS107SB25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae9744d_5429_11ec_9747_ac1f6b40b531_PRRUS107LB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db9d8ac_542a_11ec_9747_ac1f6b40b531_PRRUS108GLMB27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1a7ccc_5429_11ec_9747_ac1f6b40b531_PRRUS108GLSB28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64d732e_542a_11ec_9747_ac1f6b40b531_PRRUS108GLLB29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4927597_542b_11ec_9747_ac1f6b40b531_PRRUS109MB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b722344c_542b_11ec_9747_ac1f6b40b531_PRRUS109SB31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a3d0c_542c_11ec_9747_ac1f6b40b531_PRRUS109LB32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2ad_463e_11ed_814d_ac1f6b40b531_PRRUS202L224504N10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2b2_463e_11ed_814d_ac1f6b40b531_PRRUS202M224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7a7_463e_11ed_814d_ac1f6b40b531_PRRUS202S224504N10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7ac_463e_11ed_814d_ac1f6b40b531_PRRUS203L224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdb8_463e_11ed_814d_ac1f6b40b531_PRRUS203M224504N10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdbd_463e_11ed_814d_ac1f6b40b531_PRRUS203S224504N10038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364202b1_463e_11ed_814d_ac1f6b40b531_PRRUS205L224504N10039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d23_463e_11ed_814d_ac1f6b40b531_PRRUS205M224504N10040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d28_463e_11ed_814d_ac1f6b40b531_PRRUS205S224504N10041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082d9ce1_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPL224504N10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792261_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPM224504N10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792267_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPS224504N10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac63_463e_11ed_814d_ac1f6b40b531_PRRUS216L224504N10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba72_463e_11ed_814d_ac1f6b40b531_PRRUS216M224504N10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba77_463e_11ed_814d_ac1f6b40b531_PRRUS216S224504N10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703731b9_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vikladky_PRIMO_RUS_PRRUS110M50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95fa0df_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS110L224504N10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2b7660_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111DSP224504N10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ded754_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111GL224504N10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8629b3fb_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_1PRRUS112DSP224504N10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdaa6daf_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113GL224504N10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad0edbf3_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS112GL224504N10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45a5f34_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113DSP224504N10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac5e_463e_11ed_814d_ac1f6b40b531_PRRUS301S224504N10058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac57d_463e_11ed_814d_ac1f6b40b531_PRRUS301M224504N10059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac578_463e_11ed_814d_ac1f6b40b531_PRRUS301L224504N10060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10ca_463e_11ed_814d_ac1f6b40b531_PRRUS302S224504N10061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10c5_463e_11ed_814d_ac1f6b40b531_PRRUS302M224504N10062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5595883a_463e_11ed_814d_ac1f6b40b531_PRRUS302L224504N10063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f3722c_463e_11ed_814d_ac1f6b40b531_PRRUS303M224504N10064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f37227_463e_11ed_814d_ac1f6b40b531_PRRUS303L224504N100-165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23cb_463e_11ed_814d_ac1f6b40b531_PRRUS206L224504N10066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033fed_463e_11ed_814d_ac1f6b40b531_PRRUS206M224504N10067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033ff2_463e_11ed_814d_ac1f6b40b531_PRRUS206S224504N10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6411_463e_11ed_814d_ac1f6b40b531_PRRUS207L224504N10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6416_463e_11ed_814d_ac1f6b40b531_PRRUS207M224504N10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55958835_463e_11ed_814d_ac1f6b40b531_PRRUS207S224504N10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.212.22450.4N10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.213.22450.4N10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.116.22450.4N10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRRUS1169016MU_LOW75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.215.22450.4N10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.214.22450.4N10077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237fa_463e_11ed_814d_ac1f6b40b531_PRRUS218L224504N10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237ff_463e_11ed_814d_ac1f6b40b531_PRRUS218R224504N10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc39c_463e_11ed_814d_ac1f6b40b531_PRRUS304GLS224504N10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc397_463e_11ed_814d_ac1f6b40b531_PRRUS304GLM224504N10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021f1_463e_11ed_814d_ac1f6b40b531_PRRUS304GLL224504N10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64f_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPS224504N10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64a_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPM224504N10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35c2_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPL224504N10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a58c_463e_11ed_814d_ac1f6b40b531_PRRUS305GLS224504N10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a286_463e_11ed_814d_ac1f6b40b531_PRRUS305GLM224504N10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a280_463e_11ed_814d_ac1f6b40b531_PRRUS305GLL224504N10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e9_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFS224504N10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e4_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFM224504N10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0dfb83e_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFL224504N10091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac699474_463e_11ed_814d_ac1f6b40b531_PRRUS306GLS224504N10092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac69946f_463e_11ed_814d_ac1f6b40b531_PRRUS306GLM224504N10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a593_463e_11ed_814d_ac1f6b40b531_PRRUS306GLL224504N10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb905_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPS224504N10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb900_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPM224504N10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f449f766_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPL224504N10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896a_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPL224504N10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896f_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee1_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee6_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPL224504N100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e07_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPM224504N100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e0c_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPS224504N100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cea_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPL224504N100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cef_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPM224504N100105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35bd_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPS224504N100106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecb92_463e_11ed_814d_ac1f6b40b531_PRRUS219GLL224504N100_01107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecbc1_463e_11ed_814d_ac1f6b40b531_PRRUS219GLM224504N100_01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021ec_463e_11ed_814d_ac1f6b40b531_PRRUS219GLS224504N100_01109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11111587_7c43_11ed_81ba_ac1f6b40b531_OD001MV2DSP224504N100110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146530cc_7c43_11ed_81ba_ac1f6b40b531_OD001SV2DSP224504N100111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14653af1_7c43_11ed_81ba_ac1f6b40b531_OD002MV2DSP224504N100112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fc589_7c43_11ed_81ba_ac1f6b40b531_OD002SV2DSP224504N100113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fce8f_7c43_11ed_81ba_ac1f6b40b531_OD003MV3DSP224504N100114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2057fb4a_7c43_11ed_81ba_ac1f6b40b531_OD004MV2DSP224504N100115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20580995_7c43_11ed_81ba_ac1f6b40b531_OD004SV2DSP224504N100116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660daa1_7c43_11ed_81ba_ac1f6b40b531_OD005MV2DSP224504N100117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660e33a_7c43_11ed_81ba_ac1f6b40b531_OD005SV2DSP224504N100118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5b720a_7c43_11ed_81ba_ac1f6b40b531_PRRUS501DSP224504N100119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3256068e_7c43_11ed_81ba_ac1f6b40b531_PRRUS502DSP224504N100120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32560a4d_7c43_11ed_81ba_ac1f6b40b531_PRRUS503DSP224504N100121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385ee61d_7c43_11ed_81ba_ac1f6b40b531_PRRUS504MDSP224504N100122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385eec9a_7c43_11ed_81ba_ac1f6b40b531_PRRUS504SDSP224504N100123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e760dd9_7c43_11ed_81ba_ac1f6b40b531_PRRUS505DSP224504N100124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e4b82_7c43_11ed_81ba_ac1f6b40b531_PRRUS508DSP224504N100125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e431d_7c43_11ed_81ba_ac1f6b40b531_PRRUS507DSP224504N100126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e761438_7c43_11ed_81ba_ac1f6b40b531_PRRUS506DSP224504N100127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a23bca_7c43_11ed_81ba_ac1f6b40b531_PRRUS511DSP224504N100128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700a26_7c43_11ed_81ba_ac1f6b40b531_PRRUS510DSP224504N100129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700401_7c43_11ed_81ba_ac1f6b40b531_PRRUS509DSP224504N100130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e011d687_62e8_11ec_85fc_ac1f6b40b531_tubePrimopost_800_min131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tube132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f23470a_eed7_11eb_80bc_0025902b3cc1_tube133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee42036_38b2_11ed_8de7_ac1f6b40b531_e011d687_62e8_11ec_85fc_ac1f6b40b531_tubeprimopost_800_minresize1.resize2134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7b1a2f_2f57_11e3_baa0_0025902b3cc1_1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tuberesize1.resize2135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2da411f_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25PAL_4.resize2136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ee5dff_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25AL_2.resize2137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643c0e26_16dd_11ec_80bc_0025902b3cc1_PRRUS009AL2138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b54aa5_25cc_11ec_80bc_0025902b3cc1_1139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018e9279_16dd_11ec_80bc_0025902b3cc1_PRRUS008AL-32140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74187d78_16dd_11ec_80bc_0025902b3cc1_PRRUS007AL-2141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bab1c83_16dd_11ec_80bc_0025902b3cc1_PRRUS005AL-1142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23697147_16dd_11ec_80bc_0025902b3cc1_PRRUS006AL-2143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac539ad_16dd_11ec_80bc_0025902b3cc1_PRRUS004AL-2144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c4e727_16dd_11ec_80bc_0025902b3cc1_PRRUS003AL.resize2145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19c7bc3_16dd_11ec_80bc_0025902b3cc1_PRRUS032AL-2146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6fd35a2_16dd_11ec_80bc_0025902b3cc1_PRRUS019AL-2147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e2ebab_16de_11ec_80bc_0025902b3cc1_PRRUS033AL-1148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a1a1881_841c_11ec_81b7_ac1f6b40b531_PRRUS033AL-1149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c848adee_25cc_11ec_80bc_0025902b3cc1_PRRUS035AL150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e99c1f_25cd_11ec_80bc_0025902b3cc1_PRRUS038AL151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013eddcb_25cd_11ec_80bc_0025902b3cc1_PRRUS035224504N100152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458d17a1_25cd_11ec_80bc_0025902b3cc1_PRRUS037AL1153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5e1b33_25cd_11ec_80bc_0025902b3cc1_PRRUS037224504N100154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a603401d_1a12_11ec_80bc_0025902b3cc1_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7720760_1a11_11ec_80bc_0025902b3cc1_su019156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4839830_9ac3_11ec_81b7_ac1f6b40b531_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8640797_25cd_11ec_80bc_0025902b3cc1_PRRUS038224504N100158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d980bf_1a13_11ec_80bc_0025902b3cc1_su005159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee71956_1a13_11ec_80bc_0025902b3cc1_PRRUS009AL22160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900cc909_25cc_11ec_80bc_0025902b3cc1_PRRUS036224504N100161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c7c459_1a13_11ec_80bc_0025902b3cc1_su007162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba83c2e1_1a13_11ec_80bc_0025902b3cc1_su008163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df07d570_1a12_11ec_80bc_0025902b3cc1_su004164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7e0699_1a11_11ec_80bc_0025902b3cc1_su003165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253960ff_1a12_11ec_80bc_0025902b3cc1_su031166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0350aef_1a11_11ec_80bc_0025902b3cc1_su018167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e0766c_2d0d_11e0_99a4_003048f27c5f_DF8732A2_C138_4B95_8934_315D9A87A03F168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f20aaff_1a12_11ec_80bc_0025902b3cc1_su032169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6035d853_1a13_11ec_80bc_0025902b3cc1_su006170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c062e3_a4f1_11e7_93ca_0025902b3cc1_300300171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb021d22_8348_11e8_ade2_0025902b3cc1_PRNP070224504N100172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10492474_1d4f_11e0_99a4_003048f27c5f_5404B42F_2325_498E_BA20_7236D4AAA8DA173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48c5413_16dd_11ec_80bc_0025902b3cc1_PRRUS031AL-1174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9e48c0_16dd_11ec_80bc_0025902b3cc1_PRRUS018AL-1175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9046fcb2_0ca4_11ec_80bc_0025902b3cc1_42d5f1e003278765af07b20a10a199ca176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c255d3_0ca4_11ec_80bc_0025902b3cc1_sam177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f53647b_0ca4_11ec_80bc_0025902b3cc1_sam178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a00a6_1ae2_11ec_80bc_0025902b3cc1_kube182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b3def_2cf7_11ec_80bc_0025902b3cc1_knk800183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6786f6_4b6b_11ec_9747_ac1f6b40b531_MRK_MT_chernyy184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd3a936_4b6b_11ec_9747_ac1f6b40b531_4b6786f6_4b6b_11ec_9747_ac1f6b40b531_mrk_mt_chernyyresize1185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb66772_7a01_11ec_8de2_ac1f6b40b531_truborez_Dlya_profilnoi_trubi_1186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0f0e57_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NVBL187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd82237_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NNBL188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7c0197_9939_11ec_81b7_ac1f6b40b531_dva189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f55a7f6_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRMBL.resize2190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7f705e_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRPBL.resize2191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3a192_ddae_11ec_b147_ac1f6b40b531_PRRUSPR2BL192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafac4c2_9251_11ed_a1f9_ac1f6b40b531_PRRUSPR2MBL.resize2193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5ade90_9252_11ed_a1f9_ac1f6b40b531_PRRUSPR2PBL.resize2194.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c7507d_c3eb_11ed_876e_ac1f6b40b531_PRRUS220901620MU_012.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23c6_463e_11ed_814d_ac1f6b40b531_PRRUS220224504N100_013.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d2120a_a532_11ec_81b7_ac1f6b40b531_1fm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8567d5f_a532_11ec_81b7_ac1f6b40b531_1fs5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a9a82c_5427_11ec_9747_ac1f6b40b531_1short6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5cf08c_5427_11ec_9747_ac1f6b40b531_1long7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db15ac6d_bc42_11ee_a821_0050569cf81d_PRRUS201M224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d8c721_bc43_11ee_a821_0050569cf81d_PRRUS201S224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302825ea_a533_11ec_81b7_ac1f6b40b531_PRRUS002M901620MU10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17cec93_4d16_11ec_9747_ac1f6b40b531_PRRUS102SB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bdafd3_4d17_11ec_9747_ac1f6b40b531_PRRUS102LB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76a7535_4d16_11ec_9747_ac1f6b40b531_PRRUS102MB13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde2098_a533_11ec_81b7_ac1f6b40b531_PRRUS002S901620MU14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5bab60_a532_11ec_81b7_ac1f6b40b531_PRRUS002L901620MU15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a9ec95_4d36_11ec_9747_ac1f6b40b531_PRRUS103MB16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d08374_4d36_11ec_9747_ac1f6b40b531_PRRUS103SB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73022253_4d36_11ec_9747_ac1f6b40b531_PRRUS102LB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa2cfc2_b11b_11ed_b698_ac1f6b40b531_PRRUS104V29016MU2519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00608b87_a394_11ed_9a8e_ac1f6b40b531_PRRUS104V2224504N10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf2892f_5428_11ec_9747_ac1f6b40b531_PRRUS105B-21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759837cf_5428_11ec_9747_ac1f6b40b531_PRRUS106MB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db9e64c_5428_11ec_9747_ac1f6b40b531_PRRUS106LB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104f366c_5429_11ec_9747_ac1f6b40b531_PRRUS107MB24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2876892_5428_11ec_9747_ac1f6b40b531_PRRUS107SB25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae9744d_5429_11ec_9747_ac1f6b40b531_PRRUS107LB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db9d8ac_542a_11ec_9747_ac1f6b40b531_PRRUS108GLMB27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1a7ccc_5429_11ec_9747_ac1f6b40b531_PRRUS108GLSB28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64d732e_542a_11ec_9747_ac1f6b40b531_PRRUS108GLLB29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4927597_542b_11ec_9747_ac1f6b40b531_PRRUS109MB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b722344c_542b_11ec_9747_ac1f6b40b531_PRRUS109SB31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a3d0c_542c_11ec_9747_ac1f6b40b531_PRRUS109LB32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2ad_463e_11ed_814d_ac1f6b40b531_PRRUS202L224504N10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2b2_463e_11ed_814d_ac1f6b40b531_PRRUS202M224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7a7_463e_11ed_814d_ac1f6b40b531_PRRUS202S224504N10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7ac_463e_11ed_814d_ac1f6b40b531_PRRUS203L224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdb8_463e_11ed_814d_ac1f6b40b531_PRRUS203M224504N10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdbd_463e_11ed_814d_ac1f6b40b531_PRRUS203S224504N10038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364202b1_463e_11ed_814d_ac1f6b40b531_PRRUS205L224504N10039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d23_463e_11ed_814d_ac1f6b40b531_PRRUS205M224504N10040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d28_463e_11ed_814d_ac1f6b40b531_PRRUS205S224504N10041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082d9ce1_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPL224504N10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792261_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPM224504N10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792267_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPS224504N10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac63_463e_11ed_814d_ac1f6b40b531_PRRUS216L224504N10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba72_463e_11ed_814d_ac1f6b40b531_PRRUS216M224504N10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba77_463e_11ed_814d_ac1f6b40b531_PRRUS216S224504N10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703731b9_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vikladky_PRIMO_RUS_PRRUS110M50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95fa0df_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS110L224504N10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2b7660_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111DSP224504N10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ded754_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111GL224504N10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8629b3fb_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_1PRRUS112DSP224504N10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdaa6daf_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113GL224504N10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad0edbf3_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS112GL224504N10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45a5f34_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113DSP224504N10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac5e_463e_11ed_814d_ac1f6b40b531_PRRUS301S224504N10058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac57d_463e_11ed_814d_ac1f6b40b531_PRRUS301M224504N10059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac578_463e_11ed_814d_ac1f6b40b531_PRRUS301L224504N10060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10ca_463e_11ed_814d_ac1f6b40b531_PRRUS302S224504N10061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10c5_463e_11ed_814d_ac1f6b40b531_PRRUS302M224504N10062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5595883a_463e_11ed_814d_ac1f6b40b531_PRRUS302L224504N10063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f3722c_463e_11ed_814d_ac1f6b40b531_PRRUS303M224504N10064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f37227_463e_11ed_814d_ac1f6b40b531_PRRUS303L224504N100-165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23cb_463e_11ed_814d_ac1f6b40b531_PRRUS206L224504N10066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033fed_463e_11ed_814d_ac1f6b40b531_PRRUS206M224504N10067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033ff2_463e_11ed_814d_ac1f6b40b531_PRRUS206S224504N10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6411_463e_11ed_814d_ac1f6b40b531_PRRUS207L224504N10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6416_463e_11ed_814d_ac1f6b40b531_PRRUS207M224504N10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55958835_463e_11ed_814d_ac1f6b40b531_PRRUS207S224504N10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.212.22450.4N10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.213.22450.4N10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.116.22450.4N10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRRUS1169016MU_LOW75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.215.22450.4N10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.214.22450.4N10077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237fa_463e_11ed_814d_ac1f6b40b531_PRRUS218L224504N10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237ff_463e_11ed_814d_ac1f6b40b531_PRRUS218R224504N10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc39c_463e_11ed_814d_ac1f6b40b531_PRRUS304GLS224504N10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc397_463e_11ed_814d_ac1f6b40b531_PRRUS304GLM224504N10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021f1_463e_11ed_814d_ac1f6b40b531_PRRUS304GLL224504N10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64f_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPS224504N10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64a_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPM224504N10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35c2_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPL224504N10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a58c_463e_11ed_814d_ac1f6b40b531_PRRUS305GLS224504N10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a286_463e_11ed_814d_ac1f6b40b531_PRRUS305GLM224504N10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a280_463e_11ed_814d_ac1f6b40b531_PRRUS305GLL224504N10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e9_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFS224504N10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e4_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFM224504N10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0dfb83e_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFL224504N10091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac699474_463e_11ed_814d_ac1f6b40b531_PRRUS306GLS224504N10092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac69946f_463e_11ed_814d_ac1f6b40b531_PRRUS306GLM224504N10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a593_463e_11ed_814d_ac1f6b40b531_PRRUS306GLL224504N10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb905_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPS224504N10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb900_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPM224504N10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f449f766_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPL224504N10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896a_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPL224504N10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896f_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee1_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee6_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPL224504N100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e07_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPM224504N100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e0c_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPS224504N100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cea_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPL224504N100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cef_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPM224504N100105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35bd_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPS224504N100106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecb92_463e_11ed_814d_ac1f6b40b531_PRRUS219GLL224504N100_01107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecbc1_463e_11ed_814d_ac1f6b40b531_PRRUS219GLM224504N100_01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021ec_463e_11ed_814d_ac1f6b40b531_PRRUS219GLS224504N100_01109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11111587_7c43_11ed_81ba_ac1f6b40b531_OD001MV2DSP224504N100110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146530cc_7c43_11ed_81ba_ac1f6b40b531_OD001SV2DSP224504N100111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14653af1_7c43_11ed_81ba_ac1f6b40b531_OD002MV2DSP224504N100112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fc589_7c43_11ed_81ba_ac1f6b40b531_OD002SV2DSP224504N100113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fce8f_7c43_11ed_81ba_ac1f6b40b531_OD003MV3DSP224504N100114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2057fb4a_7c43_11ed_81ba_ac1f6b40b531_OD004MV2DSP224504N100115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20580995_7c43_11ed_81ba_ac1f6b40b531_OD004SV2DSP224504N100116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660daa1_7c43_11ed_81ba_ac1f6b40b531_OD005MV2DSP224504N100117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660e33a_7c43_11ed_81ba_ac1f6b40b531_OD005SV2DSP224504N100118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5b720a_7c43_11ed_81ba_ac1f6b40b531_PRRUS501DSP224504N100119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3256068e_7c43_11ed_81ba_ac1f6b40b531_PRRUS502DSP224504N100120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32560a4d_7c43_11ed_81ba_ac1f6b40b531_PRRUS503DSP224504N100121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385ee61d_7c43_11ed_81ba_ac1f6b40b531_PRRUS504MDSP224504N100122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385eec9a_7c43_11ed_81ba_ac1f6b40b531_PRRUS504SDSP224504N100123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e760dd9_7c43_11ed_81ba_ac1f6b40b531_PRRUS505DSP224504N100124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e4b82_7c43_11ed_81ba_ac1f6b40b531_PRRUS508DSP224504N100125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e431d_7c43_11ed_81ba_ac1f6b40b531_PRRUS507DSP224504N100126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e761438_7c43_11ed_81ba_ac1f6b40b531_PRRUS506DSP224504N100127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a23bca_7c43_11ed_81ba_ac1f6b40b531_PRRUS511DSP224504N100128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700a26_7c43_11ed_81ba_ac1f6b40b531_PRRUS510DSP224504N100129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700401_7c43_11ed_81ba_ac1f6b40b531_PRRUS509DSP224504N100130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e011d687_62e8_11ec_85fc_ac1f6b40b531_tubePrimopost_800_min131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tube132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f23470a_eed7_11eb_80bc_0025902b3cc1_tube133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee42036_38b2_11ed_8de7_ac1f6b40b531_e011d687_62e8_11ec_85fc_ac1f6b40b531_tubeprimopost_800_minresize1.resize2134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7b1a2f_2f57_11e3_baa0_0025902b3cc1_1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tuberesize1.resize2135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2da411f_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25PAL_4.resize2136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ee5dff_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25AL_2.resize2137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643c0e26_16dd_11ec_80bc_0025902b3cc1_PRRUS009AL2138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b54aa5_25cc_11ec_80bc_0025902b3cc1_1139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018e9279_16dd_11ec_80bc_0025902b3cc1_PRRUS008AL-32140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74187d78_16dd_11ec_80bc_0025902b3cc1_PRRUS007AL-2141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bab1c83_16dd_11ec_80bc_0025902b3cc1_PRRUS005AL-1142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23697147_16dd_11ec_80bc_0025902b3cc1_PRRUS006AL-2143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac539ad_16dd_11ec_80bc_0025902b3cc1_PRRUS004AL-2144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c4e727_16dd_11ec_80bc_0025902b3cc1_PRRUS003AL.resize2145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19c7bc3_16dd_11ec_80bc_0025902b3cc1_PRRUS032AL-2146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6fd35a2_16dd_11ec_80bc_0025902b3cc1_PRRUS019AL-2147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e2ebab_16de_11ec_80bc_0025902b3cc1_PRRUS033AL-1148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a1a1881_841c_11ec_81b7_ac1f6b40b531_PRRUS033AL-1149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c848adee_25cc_11ec_80bc_0025902b3cc1_PRRUS035AL150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e99c1f_25cd_11ec_80bc_0025902b3cc1_PRRUS038AL151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013eddcb_25cd_11ec_80bc_0025902b3cc1_PRRUS035224504N100152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458d17a1_25cd_11ec_80bc_0025902b3cc1_PRRUS037AL1153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5e1b33_25cd_11ec_80bc_0025902b3cc1_PRRUS037224504N100154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7720760_1a11_11ec_80bc_0025902b3cc1_su019155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a603401d_1a12_11ec_80bc_0025902b3cc1_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4839830_9ac3_11ec_81b7_ac1f6b40b531_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8640797_25cd_11ec_80bc_0025902b3cc1_PRRUS038224504N100158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d980bf_1a13_11ec_80bc_0025902b3cc1_su005159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee71956_1a13_11ec_80bc_0025902b3cc1_PRRUS009AL22160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900cc909_25cc_11ec_80bc_0025902b3cc1_PRRUS036224504N100161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c7c459_1a13_11ec_80bc_0025902b3cc1_su007162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba83c2e1_1a13_11ec_80bc_0025902b3cc1_su008163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df07d570_1a12_11ec_80bc_0025902b3cc1_su004164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7e0699_1a11_11ec_80bc_0025902b3cc1_su003165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253960ff_1a12_11ec_80bc_0025902b3cc1_su031166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0350aef_1a11_11ec_80bc_0025902b3cc1_su018167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e0766c_2d0d_11e0_99a4_003048f27c5f_DF8732A2_C138_4B95_8934_315D9A87A03F168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f20aaff_1a12_11ec_80bc_0025902b3cc1_su032169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6035d853_1a13_11ec_80bc_0025902b3cc1_su006170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c062e3_a4f1_11e7_93ca_0025902b3cc1_300300171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb021d22_8348_11e8_ade2_0025902b3cc1_PRNP070224504N100172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10492474_1d4f_11e0_99a4_003048f27c5f_5404B42F_2325_498E_BA20_7236D4AAA8DA173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48c5413_16dd_11ec_80bc_0025902b3cc1_PRRUS031AL-1174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9e48c0_16dd_11ec_80bc_0025902b3cc1_PRRUS018AL-1175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9046fcb2_0ca4_11ec_80bc_0025902b3cc1_42d5f1e003278765af07b20a10a199ca176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c255d3_0ca4_11ec_80bc_0025902b3cc1_sam177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f53647b_0ca4_11ec_80bc_0025902b3cc1_sam178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a00a6_1ae2_11ec_80bc_0025902b3cc1_kube182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b3def_2cf7_11ec_80bc_0025902b3cc1_knk800183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6786f6_4b6b_11ec_9747_ac1f6b40b531_MRK_MT_chernyy184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd3a936_4b6b_11ec_9747_ac1f6b40b531_4b6786f6_4b6b_11ec_9747_ac1f6b40b531_mrk_mt_chernyyresize1185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb66772_7a01_11ec_8de2_ac1f6b40b531_truborez_Dlya_profilnoi_trubi_1186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0f0e57_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NVBL187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd82237_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NNBL188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7c0197_9939_11ec_81b7_ac1f6b40b531_dva189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f55a7f6_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRMBL.resize2190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7f705e_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRPBL.resize2191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3a192_ddae_11ec_b147_ac1f6b40b531_PRRUSPR2BL192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafac4c2_9251_11ed_a1f9_ac1f6b40b531_PRRUSPR2MBL.resize2193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5ade90_9252_11ed_a1f9_ac1f6b40b531_PRRUSPR2PBL.resize2194.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -17684,51 +17684,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.09.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -17768,51 +17768,51 @@
             <t xml:space="preserve">
 Глубина, мм: 478</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки, решетка и кронштейны - в комплекте. Цвет полки из ДСП необходимо выбрать. Макс. нагрузка на кронштейн 7кг, на полку 20кг. Стенд поставляется в разобранном виде</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28170.00</t>
+            <t xml:space="preserve">28733.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 220  \ Стенд пристенный для торгового зала  1876х478х2470мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.220.22450.4N100</t>
           </r>
@@ -17832,51 +17832,51 @@
             <t xml:space="preserve">
 Глубина, мм: 478</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полки, решетка и кронштейны - в комплекте. Цвет полки из ДСП необходимо выбрать. Макс. нагрузка на кронштейн 7кг, на полку 20кг. Стенд поставляется в разобранном виде</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26828.00</t>
+            <t xml:space="preserve">27365.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 101M \ Стойка F-образная PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17898,51 +17898,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global белый муар. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка на 1 паз 15 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2550.00</t>
+            <t xml:space="preserve">2601.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 101S \Стойка F-образная PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.101.S.9016.20.MU</t>
           </r>
@@ -17962,51 +17962,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global белый муар. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2350.00</t>
+            <t xml:space="preserve">2397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 101S \ Стойка F-образная PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18028,51 +18028,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global черная шагрень. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка 20 кг на полку/штангу.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2150.00</t>
+            <t xml:space="preserve">2193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 101M \ Стойка F-образная PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.101.M.22450.4N100</t>
           </r>
@@ -18092,51 +18092,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Навесные элементы используются из серии Global черная шагрень. Ножки поставляются в комплекте со стойкой. Допустимая распределенная нагрузка на 1 паз 15 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2399.00</t>
+            <t xml:space="preserve">2447.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 201M \ Стойка F-образная без перфорации 380х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18154,51 +18154,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2450.00</t>
+            <t xml:space="preserve">2499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 201S \ Стойка F-образная без перфорации 380х1790мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.201.S.22450.4N100</t>
           </r>
@@ -18214,51 +18214,51 @@
             <t xml:space="preserve">
 Высота, мм: 1790</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2250.00</t>
+            <t xml:space="preserve">2295.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102M \  Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18284,51 +18284,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4135.00</t>
+            <t xml:space="preserve">4218.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.102.S.22450.4N100</t>
           </r>
@@ -18352,51 +18352,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3965.00</t>
+            <t xml:space="preserve">4044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18422,51 +18422,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4315.00</t>
+            <t xml:space="preserve">4401.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102M \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.102.M.22450.4N100</t>
           </r>
@@ -18490,51 +18490,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4140.00</t>
+            <t xml:space="preserve">4223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102S \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18560,51 +18560,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3999.00</t>
+            <t xml:space="preserve">4079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 102L \ Вешало напольное с выносом PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.102.L.9016.20.MU</t>
           </r>
@@ -18628,51 +18628,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4315.00</t>
+            <t xml:space="preserve">4401.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 103M \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18698,51 +18698,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3755.00</t>
+            <t xml:space="preserve">3830.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 103S \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.103.S.22450.4N100</t>
           </r>
@@ -18766,51 +18766,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3565.00</t>
+            <t xml:space="preserve">3636.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 103L \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18836,189 +18836,189 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3915.00</t>
+            <t xml:space="preserve">3993.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
-[...7 lines deleted...]
-Цвет: черный муар</t>
+            <t xml:space="preserve">PR-RUS 104 \ Вешало Т-образное 600х500х1500h</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.104.V2.9016MU.25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3050.00</t>
+            <t xml:space="preserve">3106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 104 \ Вешало Т-образное 600х500х1500h</t>
-[...7 lines deleted...]
-Цвет: белый муар</t>
+            <t xml:space="preserve">PR-RUS 104 \ Вешало напольное Т-образное </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.104.V2.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3045.00</t>
+            <t xml:space="preserve">3111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 105 \ Вешало напольное четырехрожковое </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.105.22450.4N100</t>
           </r>
@@ -19042,51 +19042,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8420.00</t>
+            <t xml:space="preserve">8588.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 106M \ Вешало напольное двурядное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19112,51 +19112,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9630.00</t>
+            <t xml:space="preserve">9823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 106L \ Вешало напольное двурядное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.106.L.22450.4N100</t>
           </r>
@@ -19180,51 +19180,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9920.00</t>
+            <t xml:space="preserve">10118.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 107M \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19250,51 +19250,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6340.00</t>
+            <t xml:space="preserve">6467.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 107S \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.107.S.22450.4N100</t>
           </r>
@@ -19318,51 +19318,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6230.00</t>
+            <t xml:space="preserve">6355.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 107L \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19388,51 +19388,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6470.00</t>
+            <t xml:space="preserve">6599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 108GLM \ Вешало напольное с полками PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.108.GL.M.22450.4N100</t>
           </r>
@@ -19456,51 +19456,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт. поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6702.00</t>
+            <t xml:space="preserve">6836.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 108GLS \ Вешало напольное с полками PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19526,51 +19526,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6601.00</t>
+            <t xml:space="preserve">6733.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 108GLL \ Вешало напольное с полками PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.108.GL.L.22450.4N100</t>
           </r>
@@ -19594,51 +19594,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Стеклянные полки  409 х 554мм в количестве 3 шт.  поставляются в комплекте с вешалом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6802.00</t>
+            <t xml:space="preserve">6938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 109M \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19664,51 +19664,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9020.00</t>
+            <t xml:space="preserve">9200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 109S \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.109.S.22450.4N100</t>
           </r>
@@ -19732,51 +19732,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8830.00</t>
+            <t xml:space="preserve">9007.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 109L \ Вешало напольное PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19802,51 +19802,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9230.00</t>
+            <t xml:space="preserve">9415.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 202L \ Модуль пристенный 1233х380х1790мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.202.L.22450.4N100</t>
           </r>
@@ -19866,51 +19866,51 @@
             <t xml:space="preserve">
 Высота, мм: 1790</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4622.00</t>
+            <t xml:space="preserve">4714.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 202M \ Модуль пристенный 933х380х1790мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19932,51 +19932,51 @@
             <t xml:space="preserve">
 Высота, мм: 1790</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4599.00</t>
+            <t xml:space="preserve">4691.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 202S \ Модуль пристенный 633х380х1790мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.202.S.22450.4N100</t>
           </r>
@@ -19996,51 +19996,51 @@
             <t xml:space="preserve">
 Высота, мм: 1790</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4542.00</t>
+            <t xml:space="preserve">4633.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 203L \ Модуль пристенный высокий 1233х380х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20062,51 +20062,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5110.00</t>
+            <t xml:space="preserve">5212.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 203M \ Модуль пристенный высокий 933х380х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.203.M.22450.4N100</t>
           </r>
@@ -20126,51 +20126,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5022.00</t>
+            <t xml:space="preserve">5122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 203S \ Модуль пристенный высокий 633х380х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20192,51 +20192,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4945.00</t>
+            <t xml:space="preserve">5044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 205L \ Рама пристенная высокая 1233х150х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.205.L.22450.4N100</t>
           </r>
@@ -20256,51 +20256,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6185.00</t>
+            <t xml:space="preserve">6309.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 205M \ Рама пристенная высокая 933х150х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20322,51 +20322,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6013.40</t>
+            <t xml:space="preserve">6134.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 205S \ Рама пристенная высокая 633х150х2540мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.205.S.22450.4N100</t>
           </r>
@@ -20386,51 +20386,51 @@
             <t xml:space="preserve">
 Высота, мм: 2540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5850.00</t>
+            <t xml:space="preserve">5967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 211DSP.L \ Подиум ЛДСП 1180х450х116мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20444,51 +20444,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 116</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3780.00</t>
+            <t xml:space="preserve">3856.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 211DSP.M \ Подиум ЛДСП 880х450х116мм</t>
           </r>
@@ -20504,51 +20504,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 116</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3580.00</t>
+            <t xml:space="preserve">3652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -20566,51 +20566,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 116</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2870.00</t>
+            <t xml:space="preserve">2927.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 216L \ Решетка с креплениями к стене 1000х1000мм</t>
           </r>
@@ -20626,51 +20626,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6056.00</t>
+            <t xml:space="preserve">6177.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -20688,51 +20688,51 @@
             <t xml:space="preserve">
 Ширина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5306.00</t>
+            <t xml:space="preserve">5412.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 216S \ Решетка с креплениями к стене 400х1000мм</t>
           </r>
@@ -20748,51 +20748,51 @@
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3259.00</t>
+            <t xml:space="preserve">3324.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -20818,51 +20818,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSN 292-S-BL \ Крючок одинарный на решетку (L-200, d-5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DSN.292S.9005.MU</t>
           </r>
@@ -20882,51 +20882,51 @@
             <t xml:space="preserve">
 Ширина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.00</t>
+            <t xml:space="preserve">38.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 110M \ Стол для выкладки PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20952,51 +20952,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1 шт. в комплекте. Цвет полки из ДСП – необходимо выбрать. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10820.00</t>
+            <t xml:space="preserve">11036.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 110L \ Стол для выкладки PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.110.L.22450.4N100</t>
           </r>
@@ -21020,51 +21020,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1 шт. в комплекте. Цвет полки из ДСП – необходимо выбрать. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11999.00</t>
+            <t xml:space="preserve">12239.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 111DSP \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -21090,51 +21090,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7899.00</t>
+            <t xml:space="preserve">8057.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 111GL \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.111.GL.22450.4N100</t>
           </r>
@@ -21158,51 +21158,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7910.00</t>
+            <t xml:space="preserve">8068.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 112DSP \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -21228,51 +21228,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6232.00</t>
+            <t xml:space="preserve">6357.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 113GL \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.113.GL.22450.4N100</t>
           </r>
@@ -21296,51 +21296,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 2 шт. в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8550.00</t>
+            <t xml:space="preserve">8721.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 112GL \  Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -21366,51 +21366,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Полка стеклянная – 1шт. в комплекте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6200.00</t>
+            <t xml:space="preserve">6324.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 113DSP \ Стол демонстрационный PRIMO RUS </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.113.DSP.22450.4N100</t>
           </r>
@@ -21434,101 +21434,101 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде. Цвет полки из ДСП – необходимо выбрать.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8099.00</t>
+            <t xml:space="preserve">8261.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.301.S \ Кронштейн настенный L-150мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.301.S.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">236.00</t>
+            <t xml:space="preserve">241.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -21544,51 +21544,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.301.M.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">261.00</t>
+            <t xml:space="preserve">266.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -21606,51 +21606,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.301.L.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">286.00</t>
+            <t xml:space="preserve">292.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -21674,51 +21674,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">526.00</t>
+            <t xml:space="preserve">537.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -21736,51 +21736,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">800.00</t>
+            <t xml:space="preserve">816.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.302.L \ Штанга настенная 1200х350х25мм</t>
           </r>
@@ -21796,51 +21796,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">875.00</t>
+            <t xml:space="preserve">893.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -21858,51 +21858,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">626.00</t>
+            <t xml:space="preserve">639.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.303.L \ Штанга настенная с крючками 900х150х25мм</t>
           </r>
@@ -21918,51 +21918,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">701.00</t>
+            <t xml:space="preserve">715.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -21980,51 +21980,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1233</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 206M \ Штанга из квадратной трубы 933х25х25мм</t>
           </r>
@@ -22040,51 +22040,51 @@
             <t xml:space="preserve">
 Ширина, мм: 933</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">572.00</t>
+            <t xml:space="preserve">583.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -22102,51 +22102,51 @@
             <t xml:space="preserve">
 Ширина, мм: 633</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">492.00</t>
+            <t xml:space="preserve">502.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 207L \ Штанга п-образная 1233х350х25мм</t>
           </r>
@@ -22162,51 +22162,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1233</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1485.00</t>
+            <t xml:space="preserve">1515.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -22224,51 +22224,51 @@
             <t xml:space="preserve">
 Ширина, мм: 933</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1399.00</t>
+            <t xml:space="preserve">1427.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 207S \ Штанга п-образная 633х350х25мм</t>
           </r>
@@ -22284,51 +22284,51 @@
             <t xml:space="preserve">
 Ширина, мм: 633</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1320.00</t>
+            <t xml:space="preserve">1346.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -22346,51 +22346,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">381.00</t>
+            <t xml:space="preserve">389.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 213 \ Кронштейн прямой 300мм</t>
           </r>
@@ -22406,51 +22406,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">395.00</t>
+            <t xml:space="preserve">403.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -22480,51 +22480,51 @@
             <t xml:space="preserve">
 Картинка анонса: 8070473</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25Х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">650.00</t>
+            <t xml:space="preserve">663.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 116 \ Кронштейн прямой двухсторонний 450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.116.9016.20.MU</t>
           </r>
@@ -22544,51 +22544,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Устанавливается на трубу 25Х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">665.00</t>
+            <t xml:space="preserve">678.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 215 \ Кронштейн г-образный 250мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -22602,51 +22602,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">633.00</t>
+            <t xml:space="preserve">646.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 214 \ Кронштейн прямой двусторонний 530мм</t>
           </r>
@@ -22662,51 +22662,51 @@
             <t xml:space="preserve">
 Глубина, мм: 530</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">674.00</t>
+            <t xml:space="preserve">687.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -22724,51 +22724,51 @@
             <t xml:space="preserve">
 Ширина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">630.00</t>
+            <t xml:space="preserve">643.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 218R \ Полка под обувь правая 250х100мм</t>
           </r>
@@ -22784,51 +22784,51 @@
             <t xml:space="preserve">
 Ширина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">630.00</t>
+            <t xml:space="preserve">643.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -22846,51 +22846,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1973.00</t>
+            <t xml:space="preserve">2012.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.304.GL.M \ Полка настенная двойная Стекло 900х350х400мм</t>
           </r>
@@ -22906,51 +22906,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2394.00</t>
+            <t xml:space="preserve">2442.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -22968,51 +22968,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2910.00</t>
+            <t xml:space="preserve">2968.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.304.DSP.S \ Полка настенная двойная ДСП 600х350х400мм</t>
           </r>
@@ -23024,51 +23024,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2004.00</t>
+            <t xml:space="preserve">2044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -23086,51 +23086,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2431.00</t>
+            <t xml:space="preserve">2480.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -23146,51 +23146,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2907.00</t>
+            <t xml:space="preserve">2965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -23212,51 +23212,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 131</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1650.00</t>
+            <t xml:space="preserve">1683.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.305.GL.M \ Полка настенная со штангой Стекло 900х350х131мм</t>
           </r>
@@ -23272,51 +23272,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 131</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1865.00</t>
+            <t xml:space="preserve">1902.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -23334,51 +23334,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 131</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2079.00</t>
+            <t xml:space="preserve">2121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.305.DSP.S \ Полка настенная со штангой ДСП 600х350х141мм</t>
           </r>
@@ -23390,51 +23390,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 141</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1869.00</t>
+            <t xml:space="preserve">1906.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -23452,51 +23452,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 141</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2155.00</t>
+            <t xml:space="preserve">2198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -23512,51 +23512,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 141</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2441.00</t>
+            <t xml:space="preserve">2490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -23578,51 +23578,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 31</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1205.00</t>
+            <t xml:space="preserve">1229.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.306.GL.M \ Полка настенная Стекло 900х345х31мм</t>
           </r>
@@ -23638,51 +23638,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 31</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1494.00</t>
+            <t xml:space="preserve">1524.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -23700,51 +23700,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 31</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1841.00</t>
+            <t xml:space="preserve">1878.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.306.DSP.S \ Полка настенная ДСП 600х345х41мм</t>
           </r>
@@ -23756,51 +23756,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 41</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1521.00</t>
+            <t xml:space="preserve">1551.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -23818,51 +23818,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 41</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1784.00</t>
+            <t xml:space="preserve">1820.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -23878,51 +23878,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 41</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2185.00</t>
+            <t xml:space="preserve">2229.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -23940,51 +23940,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1183</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3592.00</t>
+            <t xml:space="preserve">3664.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -24000,51 +24000,51 @@
             <t xml:space="preserve">
 Ширина, мм: 883</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3042.00</t>
+            <t xml:space="preserve">3103.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -24062,51 +24062,51 @@
             <t xml:space="preserve">
 Ширина, мм: 583</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2783.00</t>
+            <t xml:space="preserve">2839.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -24122,51 +24122,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1183</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5099.00</t>
+            <t xml:space="preserve">5201.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -24184,51 +24184,51 @@
             <t xml:space="preserve">
 Ширина, мм: 833</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4451.00</t>
+            <t xml:space="preserve">4540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -24244,51 +24244,51 @@
             <t xml:space="preserve">
 Ширина, мм: 583</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4081.00</t>
+            <t xml:space="preserve">4163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -24310,51 +24310,51 @@
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3751.00</t>
+            <t xml:space="preserve">3826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 210DSP.M \ Полка ЛДСП в раме 883х450х25мм</t>
           </r>
@@ -24370,51 +24370,51 @@
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3177.00</t>
+            <t xml:space="preserve">3241.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -24432,51 +24432,51 @@
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2891.00</t>
+            <t xml:space="preserve">2949.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.219.GL.L \ Полка стекло в стойку </t>
           </r>
@@ -24492,51 +24492,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3551.00</t>
+            <t xml:space="preserve">3622.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="4"/>
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -24554,51 +24554,51 @@
             <t xml:space="preserve">
 Ширина, мм: 880</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3390.00</t>
+            <t xml:space="preserve">3458.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.219.GL.S \ Полка стекло в стойку </t>
           </r>
@@ -24614,51 +24614,51 @@
             <t xml:space="preserve">
 Ширина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2950.00</t>
+            <t xml:space="preserve">3009.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -24680,51 +24680,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1073.00</t>
+            <t xml:space="preserve">1094.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.001.S \ Полка настенная прямая 600х200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.001.S.V2.DSP.22450.4N100</t>
           </r>
@@ -24740,51 +24740,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">832.00</t>
+            <t xml:space="preserve">849.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="4"/>
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.002.M \ Полка настенная прямая 970х300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -24798,51 +24798,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1474.00</t>
+            <t xml:space="preserve">1503.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.002.S \ Полка настенная прямая 970х200мм</t>
           </r>
@@ -24870,51 +24870,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 970</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1135.00</t>
+            <t xml:space="preserve">1158.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="4"/>
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.003.M \ Полка настенная ступенчатая 970х300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -24936,51 +24936,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1930.00</t>
+            <t xml:space="preserve">1969.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.004.M \ Полка настенная двухъярусная 800х300x500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.004.M.V2.DSP.22450.4N100</t>
           </r>
@@ -25000,51 +25000,51 @@
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3327.00</t>
+            <t xml:space="preserve">3394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="4"/>
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.004.S \ Полка настенная двухъярусная 600х300x500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -25066,51 +25066,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2970.00</t>
+            <t xml:space="preserve">3029.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.005.M \ Полка настенная двухъярусная с ограничителями 800х300x500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.005.M.V2.DSP.22450.4N100</t>
           </r>
@@ -25130,51 +25130,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3464.00</t>
+            <t xml:space="preserve">3533.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="4"/>
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.005.S \ Полка настенная двухъярусная с ограничителями 600х300x500мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -25196,51 +25196,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3106.00</t>
+            <t xml:space="preserve">3168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.501 \ Тумба с полкой 400x400x450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.501.DSP.22450.4N100</t>
           </r>
@@ -25256,51 +25256,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3552.00</t>
+            <t xml:space="preserve">3623.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="4"/>
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.502 \ Тумба с двумя полками 400x400x450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -25318,51 +25318,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3631.00</t>
+            <t xml:space="preserve">3704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.503 \ Тумба с увеличенной полкой 200x400x450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.503.DSP.22450.4N100</t>
           </r>
@@ -25378,51 +25378,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3693.00</t>
+            <t xml:space="preserve">3767.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="4"/>
       <c r="B67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.504.M \ Тумба открытая 500х500х550мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -25440,51 +25440,51 @@
             <t xml:space="preserve">
 Высота, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3750.00</t>
+            <t xml:space="preserve">3825.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.504.S \ Тумба открытая 400х400х550мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.504.S.DSP.22450.4N100</t>
           </r>
@@ -25500,51 +25500,51 @@
             <t xml:space="preserve">
 Высота, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3088.00</t>
+            <t xml:space="preserve">3150.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="4"/>
       <c r="B68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.505 \ Стол с полкой 900х500х750мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -25562,51 +25562,51 @@
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5766.00</t>
+            <t xml:space="preserve">5881.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.508 \ Столик журнальный с полкой 900х500х450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.508.DSP.22450.4N100</t>
           </r>
@@ -25622,51 +25622,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4510.00</t>
+            <t xml:space="preserve">4600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="4"/>
       <c r="B69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.507 \ Столик журнальный с полкой 900х500х450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -25684,51 +25684,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4841.00</t>
+            <t xml:space="preserve">4938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.506 \ Столик журнальный с полкой 800х500х450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.506.DSP.22450.4N100</t>
           </r>
@@ -25744,51 +25744,51 @@
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5245.00</t>
+            <t xml:space="preserve">5350.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="4"/>
       <c r="B70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.511 \ Стеллаж 900х400х1850мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -25806,51 +25806,51 @@
             <t xml:space="preserve">
 Высота, мм: 1850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12030.00</t>
+            <t xml:space="preserve">12271.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.510 \ Стеллаж 900х400х1850мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.510.DSP.22450.4N100</t>
           </r>
@@ -25866,51 +25866,51 @@
             <t xml:space="preserve">
 Высота, мм: 1850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12135.00</t>
+            <t xml:space="preserve">12378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="4"/>
       <c r="B71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR.RUS.509 \ Стеллаж с накопителем 900х400х1850мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -25928,51 +25928,51 @@
             <t xml:space="preserve">
 Высота, мм: 1850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15990.00</t>
+            <t xml:space="preserve">16310.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Труба х/к 25х25х1,15 калиброванная (3000)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MTT.616.3000.22450.4N100</t>
           </r>
@@ -25988,51 +25988,51 @@
             <t xml:space="preserve">
 Толщина, мм: 1,15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">760.00</t>
+            <t xml:space="preserve">775.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="4"/>
       <c r="B72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Труба х/к 25х25х1,15 калиброванная (3000)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -26050,51 +26050,51 @@
             <t xml:space="preserve">
 Толщина, мм: 1,15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">510.00</t>
+            <t xml:space="preserve">520.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C72" s="4"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Труба х/к 25х25х1,15 калиброванная (6000)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MTT.616.6000.NM</t>
           </r>
@@ -26110,51 +26110,51 @@
             <t xml:space="preserve">
 Толщина, мм: 1,15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 6000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">850.00</t>
+            <t xml:space="preserve">867.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="4"/>
       <c r="B73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Труба х/к 25х25х1,1 калиброванная (3000)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -26236,51 +26236,51 @@
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: неокрашенный металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">340.00</t>
+            <t xml:space="preserve">347.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="4"/>
       <c r="B74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Профиль алюминиевый под полку</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -26428,51 +26428,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">117.00</t>
+            <t xml:space="preserve">119.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C75" s="4"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 36 \ Соединитель торцевой primo rus</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.036.AL</t>
           </r>
@@ -26480,51 +26480,51 @@
             <t xml:space="preserve">
 Цвет: алюминий сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61.00</t>
+            <t xml:space="preserve">62.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="4"/>
       <c r="B76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -26550,51 +26550,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">149.00</t>
+            <t xml:space="preserve">152.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C76" s="4"/>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 7  \ Соединитель для труб primo rus 25х25 (3-х сторонний)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.007.AL</t>
           </r>
@@ -26610,51 +26610,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="4"/>
       <c r="B77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 5 \ Соединитель для труб primo rus 25х25 (4-х сторонний)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -26672,51 +26672,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">179.00</t>
+            <t xml:space="preserve">183.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C77" s="4"/>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 6 \ Соединитель для труб primo rus 25х25 (4-х сторонний)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.006.AL</t>
           </r>
@@ -26732,51 +26732,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">167.00</t>
+            <t xml:space="preserve">170.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="4"/>
       <c r="B78" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 4 \ Соединитель для труб primo rus 25х25 (5-ти сторонний)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -26794,51 +26794,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">184.00</t>
+            <t xml:space="preserve">188.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C78" s="4"/>
       <c r="D78" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 3 \ Соединитель для труб primo rus 25х25 (6-ти сторонний)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.003.AL</t>
           </r>
@@ -26854,51 +26854,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">216.00</t>
+            <t xml:space="preserve">220.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="4"/>
       <c r="B79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 32 \ Соединитель для труб primo rus 25х25 накладной (3-х сторонний)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -26916,51 +26916,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">137.00</t>
+            <t xml:space="preserve">140.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C79" s="4"/>
       <c r="D79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 19 \ Заглушка для трубы primo rus 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.019.AL</t>
           </r>
@@ -26976,51 +26976,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="4"/>
       <c r="B80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 33 \ Полкодержатель под саморез primo rus</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -27030,51 +27030,51 @@
             <t xml:space="preserve">
 Цвет: алюминий сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Диаметр отверстия под саморез 3,8мм. Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.00</t>
+            <t xml:space="preserve">16.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C80" s="4"/>
       <c r="D80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -27090,51 +27090,51 @@
             <t xml:space="preserve">
 Цвет: алюминий сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для крепления стекла необходимы присоски. Диаметр отверстия под присоску - 4,8мм. Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.00</t>
+            <t xml:space="preserve">16.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="4"/>
       <c r="B81" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -27152,51 +27152,51 @@
             <t xml:space="preserve">
 Цвет: алюминий сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">146.00</t>
+            <t xml:space="preserve">149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C81" s="4"/>
       <c r="D81" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -27212,51 +27212,51 @@
             <t xml:space="preserve">
 Цвет: алюминий сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">130.00</t>
+            <t xml:space="preserve">133.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="4"/>
       <c r="B82" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -27274,51 +27274,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">204.00</t>
+            <t xml:space="preserve">208.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C82" s="4"/>
       <c r="D82" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -27334,51 +27334,51 @@
             <t xml:space="preserve">
 Цвет: алюминий сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.00</t>
+            <t xml:space="preserve">55.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="4"/>
       <c r="B83" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -27396,180 +27396,180 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.00</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C83" s="4"/>
       <c r="D83" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 33 \ Полкодержатель под саморез primo rus</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.033.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 19 \ Заглушка для трубы primo rus 25х25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.019.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
+Сечение, мм: 25х25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Диаметр отверстия под саморез 3,8мм. Цена за 1шт. </t>
+Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.00</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="4"/>
       <c r="B84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 19 \ Заглушка для трубы primo rus 25х25</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.019.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 33 \ Полкодержатель под саморез primo rus</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.033.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25х25</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
+Примечание: Диаметр отверстия под саморез 3,8мм. Цена за 1шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.00</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C84" s="4"/>
       <c r="D84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 39 \ Полкодержатель под стекло primo rus</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.039.22450.4N100</t>
@@ -27578,51 +27578,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для крепления стекла необходимы присоски. Диаметр отверстия под присоску - 4,8мм. Цена за 1шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.00</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="4"/>
       <c r="B85" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -27640,51 +27640,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">188.00</t>
+            <t xml:space="preserve">192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C85" s="4"/>
       <c r="D85" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -27704,51 +27704,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">234.00</t>
+            <t xml:space="preserve">239.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="4"/>
       <c r="B86" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -27766,51 +27766,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162.00</t>
+            <t xml:space="preserve">165.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C86" s="4"/>
       <c r="D86" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 36 \Соединитель торцевой primo rus</t>
           </r>
@@ -27822,51 +27822,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.00</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="4"/>
       <c r="B87" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -27888,51 +27888,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C87" s="4"/>
       <c r="D87" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 8 \ Соединитель для труб primo rus 25х25 (3-х сторонний)</t>
           </r>
@@ -27948,51 +27948,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">190.00</t>
+            <t xml:space="preserve">194.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="4"/>
       <c r="B88" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28010,51 +28010,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">243.00</t>
+            <t xml:space="preserve">248.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C88" s="4"/>
       <c r="D88" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 3 \ Соединитель для труб primo rus 25х25 (6-ти сторонний)</t>
           </r>
@@ -28070,51 +28070,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">288.00</t>
+            <t xml:space="preserve">294.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="4"/>
       <c r="B89" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28132,51 +28132,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C89" s="4"/>
       <c r="D89" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 18 \ Крепление к плоскости primo rus для труб 25х25 </t>
           </r>
@@ -28192,51 +28192,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">144.00</t>
+            <t xml:space="preserve">147.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="4"/>
       <c r="B90" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28258,51 +28258,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C90" s="4"/>
       <c r="D90" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 32 \ Соединитель для труб 25х25 накладной (3-х сторонний)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.032.22450.4N100</t>
           </r>
@@ -28314,51 +28314,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">204.00</t>
+            <t xml:space="preserve">208.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="4"/>
       <c r="B91" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28376,51 +28376,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">225.00</t>
+            <t xml:space="preserve">230.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C91" s="4"/>
       <c r="D91" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Pr-70 \ Втулка для квадратной трубы</t>
           </r>
@@ -28440,101 +28440,101 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для трубы толщиной 0,5-3,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.20</t>
+            <t xml:space="preserve">32.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="4"/>
       <c r="B92" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-70 \ Втулка (25х25мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRN.P.070.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55.00</t>
+            <t xml:space="preserve">56.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C92" s="4"/>
       <c r="D92" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -28624,51 +28624,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.00</t>
+            <t xml:space="preserve">65.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C93" s="4"/>
       <c r="D93" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 18 \ Крепление к плоскости primo rus для труб 25х25 </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.018.AL</t>
           </r>
@@ -28684,51 +28684,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Соединители используются в крашенном виде (порошковая покраска). Без покраски обязательна фиксация саморезом или установочным винтом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="4"/>
       <c r="B94" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M4 X 12 \ Винт установочный под шестигранник конец-острый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -28742,51 +28742,51 @@
             <t xml:space="preserve">
 Примечание: Фиксация винтами и саморезами рекомендуется для придания повышенной прочности конструкции. В случае если толщина стенки трубы менее 1,15мм фиксация саморезами обязательна (при помощи установочных винтов М4 или саморезов 4,2мм, предварительно просверлив отверстие в трубе). Продаются только кратно коробкам. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.00</t>
+            <t xml:space="preserve">5.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C94" s="4"/>
       <c r="D94" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4,2 X 13 (OCT) \ Саморез с полусфер. гол. и прессшайбой, фосфатированный, острый наконечник</t>
           </r>
@@ -28802,51 +28802,51 @@
             <t xml:space="preserve">
 Глубина, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Фиксация винтами и саморезами рекомендуется для придания повышенной прочности конструкции. В случае если толщина стенки трубы менее 1,15мм фиксация саморезами обязательна (при помощи установочных винтов М4 или саморезов 4,2мм, предварительно просверлив отверстие в трубе). Продаются только кратно коробкам.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.00</t>
+            <t xml:space="preserve">3.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="4"/>
       <c r="B95" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -28864,51 +28864,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Фиксация винтами и саморезами рекомендуется для придания повышенной прочности конструкции. В случае если толщина стенки трубы менее 1,15мм фиксация саморезами обязательна (при помощи установочных винтов М4 или саморезов 4,2мм, предварительно просверлив отверстие в трубе). Продаются только кратно коробкам. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.00</t>
+            <t xml:space="preserve">5.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C95" s="4"/>
       <c r="D95" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
           </r>
@@ -28982,51 +28982,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C96" s="4"/>
       <c r="D96" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -29042,51 +29042,51 @@
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.90</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="4"/>
       <c r="B97" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -29152,51 +29152,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Киянка резиновая, деревянная рукоятка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KNK.001.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -29348,51 +29348,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труборез для резки профильной трубы 25*25мм с толщиной стенки не менее 1мм. Труборез укомплектован режущими ножами PR.RUS.TR-NV.BL- 1 шт, PR.RUS.TR-NN.BL – 2 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительно: https://youtu.be/Gf88xZRnIe0</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">72490.00</t>
+            <t xml:space="preserve">73940.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C99" s="4"/>
       <c r="D99" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -29404,51 +29404,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.TR-NV.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Сменный верхний нож -1 шт, для трубореза PR.RUS.TR-Z.BL, для работы трубореза требуется 1 верхний нож.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4418.00</t>
+            <t xml:space="preserve">4506.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="4"/>
       <c r="B100" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -29466,51 +29466,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.TR-NN.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Сменный нижний нож – 1 шт, для трубореза PR.RUS.TR-Z.BL, для работы трубореза требуется 2 нижних ножа. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4418.00</t>
+            <t xml:space="preserve">4506.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C100" s="4"/>
       <c r="D100" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -29530,51 +29530,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пробойник укомплектован матрицей PR.RUS.PR.M.BL -1 шт и пуансоном PR.RUS.PR.P.BL -1 шт </t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительно: https://youtu.be/eYc8Xp_WmzY</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33290.00</t>
+            <t xml:space="preserve">33956.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="4"/>
       <c r="B101" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -29588,51 +29588,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.PR.M.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Сменная запасная часть пробойника для отверстий. Материал – сталь </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2610.00</t>
+            <t xml:space="preserve">2662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C101" s="4"/>
       <c r="D101" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -29648,51 +29648,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.PR.P.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Сменная запасная часть пробойника для отверстий. Материал – сталь </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2610.00</t>
+            <t xml:space="preserve">2662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="4"/>
       <c r="B102" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -29710,51 +29710,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.PR2.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ручной пробойник, позволяет пробить отверстие для подвеса, которое позволит вешать ваши изделия на стену, это могут быть полки, зеркала, рамы и т.д. Для работы необходимо зафиксировать на верстаке. Пробойник укомплектован матрицей PR.RUS.PR2.M.BL - 1 шт и пуансоном PR.RUS.PR2.P.BL - 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66920.00</t>
+            <t xml:space="preserve">68258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C102" s="4"/>
       <c r="D102" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -29766,51 +29766,51 @@
             </rPr>
             <t xml:space="preserve">PR-RUS.PR2 \ Сменная матрица пробойника для отверстия под подвес </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.PR2.M.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5240.00</t>
+            <t xml:space="preserve">5345.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="4"/>
@@ -29832,51 +29832,51 @@
             <t xml:space="preserve">
 Артикул: PR.RUS.PR2.P.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Сменная запасная часть пробойника для отверстий. Материал – сталь </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5240.00</t>
+            <t xml:space="preserve">5345.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>