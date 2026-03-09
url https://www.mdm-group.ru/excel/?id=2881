--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -8062,156 +8062,156 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">347.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Профиль алюминиевый под полку</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.PROF.25P.AL</t>
+      <t xml:space="preserve">Профиль алюминиевый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.PROF.25.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: При покупке от 10 хлыстов  стоимость трубы 648 руб.</t>
+Примечание: При покупке от 10 хлыстов  стоимость трубы 576 руб. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">810.00</t>
+      <t xml:space="preserve">720.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Профиль алюминиевый</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.PROF.25.AL</t>
+      <t xml:space="preserve">Профиль алюминиевый под полку</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.PROF.25P.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 1,2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: При покупке от 10 хлыстов  стоимость трубы 576 руб. </t>
+Примечание: При покупке от 10 хлыстов  стоимость трубы 648 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">720.00</t>
+      <t xml:space="preserve">810.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 9 \ Соединитель для труб primo rus 25х25 (2-х сторонний)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.009.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий сырой</t>
@@ -9153,147 +9153,147 @@
       <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 19 \ Заглушка для трубы primo rus 25х25</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.019.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 33 \ Полкодержатель под саморез primo rus</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.033.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
-Сечение, мм: 25х25</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
+Примечание: Диаметр отверстия под саморез 3,8мм. Цена за 1шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">101.00</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR-RUS 33 \ Полкодержатель под саморез primo rus</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.033.22450.4N100</t>
+      <t xml:space="preserve">PR-RUS 19 \ Заглушка для трубы primo rus 25х25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: PR.RUS.019.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
+Сечение, мм: 25х25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Диаметр отверстия под саморез 3,8мм. Цена за 1шт. </t>
+Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.60</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR-RUS 39 \ Полкодержатель под стекло primo rus</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PR.RUS.039.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -11520,51 +11520,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c7507d_c3eb_11ed_876e_ac1f6b40b531_PRRUS220901620MU_012.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23c6_463e_11ed_814d_ac1f6b40b531_PRRUS220224504N100_013.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d2120a_a532_11ec_81b7_ac1f6b40b531_1fm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8567d5f_a532_11ec_81b7_ac1f6b40b531_1fs5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a9a82c_5427_11ec_9747_ac1f6b40b531_1short6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5cf08c_5427_11ec_9747_ac1f6b40b531_1long7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db15ac6d_bc42_11ee_a821_0050569cf81d_PRRUS201M224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d8c721_bc43_11ee_a821_0050569cf81d_PRRUS201S224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302825ea_a533_11ec_81b7_ac1f6b40b531_PRRUS002M901620MU10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17cec93_4d16_11ec_9747_ac1f6b40b531_PRRUS102SB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bdafd3_4d17_11ec_9747_ac1f6b40b531_PRRUS102LB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76a7535_4d16_11ec_9747_ac1f6b40b531_PRRUS102MB13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde2098_a533_11ec_81b7_ac1f6b40b531_PRRUS002S901620MU14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5bab60_a532_11ec_81b7_ac1f6b40b531_PRRUS002L901620MU15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a9ec95_4d36_11ec_9747_ac1f6b40b531_PRRUS103MB16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d08374_4d36_11ec_9747_ac1f6b40b531_PRRUS103SB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73022253_4d36_11ec_9747_ac1f6b40b531_PRRUS102LB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa2cfc2_b11b_11ed_b698_ac1f6b40b531_PRRUS104V29016MU2519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00608b87_a394_11ed_9a8e_ac1f6b40b531_PRRUS104V2224504N10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf2892f_5428_11ec_9747_ac1f6b40b531_PRRUS105B-21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759837cf_5428_11ec_9747_ac1f6b40b531_PRRUS106MB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db9e64c_5428_11ec_9747_ac1f6b40b531_PRRUS106LB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104f366c_5429_11ec_9747_ac1f6b40b531_PRRUS107MB24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2876892_5428_11ec_9747_ac1f6b40b531_PRRUS107SB25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae9744d_5429_11ec_9747_ac1f6b40b531_PRRUS107LB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db9d8ac_542a_11ec_9747_ac1f6b40b531_PRRUS108GLMB27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1a7ccc_5429_11ec_9747_ac1f6b40b531_PRRUS108GLSB28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64d732e_542a_11ec_9747_ac1f6b40b531_PRRUS108GLLB29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4927597_542b_11ec_9747_ac1f6b40b531_PRRUS109MB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b722344c_542b_11ec_9747_ac1f6b40b531_PRRUS109SB31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a3d0c_542c_11ec_9747_ac1f6b40b531_PRRUS109LB32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2ad_463e_11ed_814d_ac1f6b40b531_PRRUS202L224504N10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2b2_463e_11ed_814d_ac1f6b40b531_PRRUS202M224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7a7_463e_11ed_814d_ac1f6b40b531_PRRUS202S224504N10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7ac_463e_11ed_814d_ac1f6b40b531_PRRUS203L224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdb8_463e_11ed_814d_ac1f6b40b531_PRRUS203M224504N10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdbd_463e_11ed_814d_ac1f6b40b531_PRRUS203S224504N10038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364202b1_463e_11ed_814d_ac1f6b40b531_PRRUS205L224504N10039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d23_463e_11ed_814d_ac1f6b40b531_PRRUS205M224504N10040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d28_463e_11ed_814d_ac1f6b40b531_PRRUS205S224504N10041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082d9ce1_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPL224504N10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792261_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPM224504N10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792267_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPS224504N10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac63_463e_11ed_814d_ac1f6b40b531_PRRUS216L224504N10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba72_463e_11ed_814d_ac1f6b40b531_PRRUS216M224504N10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba77_463e_11ed_814d_ac1f6b40b531_PRRUS216S224504N10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703731b9_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vikladky_PRIMO_RUS_PRRUS110M50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95fa0df_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS110L224504N10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2b7660_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111DSP224504N10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ded754_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111GL224504N10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8629b3fb_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_1PRRUS112DSP224504N10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdaa6daf_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113GL224504N10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad0edbf3_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS112GL224504N10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45a5f34_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113DSP224504N10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac5e_463e_11ed_814d_ac1f6b40b531_PRRUS301S224504N10058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac57d_463e_11ed_814d_ac1f6b40b531_PRRUS301M224504N10059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac578_463e_11ed_814d_ac1f6b40b531_PRRUS301L224504N10060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10ca_463e_11ed_814d_ac1f6b40b531_PRRUS302S224504N10061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10c5_463e_11ed_814d_ac1f6b40b531_PRRUS302M224504N10062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5595883a_463e_11ed_814d_ac1f6b40b531_PRRUS302L224504N10063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f3722c_463e_11ed_814d_ac1f6b40b531_PRRUS303M224504N10064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f37227_463e_11ed_814d_ac1f6b40b531_PRRUS303L224504N100-165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23cb_463e_11ed_814d_ac1f6b40b531_PRRUS206L224504N10066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033fed_463e_11ed_814d_ac1f6b40b531_PRRUS206M224504N10067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033ff2_463e_11ed_814d_ac1f6b40b531_PRRUS206S224504N10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6411_463e_11ed_814d_ac1f6b40b531_PRRUS207L224504N10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6416_463e_11ed_814d_ac1f6b40b531_PRRUS207M224504N10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55958835_463e_11ed_814d_ac1f6b40b531_PRRUS207S224504N10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.212.22450.4N10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.213.22450.4N10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.116.22450.4N10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRRUS1169016MU_LOW75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.215.22450.4N10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.214.22450.4N10077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237fa_463e_11ed_814d_ac1f6b40b531_PRRUS218L224504N10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237ff_463e_11ed_814d_ac1f6b40b531_PRRUS218R224504N10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc39c_463e_11ed_814d_ac1f6b40b531_PRRUS304GLS224504N10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc397_463e_11ed_814d_ac1f6b40b531_PRRUS304GLM224504N10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021f1_463e_11ed_814d_ac1f6b40b531_PRRUS304GLL224504N10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64f_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPS224504N10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64a_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPM224504N10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35c2_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPL224504N10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a58c_463e_11ed_814d_ac1f6b40b531_PRRUS305GLS224504N10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a286_463e_11ed_814d_ac1f6b40b531_PRRUS305GLM224504N10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a280_463e_11ed_814d_ac1f6b40b531_PRRUS305GLL224504N10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e9_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFS224504N10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e4_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFM224504N10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0dfb83e_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFL224504N10091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac699474_463e_11ed_814d_ac1f6b40b531_PRRUS306GLS224504N10092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac69946f_463e_11ed_814d_ac1f6b40b531_PRRUS306GLM224504N10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a593_463e_11ed_814d_ac1f6b40b531_PRRUS306GLL224504N10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb905_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPS224504N10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb900_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPM224504N10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f449f766_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPL224504N10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896a_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPL224504N10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896f_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee1_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee6_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPL224504N100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e07_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPM224504N100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e0c_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPS224504N100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cea_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPL224504N100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cef_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPM224504N100105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35bd_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPS224504N100106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecb92_463e_11ed_814d_ac1f6b40b531_PRRUS219GLL224504N100_01107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecbc1_463e_11ed_814d_ac1f6b40b531_PRRUS219GLM224504N100_01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021ec_463e_11ed_814d_ac1f6b40b531_PRRUS219GLS224504N100_01109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11111587_7c43_11ed_81ba_ac1f6b40b531_OD001MV2DSP224504N100110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146530cc_7c43_11ed_81ba_ac1f6b40b531_OD001SV2DSP224504N100111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14653af1_7c43_11ed_81ba_ac1f6b40b531_OD002MV2DSP224504N100112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fc589_7c43_11ed_81ba_ac1f6b40b531_OD002SV2DSP224504N100113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fce8f_7c43_11ed_81ba_ac1f6b40b531_OD003MV3DSP224504N100114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2057fb4a_7c43_11ed_81ba_ac1f6b40b531_OD004MV2DSP224504N100115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20580995_7c43_11ed_81ba_ac1f6b40b531_OD004SV2DSP224504N100116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660daa1_7c43_11ed_81ba_ac1f6b40b531_OD005MV2DSP224504N100117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660e33a_7c43_11ed_81ba_ac1f6b40b531_OD005SV2DSP224504N100118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5b720a_7c43_11ed_81ba_ac1f6b40b531_PRRUS501DSP224504N100119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3256068e_7c43_11ed_81ba_ac1f6b40b531_PRRUS502DSP224504N100120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32560a4d_7c43_11ed_81ba_ac1f6b40b531_PRRUS503DSP224504N100121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385ee61d_7c43_11ed_81ba_ac1f6b40b531_PRRUS504MDSP224504N100122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385eec9a_7c43_11ed_81ba_ac1f6b40b531_PRRUS504SDSP224504N100123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e760dd9_7c43_11ed_81ba_ac1f6b40b531_PRRUS505DSP224504N100124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e4b82_7c43_11ed_81ba_ac1f6b40b531_PRRUS508DSP224504N100125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e431d_7c43_11ed_81ba_ac1f6b40b531_PRRUS507DSP224504N100126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e761438_7c43_11ed_81ba_ac1f6b40b531_PRRUS506DSP224504N100127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a23bca_7c43_11ed_81ba_ac1f6b40b531_PRRUS511DSP224504N100128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700a26_7c43_11ed_81ba_ac1f6b40b531_PRRUS510DSP224504N100129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700401_7c43_11ed_81ba_ac1f6b40b531_PRRUS509DSP224504N100130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e011d687_62e8_11ec_85fc_ac1f6b40b531_tubePrimopost_800_min131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tube132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f23470a_eed7_11eb_80bc_0025902b3cc1_tube133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee42036_38b2_11ed_8de7_ac1f6b40b531_e011d687_62e8_11ec_85fc_ac1f6b40b531_tubeprimopost_800_minresize1.resize2134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7b1a2f_2f57_11e3_baa0_0025902b3cc1_1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tuberesize1.resize2135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2da411f_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25PAL_4.resize2136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ee5dff_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25AL_2.resize2137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643c0e26_16dd_11ec_80bc_0025902b3cc1_PRRUS009AL2138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b54aa5_25cc_11ec_80bc_0025902b3cc1_1139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018e9279_16dd_11ec_80bc_0025902b3cc1_PRRUS008AL-32140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74187d78_16dd_11ec_80bc_0025902b3cc1_PRRUS007AL-2141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bab1c83_16dd_11ec_80bc_0025902b3cc1_PRRUS005AL-1142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23697147_16dd_11ec_80bc_0025902b3cc1_PRRUS006AL-2143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac539ad_16dd_11ec_80bc_0025902b3cc1_PRRUS004AL-2144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c4e727_16dd_11ec_80bc_0025902b3cc1_PRRUS003AL.resize2145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19c7bc3_16dd_11ec_80bc_0025902b3cc1_PRRUS032AL-2146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6fd35a2_16dd_11ec_80bc_0025902b3cc1_PRRUS019AL-2147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e2ebab_16de_11ec_80bc_0025902b3cc1_PRRUS033AL-1148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a1a1881_841c_11ec_81b7_ac1f6b40b531_PRRUS033AL-1149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c848adee_25cc_11ec_80bc_0025902b3cc1_PRRUS035AL150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e99c1f_25cd_11ec_80bc_0025902b3cc1_PRRUS038AL151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013eddcb_25cd_11ec_80bc_0025902b3cc1_PRRUS035224504N100152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458d17a1_25cd_11ec_80bc_0025902b3cc1_PRRUS037AL1153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5e1b33_25cd_11ec_80bc_0025902b3cc1_PRRUS037224504N100154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7720760_1a11_11ec_80bc_0025902b3cc1_su019155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a603401d_1a12_11ec_80bc_0025902b3cc1_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4839830_9ac3_11ec_81b7_ac1f6b40b531_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8640797_25cd_11ec_80bc_0025902b3cc1_PRRUS038224504N100158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d980bf_1a13_11ec_80bc_0025902b3cc1_su005159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee71956_1a13_11ec_80bc_0025902b3cc1_PRRUS009AL22160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900cc909_25cc_11ec_80bc_0025902b3cc1_PRRUS036224504N100161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c7c459_1a13_11ec_80bc_0025902b3cc1_su007162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba83c2e1_1a13_11ec_80bc_0025902b3cc1_su008163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df07d570_1a12_11ec_80bc_0025902b3cc1_su004164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7e0699_1a11_11ec_80bc_0025902b3cc1_su003165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253960ff_1a12_11ec_80bc_0025902b3cc1_su031166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0350aef_1a11_11ec_80bc_0025902b3cc1_su018167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e0766c_2d0d_11e0_99a4_003048f27c5f_DF8732A2_C138_4B95_8934_315D9A87A03F168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f20aaff_1a12_11ec_80bc_0025902b3cc1_su032169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6035d853_1a13_11ec_80bc_0025902b3cc1_su006170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c062e3_a4f1_11e7_93ca_0025902b3cc1_300300171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb021d22_8348_11e8_ade2_0025902b3cc1_PRNP070224504N100172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10492474_1d4f_11e0_99a4_003048f27c5f_5404B42F_2325_498E_BA20_7236D4AAA8DA173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48c5413_16dd_11ec_80bc_0025902b3cc1_PRRUS031AL-1174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9e48c0_16dd_11ec_80bc_0025902b3cc1_PRRUS018AL-1175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9046fcb2_0ca4_11ec_80bc_0025902b3cc1_42d5f1e003278765af07b20a10a199ca176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c255d3_0ca4_11ec_80bc_0025902b3cc1_sam177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f53647b_0ca4_11ec_80bc_0025902b3cc1_sam178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a00a6_1ae2_11ec_80bc_0025902b3cc1_kube182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b3def_2cf7_11ec_80bc_0025902b3cc1_knk800183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6786f6_4b6b_11ec_9747_ac1f6b40b531_MRK_MT_chernyy184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd3a936_4b6b_11ec_9747_ac1f6b40b531_4b6786f6_4b6b_11ec_9747_ac1f6b40b531_mrk_mt_chernyyresize1185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb66772_7a01_11ec_8de2_ac1f6b40b531_truborez_Dlya_profilnoi_trubi_1186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0f0e57_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NVBL187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd82237_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NNBL188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7c0197_9939_11ec_81b7_ac1f6b40b531_dva189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f55a7f6_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRMBL.resize2190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7f705e_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRPBL.resize2191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3a192_ddae_11ec_b147_ac1f6b40b531_PRRUSPR2BL192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafac4c2_9251_11ed_a1f9_ac1f6b40b531_PRRUSPR2MBL.resize2193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5ade90_9252_11ed_a1f9_ac1f6b40b531_PRRUSPR2PBL.resize2194.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c7507d_c3eb_11ed_876e_ac1f6b40b531_PRRUS220901620MU_012.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23c6_463e_11ed_814d_ac1f6b40b531_PRRUS220224504N100_013.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d2120a_a532_11ec_81b7_ac1f6b40b531_1fm4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8567d5f_a532_11ec_81b7_ac1f6b40b531_1fs5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a9a82c_5427_11ec_9747_ac1f6b40b531_1short6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5cf08c_5427_11ec_9747_ac1f6b40b531_1long7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db15ac6d_bc42_11ee_a821_0050569cf81d_PRRUS201M224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d8c721_bc43_11ee_a821_0050569cf81d_PRRUS201S224504N1009.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302825ea_a533_11ec_81b7_ac1f6b40b531_PRRUS002M901620MU10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17cec93_4d16_11ec_9747_ac1f6b40b531_PRRUS102SB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bdafd3_4d17_11ec_9747_ac1f6b40b531_PRRUS102LB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76a7535_4d16_11ec_9747_ac1f6b40b531_PRRUS102MB13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde2098_a533_11ec_81b7_ac1f6b40b531_PRRUS002S901620MU14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5bab60_a532_11ec_81b7_ac1f6b40b531_PRRUS002L901620MU15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a9ec95_4d36_11ec_9747_ac1f6b40b531_PRRUS103MB16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d08374_4d36_11ec_9747_ac1f6b40b531_PRRUS103SB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73022253_4d36_11ec_9747_ac1f6b40b531_PRRUS102LB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa2cfc2_b11b_11ed_b698_ac1f6b40b531_PRRUS104V29016MU2519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00608b87_a394_11ed_9a8e_ac1f6b40b531_PRRUS104V2224504N10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf2892f_5428_11ec_9747_ac1f6b40b531_PRRUS105B-21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759837cf_5428_11ec_9747_ac1f6b40b531_PRRUS106MB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db9e64c_5428_11ec_9747_ac1f6b40b531_PRRUS106LB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104f366c_5429_11ec_9747_ac1f6b40b531_PRRUS107MB24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2876892_5428_11ec_9747_ac1f6b40b531_PRRUS107SB25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae9744d_5429_11ec_9747_ac1f6b40b531_PRRUS107LB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db9d8ac_542a_11ec_9747_ac1f6b40b531_PRRUS108GLMB27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1a7ccc_5429_11ec_9747_ac1f6b40b531_PRRUS108GLSB28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64d732e_542a_11ec_9747_ac1f6b40b531_PRRUS108GLLB29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4927597_542b_11ec_9747_ac1f6b40b531_PRRUS109MB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b722344c_542b_11ec_9747_ac1f6b40b531_PRRUS109SB31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a3d0c_542c_11ec_9747_ac1f6b40b531_PRRUS109LB32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2ad_463e_11ed_814d_ac1f6b40b531_PRRUS202L224504N10033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caff2b2_463e_11ed_814d_ac1f6b40b531_PRRUS202M224504N10034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7a7_463e_11ed_814d_ac1f6b40b531_PRRUS202S224504N10035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dee7ac_463e_11ed_814d_ac1f6b40b531_PRRUS203L224504N10036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdb8_463e_11ed_814d_ac1f6b40b531_PRRUS203M224504N10037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2946fdbd_463e_11ed_814d_ac1f6b40b531_PRRUS203S224504N10038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364202b1_463e_11ed_814d_ac1f6b40b531_PRRUS205L224504N10039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d23_463e_11ed_814d_ac1f6b40b531_PRRUS205M224504N10040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d048d28_463e_11ed_814d_ac1f6b40b531_PRRUS205S224504N10041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082d9ce1_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPL224504N10042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792261_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPM224504N10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e792267_463f_11ed_814d_ac1f6b40b531_PRRUS211DSPS224504N10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac63_463e_11ed_814d_ac1f6b40b531_PRRUS216L224504N10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba72_463e_11ed_814d_ac1f6b40b531_PRRUS216M224504N10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814bba77_463e_11ed_814d_ac1f6b40b531_PRRUS216S224504N10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fee5e7_cbd9_11ee_a821_0050569cf81d_DSN01115059005MU48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0f618b_cbd9_11ee_a821_0050569cf81d_DSN01120059005MU49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703731b9_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vikladky_PRIMO_RUS_PRRUS110M50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95fa0df_89ad_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS110L224504N10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2b7660_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111DSP224504N10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ded754_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS111GL224504N10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8629b3fb_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_1PRRUS112DSP224504N10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdaa6daf_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113GL224504N10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad0edbf3_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS112GL224504N10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45a5f34_89ae_11ec_81b7_ac1f6b40b531_STOL_Dlya_vykladky_PRIMO_RUS_PRRUS113DSP224504N10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b28ac5e_463e_11ed_814d_ac1f6b40b531_PRRUS301S224504N10058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac57d_463e_11ed_814d_ac1f6b40b531_PRRUS301M224504N10059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dac578_463e_11ed_814d_ac1f6b40b531_PRRUS301L224504N10060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10ca_463e_11ed_814d_ac1f6b40b531_PRRUS302S224504N10061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5baf10c5_463e_11ed_814d_ac1f6b40b531_PRRUS302M224504N10062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5595883a_463e_11ed_814d_ac1f6b40b531_PRRUS302L224504N10063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f3722c_463e_11ed_814d_ac1f6b40b531_PRRUS303M224504N10064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f37227_463e_11ed_814d_ac1f6b40b531_PRRUS303L224504N100-165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff23cb_463e_11ed_814d_ac1f6b40b531_PRRUS206L224504N10066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033fed_463e_11ed_814d_ac1f6b40b531_PRRUS206M224504N10067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49033ff2_463e_11ed_814d_ac1f6b40b531_PRRUS206S224504N10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6411_463e_11ed_814d_ac1f6b40b531_PRRUS207L224504N10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4c6416_463e_11ed_814d_ac1f6b40b531_PRRUS207M224504N10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55958835_463e_11ed_814d_ac1f6b40b531_PRRUS207S224504N10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.212.22450.4N10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.213.22450.4N10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.116.22450.4N10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PRRUS1169016MU_LOW75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.215.22450.4N10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/PR.RUS.214.22450.4N10077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237fa_463e_11ed_814d_ac1f6b40b531_PRRUS218L224504N10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875237ff_463e_11ed_814d_ac1f6b40b531_PRRUS218R224504N10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc39c_463e_11ed_814d_ac1f6b40b531_PRRUS304GLS224504N10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bdc397_463e_11ed_814d_ac1f6b40b531_PRRUS304GLM224504N10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021f1_463e_11ed_814d_ac1f6b40b531_PRRUS304GLL224504N10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64f_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPS224504N10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43cc64a_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPM224504N10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35c2_463e_11ed_814d_ac1f6b40b531_PRRUS304DSPL224504N10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a58c_463e_11ed_814d_ac1f6b40b531_PRRUS305GLS224504N10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a286_463e_11ed_814d_ac1f6b40b531_PRRUS305GLM224504N10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc6a280_463e_11ed_814d_ac1f6b40b531_PRRUS305GLL224504N10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e9_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFS224504N10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ed59e4_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFM224504N10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0dfb83e_463e_11ed_814d_ac1f6b40b531_PRRUS305MDFL224504N10091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac699474_463e_11ed_814d_ac1f6b40b531_PRRUS306GLS224504N10092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac69946f_463e_11ed_814d_ac1f6b40b531_PRRUS306GLM224504N10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d6a593_463e_11ed_814d_ac1f6b40b531_PRRUS306GLL224504N10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb905_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPS224504N10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bb900_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPM224504N10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f449f766_463e_11ed_814d_ac1f6b40b531_PRRUS306DSPL224504N10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896a_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPL224504N10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298896f_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee1_463e_11ed_814d_ac1f6b40b531_PRRUS208DSPM224504N100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f82ee6_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPL224504N100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e07_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPM224504N100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0de6e0c_463e_11ed_814d_ac1f6b40b531_PRRUS209DSPS224504N100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cea_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPL224504N100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7715cef_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPM224504N100105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde35bd_463e_11ed_814d_ac1f6b40b531_PRRUS210DSPS224504N100106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecb92_463e_11ed_814d_ac1f6b40b531_PRRUS219GLL224504N100_01107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ecbc1_463e_11ed_814d_ac1f6b40b531_PRRUS219GLM224504N100_01108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b021ec_463e_11ed_814d_ac1f6b40b531_PRRUS219GLS224504N100_01109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11111587_7c43_11ed_81ba_ac1f6b40b531_OD001MV2DSP224504N100110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146530cc_7c43_11ed_81ba_ac1f6b40b531_OD001SV2DSP224504N100111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14653af1_7c43_11ed_81ba_ac1f6b40b531_OD002MV2DSP224504N100112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fc589_7c43_11ed_81ba_ac1f6b40b531_OD002SV2DSP224504N100113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5fce8f_7c43_11ed_81ba_ac1f6b40b531_OD003MV3DSP224504N100114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2057fb4a_7c43_11ed_81ba_ac1f6b40b531_OD004MV2DSP224504N100115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20580995_7c43_11ed_81ba_ac1f6b40b531_OD004SV2DSP224504N100116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660daa1_7c43_11ed_81ba_ac1f6b40b531_OD005MV2DSP224504N100117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660e33a_7c43_11ed_81ba_ac1f6b40b531_OD005SV2DSP224504N100118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5b720a_7c43_11ed_81ba_ac1f6b40b531_PRRUS501DSP224504N100119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3256068e_7c43_11ed_81ba_ac1f6b40b531_PRRUS502DSP224504N100120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32560a4d_7c43_11ed_81ba_ac1f6b40b531_PRRUS503DSP224504N100121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385ee61d_7c43_11ed_81ba_ac1f6b40b531_PRRUS504MDSP224504N100122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385eec9a_7c43_11ed_81ba_ac1f6b40b531_PRRUS504SDSP224504N100123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e760dd9_7c43_11ed_81ba_ac1f6b40b531_PRRUS505DSP224504N100124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e4b82_7c43_11ed_81ba_ac1f6b40b531_PRRUS508DSP224504N100125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446e431d_7c43_11ed_81ba_ac1f6b40b531_PRRUS507DSP224504N100126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e761438_7c43_11ed_81ba_ac1f6b40b531_PRRUS506DSP224504N100127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a23bca_7c43_11ed_81ba_ac1f6b40b531_PRRUS511DSP224504N100128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700a26_7c43_11ed_81ba_ac1f6b40b531_PRRUS510DSP224504N100129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a700401_7c43_11ed_81ba_ac1f6b40b531_PRRUS509DSP224504N100130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e011d687_62e8_11ec_85fc_ac1f6b40b531_tubePrimopost_800_min131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tube132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f23470a_eed7_11eb_80bc_0025902b3cc1_tube133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee42036_38b2_11ed_8de7_ac1f6b40b531_e011d687_62e8_11ec_85fc_ac1f6b40b531_tubeprimopost_800_minresize1.resize2134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7b1a2f_2f57_11e3_baa0_0025902b3cc1_1e9dcdcd_1ab2_11ec_80bc_0025902b3cc1_tuberesize1.resize2135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ee5dff_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25AL_2.resize2136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2da411f_131c_11ed_a675_ac1f6b40b531_PRRUSPROF25PAL_4.resize2137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643c0e26_16dd_11ec_80bc_0025902b3cc1_PRRUS009AL2138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b54aa5_25cc_11ec_80bc_0025902b3cc1_1139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018e9279_16dd_11ec_80bc_0025902b3cc1_PRRUS008AL-32140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74187d78_16dd_11ec_80bc_0025902b3cc1_PRRUS007AL-2141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bab1c83_16dd_11ec_80bc_0025902b3cc1_PRRUS005AL-1142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23697147_16dd_11ec_80bc_0025902b3cc1_PRRUS006AL-2143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac539ad_16dd_11ec_80bc_0025902b3cc1_PRRUS004AL-2144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c4e727_16dd_11ec_80bc_0025902b3cc1_PRRUS003AL.resize2145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19c7bc3_16dd_11ec_80bc_0025902b3cc1_PRRUS032AL-2146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6fd35a2_16dd_11ec_80bc_0025902b3cc1_PRRUS019AL-2147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e2ebab_16de_11ec_80bc_0025902b3cc1_PRRUS033AL-1148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a1a1881_841c_11ec_81b7_ac1f6b40b531_PRRUS033AL-1149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c848adee_25cc_11ec_80bc_0025902b3cc1_PRRUS035AL150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e99c1f_25cd_11ec_80bc_0025902b3cc1_PRRUS038AL151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013eddcb_25cd_11ec_80bc_0025902b3cc1_PRRUS035224504N100152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458d17a1_25cd_11ec_80bc_0025902b3cc1_PRRUS037AL1153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5e1b33_25cd_11ec_80bc_0025902b3cc1_PRRUS037224504N100154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a603401d_1a12_11ec_80bc_0025902b3cc1_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7720760_1a11_11ec_80bc_0025902b3cc1_su019156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4839830_9ac3_11ec_81b7_ac1f6b40b531_a603401d_1a12_11ec_80bc_0025902b3cc1_ua1_41x20x71_5resize1157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8640797_25cd_11ec_80bc_0025902b3cc1_PRRUS038224504N100158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d980bf_1a13_11ec_80bc_0025902b3cc1_su005159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee71956_1a13_11ec_80bc_0025902b3cc1_PRRUS009AL22160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900cc909_25cc_11ec_80bc_0025902b3cc1_PRRUS036224504N100161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c7c459_1a13_11ec_80bc_0025902b3cc1_su007162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba83c2e1_1a13_11ec_80bc_0025902b3cc1_su008163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df07d570_1a12_11ec_80bc_0025902b3cc1_su004164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7e0699_1a11_11ec_80bc_0025902b3cc1_su003165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253960ff_1a12_11ec_80bc_0025902b3cc1_su031166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0350aef_1a11_11ec_80bc_0025902b3cc1_su018167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e0766c_2d0d_11e0_99a4_003048f27c5f_DF8732A2_C138_4B95_8934_315D9A87A03F168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f20aaff_1a12_11ec_80bc_0025902b3cc1_su032169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6035d853_1a13_11ec_80bc_0025902b3cc1_su006170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c062e3_a4f1_11e7_93ca_0025902b3cc1_300300171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb021d22_8348_11e8_ade2_0025902b3cc1_PRNP070224504N100172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10492474_1d4f_11e0_99a4_003048f27c5f_5404B42F_2325_498E_BA20_7236D4AAA8DA173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48c5413_16dd_11ec_80bc_0025902b3cc1_PRRUS031AL-1174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9e48c0_16dd_11ec_80bc_0025902b3cc1_PRRUS018AL-1175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9046fcb2_0ca4_11ec_80bc_0025902b3cc1_42d5f1e003278765af07b20a10a199ca176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c255d3_0ca4_11ec_80bc_0025902b3cc1_sam177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f53647b_0ca4_11ec_80bc_0025902b3cc1_sam178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a00a6_1ae2_11ec_80bc_0025902b3cc1_kube182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b3def_2cf7_11ec_80bc_0025902b3cc1_knk800183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6786f6_4b6b_11ec_9747_ac1f6b40b531_MRK_MT_chernyy184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd3a936_4b6b_11ec_9747_ac1f6b40b531_4b6786f6_4b6b_11ec_9747_ac1f6b40b531_mrk_mt_chernyyresize1185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb66772_7a01_11ec_8de2_ac1f6b40b531_truborez_Dlya_profilnoi_trubi_1186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0f0e57_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NVBL187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd82237_b9dd_11ee_a821_0050569cf81d_PRRUSTR_NNBL188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7c0197_9939_11ec_81b7_ac1f6b40b531_dva189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f55a7f6_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRMBL.resize2190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7f705e_9252_11ed_a1f9_ac1f6b40b531_PRRUSPRPBL.resize2191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3a192_ddae_11ec_b147_ac1f6b40b531_PRRUSPR2BL192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafac4c2_9251_11ed_a1f9_ac1f6b40b531_PRRUSPR2MBL.resize2193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5ade90_9252_11ed_a1f9_ac1f6b40b531_PRRUSPR2PBL.resize2194.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -26258,159 +26258,159 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">347.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="4"/>
       <c r="B74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Профиль алюминиевый под полку</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.PROF.25P.AL</t>
+            <t xml:space="preserve">Профиль алюминиевый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.PROF.25.AL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: алюминий сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: При покупке от 10 хлыстов  стоимость трубы 648 руб.</t>
+Примечание: При покупке от 10 хлыстов  стоимость трубы 576 руб. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">810.00</t>
+            <t xml:space="preserve">720.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C74" s="4"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Профиль алюминиевый</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.PROF.25.AL</t>
+            <t xml:space="preserve">Профиль алюминиевый под полку</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.PROF.25P.AL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: алюминий сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: При покупке от 10 хлыстов  стоимость трубы 576 руб. </t>
+Примечание: При покупке от 10 хлыстов  стоимость трубы 648 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">720.00</t>
+            <t xml:space="preserve">810.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="4"/>
       <c r="B75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 9 \ Соединитель для труб primo rus 25х25 (2-х сторонний)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -27424,152 +27424,152 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C83" s="4"/>
       <c r="D83" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 19 \ Заглушка для трубы primo rus 25х25</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.019.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 33 \ Полкодержатель под саморез primo rus</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.033.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25х25</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
+Примечание: Диаметр отверстия под саморез 3,8мм. Цена за 1шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">101.00</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="4"/>
       <c r="B84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR-RUS 33 \ Полкодержатель под саморез primo rus</t>
-[...3 lines deleted...]
-Артикул: PR.RUS.033.22450.4N100</t>
+            <t xml:space="preserve">PR-RUS 19 \ Заглушка для трубы primo rus 25х25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PR.RUS.019.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
+Сечение, мм: 25х25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Диаметр отверстия под саморез 3,8мм. Цена за 1шт. </t>
+Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.60</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C84" s="4"/>
       <c r="D84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR-RUS 39 \ Полкодержатель под стекло primo rus</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PR.RUS.039.22450.4N100</t>