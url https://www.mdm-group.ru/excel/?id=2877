--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,96 +33,96 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.03.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Рекламные информационные стойки и держатели информации AP</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка информационная рекламная А4,  A5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: AP.001.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">575.00</t>
+      <t xml:space="preserve">587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -139,51 +139,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">978.00</t>
+      <t xml:space="preserve">998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка информационная рекламная наклонная (h-300мм) A5</t>
@@ -196,51 +196,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1001.00</t>
+      <t xml:space="preserve">1021.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Держатель информационный рекламный на трубу 25х25 (h-150мм) А4, A5</t>
@@ -253,51 +253,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">978.00</t>
+      <t xml:space="preserve">998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Держатель информационный рекламный на трубу 25х25 (h-150мм) A5</t>
@@ -310,51 +310,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">978.00</t>
+      <t xml:space="preserve">998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман акриловый А4 горизонтальный 300х215мм</t>
@@ -367,51 +367,51 @@
       <t xml:space="preserve">
 Размеры, мм: 300х215</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: На фото карман установлен на информационные держатели серии AP. Покупаются отдельно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">368.00</t>
+      <t xml:space="preserve">375.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман акриловый А4 вертикальный 212х302мм</t>
@@ -424,51 +424,51 @@
       <t xml:space="preserve">
 Размеры, мм: 212х302</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: На фото карман установлен на информационные держатели серии AP. Покупаются отдельно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">530.00</t>
+      <t xml:space="preserve">541.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман акриловый А5 горизонтальный 212х153мм</t>
@@ -481,51 +481,51 @@
       <t xml:space="preserve">
 Размеры, мм: 212х153</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: На фото карман установлен на информационные держатели серии AP. Покупаются отдельно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">208.00</t>
+      <t xml:space="preserve">212.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман акриловый А5 вертикальный 150х215мм</t>
@@ -538,51 +538,51 @@
       <t xml:space="preserve">
 Размеры, мм: 150х215</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: На фото карман установлен на информационные держатели серии AP. Покупаются отдельно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">208.00</t>
+      <t xml:space="preserve">212.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1294,51 +1294,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.03.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>2</v>
       </c>
     </row>
@@ -1362,51 +1362,51 @@
             <t xml:space="preserve">
 Артикул: AP.001.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">575.00</t>
+            <t xml:space="preserve">587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -1426,51 +1426,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">978.00</t>
+            <t xml:space="preserve">998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1488,51 +1488,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1001.00</t>
+            <t xml:space="preserve">1021.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1548,51 +1548,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">978.00</t>
+            <t xml:space="preserve">998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1610,51 +1610,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">978.00</t>
+            <t xml:space="preserve">998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1670,51 +1670,51 @@
             <t xml:space="preserve">
 Размеры, мм: 300х215</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: На фото карман установлен на информационные держатели серии AP. Покупаются отдельно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">368.00</t>
+            <t xml:space="preserve">375.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1732,51 +1732,51 @@
             <t xml:space="preserve">
 Размеры, мм: 212х302</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: На фото карман установлен на информационные держатели серии AP. Покупаются отдельно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">530.00</t>
+            <t xml:space="preserve">541.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1792,51 +1792,51 @@
             <t xml:space="preserve">
 Размеры, мм: 212х153</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: На фото карман установлен на информационные держатели серии AP. Покупаются отдельно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">208.00</t>
+            <t xml:space="preserve">212.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1854,51 +1854,51 @@
             <t xml:space="preserve">
 Размеры, мм: 150х215</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: На фото карман установлен на информационные держатели серии AP. Покупаются отдельно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">208.00</t>
+            <t xml:space="preserve">212.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>