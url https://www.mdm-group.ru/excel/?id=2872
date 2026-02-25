--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -33,96 +33,96 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Парики Belle</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">123 (2#) \ Парик мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PAR.012</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: жгучий брюнет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 2#</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -135,51 +135,51 @@
       <t xml:space="preserve">
 Артикул: PAR.013</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный брюнет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 4#</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -192,51 +192,51 @@
       <t xml:space="preserve">
 Артикул: PAR.076</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -249,51 +249,51 @@
       <t xml:space="preserve">
 Артикул: PAR.075</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: орех темный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 7A-27</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -859,51 +859,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -923,51 +923,51 @@
             <t xml:space="preserve">
 Артикул: PAR.012</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: жгучий брюнет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 2#</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -983,51 +983,51 @@
             <t xml:space="preserve">
 Артикул: PAR.013</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный брюнет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 4#</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -1045,51 +1045,51 @@
             <t xml:space="preserve">
 Артикул: PAR.076</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -1105,51 +1105,51 @@
             <t xml:space="preserve">
 Артикул: PAR.075</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: орех темный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 7A-27</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>