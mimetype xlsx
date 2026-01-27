--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.04.2022</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Защитные экраны из оргстекла</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ZE500 / Защитный экран настольный 500х500х3мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ZE.500.500.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -665,51 +665,51 @@
       <t xml:space="preserve">
 Вес брутто упаковки, кг: 4,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Габариты упаковки, мм: 1600х760х10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5914.00</t>
+      <t xml:space="preserve">6032.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ZEN-4S-1200 / Защитный экран настольный 4- х секционный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ZEN4S1200.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2143,51 +2143,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.04.2022</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>2</v>
       </c>
     </row>
@@ -2825,51 +2825,51 @@
             <t xml:space="preserve">
 Вес брутто упаковки, кг: 4,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Габариты упаковки, мм: 1600х760х10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5914.00</t>
+            <t xml:space="preserve">6032.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ZEN-4S-1200 / Защитный экран настольный 4- х секционный</t>
           </r>
           <r>
             <t xml:space="preserve">