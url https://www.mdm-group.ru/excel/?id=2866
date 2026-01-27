--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.02.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Дозаторы антисептика настенные</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DAN-2 / Держатель для антисептика настенный локтевой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAN.2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный шагрень/хром</t>
@@ -884,51 +884,51 @@
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вместимость 200 перчаток. Имеет настенное крепление. Может устанавливаться на мобильную стойку STAN-1. Собственное производство. Перчатки (артикул POP.001.TR) в комплект не входят.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1280.00</t>
+      <t xml:space="preserve">1306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DDG-200 / Диспенсер для одноразовых перчаток ПЭТ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DDG.200.22450.4N100.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный шагрень</t>
@@ -945,51 +945,51 @@
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вместимость 200 перчаток. Имеет настенное крепление. Может устанавливаться на мобильную стойку STAN-1. Собственное производство. Перчатки (артикул POP.001.TR) в комплект не входят.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1280.00</t>
+      <t xml:space="preserve">1306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1783,51 +1783,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.02.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>2</v>
       </c>
     </row>
@@ -2697,51 +2697,51 @@
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вместимость 200 перчаток. Имеет настенное крепление. Может устанавливаться на мобильную стойку STAN-1. Собственное производство. Перчатки (артикул POP.001.TR) в комплект не входят.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1280.00</t>
+            <t xml:space="preserve">1306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DDG-200 / Диспенсер для одноразовых перчаток ПЭТ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DDG.200.22450.4N100.V2</t>
           </r>
@@ -2761,51 +2761,51 @@
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вместимость 200 перчаток. Имеет настенное крепление. Может устанавливаться на мобильную стойку STAN-1. Собственное производство. Перчатки (артикул POP.001.TR) в комплект не входят.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1280.00</t>
+            <t xml:space="preserve">1306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>