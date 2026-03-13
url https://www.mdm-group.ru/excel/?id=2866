--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -98,54 +98,50 @@
       <t xml:space="preserve">
 Примечание: Для емкостей с горлышком 28мм, крепеж в комплекте. Собственное произодство.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Фасовка/Количество в упаковке: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, м3: 0,002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вес брутто упаковки, кг: 0,75</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Габариты упаковки, мм: 275х105х90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 639 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">416.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -357,54 +353,50 @@
       <t xml:space="preserve">
 Примечание: В комплекте: держатель настенный и флакон 1000мл, без антисептика</t>
     </r>
     <r>
       <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Фасовка/Количество в упаковке: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, м3: 0,003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вес брутто упаковки, кг: 0,85</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Габариты упаковки, мм: 275х105х90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 759 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">505.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -523,54 +515,50 @@
       <t xml:space="preserve">
 Ширина, мм: 102</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для емкостей с горлышком 28мм, крепеж в комплекте. Собственное производство.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Фасовка/Количество в упаковке: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 799 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">509.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -600,54 +588,50 @@
       <t xml:space="preserve">
 Ширина, мм: 102</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для емкостей с горлышком 28мм, крепеж в комплекте. Собственное производство.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Фасовка/Количество в упаковке: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 799 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">509.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -665,54 +649,50 @@
       <t xml:space="preserve">
 Артикул: DAN.3.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Собственное произодство. Флакон в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Фасовка/Количество в упаковке: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Габариты упаковки, мм: 240х160х100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вес Нетто, кг: 0,211</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вес Брутто, кг: 0,336</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 709 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -742,54 +722,50 @@
       <t xml:space="preserve">
 Артикул: AS-DP.1000.AD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки необходим Держатель металлический арт. DAN.3.V2.CH. Покупается отдельно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Фасовка/Количество в упаковке: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, м3: 0,02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вес брутто упаковки, кг: 10,47</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Габариты упаковки, мм: 285х210х345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 689 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">279.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -799,74 +775,74 @@
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DAS 709 / Диспенсер сенсорный для антисептика, спрей </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAS.709.WH </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Тип распыления – спрей. Наполнение: дезинфицирующая жидкость. Объем 1000мл. Размер: 13х12х27см. Настенное крепление. Крепеж в комплекте. Может устанавливаться на мобильную стойку STAN-1.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 2999 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1999.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DDG-200 / Диспенсер для одноразовых перчаток ПЭТ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DDG.200.7047.90.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1871,54 +1847,50 @@
             <t xml:space="preserve">
 Примечание: Для емкостей с горлышком 28мм, крепеж в комплекте. Собственное произодство.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Фасовка/Количество в упаковке: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, м3: 0,002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вес брутто упаковки, кг: 0,75</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Габариты упаковки, мм: 275х105х90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 639 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">416.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -2141,54 +2113,50 @@
             <t xml:space="preserve">
 Примечание: В комплекте: держатель настенный и флакон 1000мл, без антисептика</t>
           </r>
           <r>
             <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Фасовка/Количество в упаковке: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, м3: 0,003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вес брутто упаковки, кг: 0,85</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Габариты упаковки, мм: 275х105х90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 759 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">505.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -2315,54 +2283,50 @@
             <t xml:space="preserve">
 Ширина, мм: 102</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для емкостей с горлышком 28мм, крепеж в комплекте. Собственное производство.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Фасовка/Количество в упаковке: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 799 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
@@ -2397,54 +2361,50 @@
             <t xml:space="preserve">
 Ширина, мм: 102</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для емкостей с горлышком 28мм, крепеж в комплекте. Собственное производство.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Фасовка/Количество в упаковке: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 799 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
@@ -2465,54 +2425,50 @@
             <t xml:space="preserve">
 Артикул: DAN.3.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Собственное произодство. Флакон в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Фасовка/Количество в упаковке: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Габариты упаковки, мм: 240х160х100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вес Нетто, кг: 0,211</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вес Брутто, кг: 0,336</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 709 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
@@ -2547,54 +2503,50 @@
             <t xml:space="preserve">
 Артикул: AS-DP.1000.AD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки необходим Держатель металлический арт. DAN.3.V2.CH. Покупается отдельно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Фасовка/Количество в упаковке: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, м3: 0,02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вес брутто упаковки, кг: 10,47</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Габариты упаковки, мм: 285х210х345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 689 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">279.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -2607,74 +2559,74 @@
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DAS 709 / Диспенсер сенсорный для антисептика, спрей </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DAS.709.WH </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Тип распыления – спрей. Наполнение: дезинфицирующая жидкость. Объем 1000мл. Размер: 13х12х27см. Настенное крепление. Крепеж в комплекте. Может устанавливаться на мобильную стойку STAN-1.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 2999 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1999.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DDG-200 / Диспенсер для одноразовых перчаток ПЭТ</t>
           </r>
           <r>