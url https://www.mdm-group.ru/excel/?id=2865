--- v0 (2025-12-05)
+++ v1 (2026-03-09)
@@ -75,54 +75,50 @@
       <t xml:space="preserve">AS-DP-1000 / Антисептик АДЕЗ во флаконе Диспенсопак 1л</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: AS-DP.1000.AD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки необходим Держатель металлический арт. DAN.3.V2.CH. Покупается отдельно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Фасовка/Количество в упаковке: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Объем, м3: 0,02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вес брутто упаковки, кг: 10,47</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Габариты упаковки, мм: 285х210х345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 689 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">279.00</t>
     </r>
@@ -678,54 +674,50 @@
             <t xml:space="preserve">
 Артикул: AS-DP.1000.AD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки необходим Держатель металлический арт. DAN.3.V2.CH. Покупается отдельно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Тип упаковки: гофрокороб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Фасовка/Количество в упаковке: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Объем, м3: 0,02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вес брутто упаковки, кг: 10,47</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Габариты упаковки, мм: 285х210х345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 689 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">279.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>