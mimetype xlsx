--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Фурнитура для систем: колеса, заглушки, присоски</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-34 b \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.034B.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -86,51 +86,51 @@
       <t xml:space="preserve">
 Высота, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: до 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50.00</t>
+      <t xml:space="preserve">51.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 e \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034E.GR</t>
@@ -151,51 +151,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: каркас – металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">172.00</t>
+      <t xml:space="preserve">175.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 et \ Колесная опора c тормозом (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034ET.CR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -212,51 +212,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: каркас – металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">180.00</t>
+      <t xml:space="preserve">184.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 ic \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034IC.40.ZN.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/черный</t>
@@ -285,51 +285,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 88 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 cn \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034CN.ZN.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/серый</t>
@@ -346,51 +346,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">128.00</t>
+      <t xml:space="preserve">131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 cnt \ Колесная опора c тормозом (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034CNT.ZN.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/серый</t>
@@ -407,51 +407,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">194.00</t>
+      <t xml:space="preserve">198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-34 сn \ Колесная опора усиленная (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.034CN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -464,51 +464,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: до 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10 (длина 30 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 d \ Колесная опора Шар (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034D.40.CH.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/серый</t>
@@ -525,96 +525,96 @@
       <t xml:space="preserve">
 Нагрузка, кг: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Материал колеса серая резина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">103.00</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-12 \ Втулка для ножки, колесной опоры (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.012.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.00</t>
+      <t xml:space="preserve">26.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -631,51 +631,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
@@ -688,51 +688,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
@@ -818,51 +818,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.14</t>
+      <t xml:space="preserve">7.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.008.0,8-1.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -936,100 +936,100 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.68</t>
+      <t xml:space="preserve">3.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr 018 (D=32 мм) \ Заглушка (металлопластиковая)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.018C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.10</t>
+      <t xml:space="preserve">39.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-19 \ Заглушка-ножка пластиковая</t>
@@ -1050,51 +1050,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4.30</t>
+      <t xml:space="preserve">4.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-41 \ Заглушка сферическая пластиковая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.041.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1164,51 +1164,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.016.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1270,51 +1270,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
@@ -1327,51 +1327,51 @@
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.90</t>
+      <t xml:space="preserve">6.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2473,51 +2473,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>2</v>
       </c>
     </row>
@@ -2549,51 +2549,51 @@
             <t xml:space="preserve">
 Высота, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: до 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50.00</t>
+            <t xml:space="preserve">51.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 e \ Колесная опора (резьба М10)</t>
           </r>
@@ -2617,51 +2617,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: каркас – металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">172.00</t>
+            <t xml:space="preserve">175.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 et \ Колесная опора c тормозом (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2683,51 +2683,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: каркас – металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">180.00</t>
+            <t xml:space="preserve">184.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 ic \ Колесная опора (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034IC.40.ZN.BL</t>
           </r>
@@ -2759,51 +2759,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 88 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 cn \ Колесная опора (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2825,51 +2825,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">128.00</t>
+            <t xml:space="preserve">131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 cnt \ Колесная опора c тормозом (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034CNT.ZN.GR</t>
           </r>
@@ -2889,51 +2889,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">194.00</t>
+            <t xml:space="preserve">198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jr-34 сn \ Колесная опора усиленная (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2951,51 +2951,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: до 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10 (длина 30 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 d \ Колесная опора Шар (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034D.40.CH.GR</t>
           </r>
@@ -3015,101 +3015,101 @@
             <t xml:space="preserve">
 Нагрузка, кг: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Материал колеса серая резина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">103.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jr-12 \ Втулка для ножки, колесной опоры (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKR.012.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.00</t>
+            <t xml:space="preserve">26.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3129,51 +3129,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3191,51 +3191,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3329,51 +3329,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.14</t>
+            <t xml:space="preserve">7.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.008.0,8-1.CH</t>
           </r>
@@ -3455,51 +3455,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.68</t>
+            <t xml:space="preserve">3.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jr 018 (D=32 мм) \ Заглушка (металлопластиковая)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKR.018C.CH</t>
           </r>
@@ -3507,51 +3507,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.10</t>
+            <t xml:space="preserve">39.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3577,51 +3577,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.30</t>
+            <t xml:space="preserve">4.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-41 \ Заглушка сферическая пластиковая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.041.CH</t>
           </r>
@@ -3699,51 +3699,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.016.TR</t>
           </r>
@@ -3813,51 +3813,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3873,51 +3873,51 @@
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.90</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>