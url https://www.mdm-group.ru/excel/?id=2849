--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -261,54 +261,50 @@
       <t xml:space="preserve">
 Цвет: цинк/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 07.10.2025 14:16:31</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 88 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -656,86 +652,86 @@
       <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+      <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">89.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1439,51 +1435,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3b15b3_4bfb_11e5_a10e_0025902b3cc1_B29CE6C5_F311_41B7_B4A4_19A3665E74CF2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fcfec0_5755_11e8_ade2_0025902b3cc1_JOKR_034E_GR3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5fd62b_5756_11e8_ade2_0025902b3cc1_JOKR_034ET_GR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976212b_b666_11e8_a710_0025902b3cc1_JR_34_IC5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6780455d_b666_11e8_a710_0025902b3cc1_JR_34_cn6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec711746_b666_11e8_a710_0025902b3cc1_JR_34_cnt7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a22822_ec2e_11e5_ba27_0025902b3cc0_D5BE1AD7_51C1_4C25_B0C9_5F8CBC9A09C68.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cfbe30_b667_11e8_a710_0025902b3cc1_J_34_d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a90ab0a1_d3c8_11e5_9829_0025902b3cc0_3B89BCBF_E0B3_43C0_8D05_487AA34F993B10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329503_fdef_11df_b16f_003048d0c7fe_B65D4D08_06C7_4F0C_A51A_541B6ADE637F13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978ccfcc_4148_11e7_abe3_0025902b3cc1_J_8_25_1_1_214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6568313_70ad_11e9_80b7_0025902b3cc1_B65D4D08_06C7_4F0C_A51A_541B6ADE637F15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e83fd43_0100_11e0_b16f_003048d0c7fe_62B0C1C2_3644_429E_968D_D5E1295A183E16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a508650_ba5e_11e8_a710_0025902b3cc1_EF4B9F33_891A_4779_B1B2_6FA547321F4A17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d8d_0c07_11e0_99a4_003048f27c5f_D3316F2C_042E_4625_BFE7_82578625338418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f32c8_fdef_11df_b16f_003048d0c7fe_87F31128_07F4_4BCE_889B_F1D95309901719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb53_fea4_11df_b16f_003048d0c7fe_240DD8F3_F707_406A_8A68_BD7F819B096B20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C23.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3b15b3_4bfb_11e5_a10e_0025902b3cc1_B29CE6C5_F311_41B7_B4A4_19A3665E74CF2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fcfec0_5755_11e8_ade2_0025902b3cc1_JOKR_034E_GR3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5fd62b_5756_11e8_ade2_0025902b3cc1_JOKR_034ET_GR4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976212b_b666_11e8_a710_0025902b3cc1_JR_34_IC5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6780455d_b666_11e8_a710_0025902b3cc1_JR_34_cn6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec711746_b666_11e8_a710_0025902b3cc1_JR_34_cnt7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a22822_ec2e_11e5_ba27_0025902b3cc0_D5BE1AD7_51C1_4C25_B0C9_5F8CBC9A09C68.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cfbe30_b667_11e8_a710_0025902b3cc1_J_34_d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a90ab0a1_d3c8_11e5_9829_0025902b3cc0_3B89BCBF_E0B3_43C0_8D05_487AA34F993B10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c01353e_b894_11ef_8ec3_0050569cf81d_SEV340-40-BL12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329503_fdef_11df_b16f_003048d0c7fe_B65D4D08_06C7_4F0C_A51A_541B6ADE637F13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978ccfcc_4148_11e7_abe3_0025902b3cc1_J_8_25_1_1_214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6568313_70ad_11e9_80b7_0025902b3cc1_B65D4D08_06C7_4F0C_A51A_541B6ADE637F15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e83fd43_0100_11e0_b16f_003048d0c7fe_62B0C1C2_3644_429E_968D_D5E1295A183E16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a508650_ba5e_11e8_a710_0025902b3cc1_EF4B9F33_891A_4779_B1B2_6FA547321F4A17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d8d_0c07_11e0_99a4_003048f27c5f_D3316F2C_042E_4625_BFE7_82578625338418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f32c8_fdef_11df_b16f_003048d0c7fe_87F31128_07F4_4BCE_889B_F1D95309901719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb53_fea4_11df_b16f_003048d0c7fe_240DD8F3_F707_406A_8A68_BD7F819B096B20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C23.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2735,54 +2731,50 @@
             <t xml:space="preserve">
 Цвет: цинк/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.10.2025 14:16:31</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 88 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -3159,86 +3151,86 @@
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+            <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">89.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>