--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.11.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торсы и манекены с деревянными руками Originals</t>
   </si>
   <si>
     <t>Торсы и манекены с подвижными деревянными руками – универсальное предложение для тех, кто хочет придать своему магазину неповторимый стиль и уникальность. Серия Originals была разработана специально для тех, кто хочет видеть стильные манекены с деревянными руками в витрине своего магазина.
 Манекены обтянуты тканью и имеют деревянные руки с шарнирным механизмом. Благодаря шарнирному механизму руки можно фиксировать в различных положениях. Вы с легкостью можете придать манекену неповторимую позу и создать интересную композицию из нескольких манекенов. При этом вы можете использовать как мужские, так и женские манекены с деревянными руками, а также торсы с головой и без головы.
 Для создания стильной витрины мы рекомендуем не ограничиваться одной моделью, а комбинировать между собой несколько. Очень нежно смотрятся торсы с головой в цвете «слоновая кость», пара манекенов в цвете «графит» зададут стиль витрине, а торсы без головы, выполненные в сочетании натурального дерева и льна гармонично впишутся в любой тип магазина.
 Набор поз и образов ограничиваются только вашей фантазией. Заказывайте манекены с деревянными руками через сайт.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Originals 02 \ Торс-Манекен с деревянными руками, женский</t>
     </r>
     <r>
@@ -108,51 +108,51 @@
       <t xml:space="preserve">
 Материал: стеклопластик / дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подставка регулируется по высоте. Поставляется в комплекте. Торс и голова манекена обтянуты тканью из искусственного волокна с мелким ворсом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25699.00</t>
+      <t xml:space="preserve">26213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Originals 02 \ Торс-Манекен с деревянными руками, женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ORG.002.LBG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: слоновая кость\светлое дерево</t>
@@ -177,51 +177,51 @@
       <t xml:space="preserve">
 Материал: стеклопластик / дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подставка регулируется по высоте. Поставляется в комплекте. Торс и голова манекена обтянуты тканью из искусственного волокна с мелким ворсом.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25699.00</t>
+      <t xml:space="preserve">26213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Originals 04 \ Торс-Манекен с деревянными руками, женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ORG.004.DBG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: лен \ темное дерево</t>
@@ -242,100 +242,100 @@
       <t xml:space="preserve">
 Материал: стеклопластик / дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подставка регулируется по высоте. Поставляется в комплекте. Торс манекена обтянут льняной тканью. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22122.00</t>
+      <t xml:space="preserve">22564.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Originals 14 \  Стойка для торсов Originals (4 колеса, с тормозом)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MNN.014.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 770-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: диаметр труб 23-25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6120.00</t>
+      <t xml:space="preserve">6242.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Originals 15 \ Стойка для торсов Originals (тренога)</t>
@@ -348,51 +348,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 770-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: диаметр труб 23-25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4998.00</t>
+      <t xml:space="preserve">5098.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -984,51 +984,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.11.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1076,51 +1076,51 @@
             <t xml:space="preserve">
 Материал: стеклопластик / дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подставка регулируется по высоте. Поставляется в комплекте. Торс и голова манекена обтянуты тканью из искусственного волокна с мелким ворсом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25699.00</t>
+            <t xml:space="preserve">26213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Originals 02 \ Торс-Манекен с деревянными руками, женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ORG.002.LBG</t>
           </r>
@@ -1148,51 +1148,51 @@
             <t xml:space="preserve">
 Материал: стеклопластик / дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подставка регулируется по высоте. Поставляется в комплекте. Торс и голова манекена обтянуты тканью из искусственного волокна с мелким ворсом.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25699.00</t>
+            <t xml:space="preserve">26213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Originals 04 \ Торс-Манекен с деревянными руками, женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1218,51 +1218,51 @@
             <t xml:space="preserve">
 Материал: стеклопластик / дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подставка регулируется по высоте. Поставляется в комплекте. Торс манекена обтянут льняной тканью. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22122.00</t>
+            <t xml:space="preserve">22564.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Originals 14 \  Стойка для торсов Originals (4 колеса, с тормозом)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MNN.014.BL</t>
           </r>
@@ -1270,51 +1270,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 770-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: диаметр труб 23-25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6120.00</t>
+            <t xml:space="preserve">6242.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1332,51 +1332,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 770-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: диаметр труб 23-25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4998.00</t>
+            <t xml:space="preserve">5098.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>