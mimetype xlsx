--- v0 (2026-01-20)
+++ v1 (2026-03-06)
@@ -53,55 +53,55 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Jeans</t>
   </si>
   <si>
     <t>Новинка! Скоро поступление на склад.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jeans F-01 \ Манекен женский (с деревянными руками)</t>
-[...3 lines deleted...]
-Артикул: JNS.001.WH</t>
+      <t xml:space="preserve">Jeans F-03 \ Манекен женский (с деревянными руками)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JNS.003.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: винтаж/белый матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 186</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 88</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 63</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 92</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик / дерево</t>
     </r>
@@ -122,55 +122,55 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">33779.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jeans F-03 \ Манекен женский (с деревянными руками)</t>
-[...3 lines deleted...]
-Артикул: JNS.003.WH</t>
+      <t xml:space="preserve">Jeans F-01 \ Манекен женский (с деревянными руками)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JNS.001.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: винтаж/белый матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 186</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 88</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 63</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 92</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик / дерево</t>
     </r>
@@ -278,51 +278,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c56e439_9d76_11e9_80b7_0025902b3cc1_Blake_1_12.JPG"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7431a893_9d76_11e9_80b7_0025902b3cc1_Blake_3_13.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7431a893_9d76_11e9_80b7_0025902b3cc1_Blake_3_12.JPG"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c56e439_9d76_11e9_80b7_0025902b3cc1_Blake_1_13.JPG"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -752,55 +752,55 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jeans F-01 \ Манекен женский (с деревянными руками)</t>
-[...3 lines deleted...]
-Артикул: JNS.001.WH</t>
+            <t xml:space="preserve">Jeans F-03 \ Манекен женский (с деревянными руками)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JNS.003.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: винтаж/белый матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 186</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 88</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 63</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 92</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик / дерево</t>
           </r>
@@ -824,55 +824,55 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">33779.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jeans F-03 \ Манекен женский (с деревянными руками)</t>
-[...3 lines deleted...]
-Артикул: JNS.003.WH</t>
+            <t xml:space="preserve">Jeans F-01 \ Манекен женский (с деревянными руками)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JNS.001.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: винтаж/белый матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 186</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 88</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 63</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 92</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик / дерево</t>
           </r>