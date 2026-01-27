--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18.01.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торговые островки</t>
   </si>
   <si>
     <t>Торговые островки для торговых центров – популярный вариант торгового оборудования. Используются как для продажи товаров, так и для оказания услуг.
 Мы изготавливаем острова для различных видов бизнеса: торговые островки для продажи одежды, мобильных телефонов и аксессуаров для мобильных устройств, островки для продажи игрушек, ювелирных изделий, бижутерии, островки маникюра и nail-bar островные павильоны для продажи часов, сумок, очков, острова для продажи косметики, парфюмерии и др.
 Проектируются торговые острова для каждого клиента индивидуально с учетом специфики бизнеса, пожеланий по расположению, требований торговых центров и бренд бука клиента.
 В производстве мы используем различные материалы – ЛДСП, пластик, стекло, оргстекло, искусственный камень, МДФ с покраской, фанеру, кожзам. Устанавливаем светодиодное освещение, лайт боксы.
 Стоимость зависит от площади и сложности дизайн проекта.
 Выполняем полный комплекс услуг – от разработки дизайн проекта и доставки и монтажа оборудования в торговом центре.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Торговый островок для аксессуаров</t>
@@ -86,51 +86,51 @@
       <t xml:space="preserve">
 Артикул: TORG.OSTR.01</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 4350х2150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена указана в базовой комплектации. Рассчитывается индивидуально для каждого проекта.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">472794.00</t>
+      <t xml:space="preserve">482250.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -143,51 +143,51 @@
       <t xml:space="preserve">
 Артикул: TORG.OSTR.02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 2750х2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена указана в базовой комплектации. Рассчитывается индивидуально для каждого проекта.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">343850.00</t>
+      <t xml:space="preserve">350727.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -200,51 +200,51 @@
       <t xml:space="preserve">
 Артикул: TORG.OSTR.03</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 3500х2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена указана в базовой комплектации. Рассчитывается индивидуально для каждого проекта.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">558757.00</t>
+      <t xml:space="preserve">569932.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -257,51 +257,51 @@
       <t xml:space="preserve">
 Артикул: TORG.OSTR.04</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 3880х2600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена указана в базовой комплектации. Рассчитывается индивидуально для каждого проекта.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">300869.00</t>
+      <t xml:space="preserve">306886.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -867,51 +867,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18.01.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -935,51 +935,51 @@
             <t xml:space="preserve">
 Артикул: TORG.OSTR.01</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 4350х2150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена указана в базовой комплектации. Рассчитывается индивидуально для каждого проекта.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">472794.00</t>
+            <t xml:space="preserve">482250.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -995,51 +995,51 @@
             <t xml:space="preserve">
 Артикул: TORG.OSTR.02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 2750х2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена указана в базовой комплектации. Рассчитывается индивидуально для каждого проекта.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">343850.00</t>
+            <t xml:space="preserve">350727.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -1057,51 +1057,51 @@
             <t xml:space="preserve">
 Артикул: TORG.OSTR.03</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 3500х2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена указана в базовой комплектации. Рассчитывается индивидуально для каждого проекта.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">558757.00</t>
+            <t xml:space="preserve">569932.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -1117,51 +1117,51 @@
             <t xml:space="preserve">
 Артикул: TORG.OSTR.04</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 3880х2600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена указана в базовой комплектации. Рассчитывается индивидуально для каждого проекта.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">300869.00</t>
+            <t xml:space="preserve">306886.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>