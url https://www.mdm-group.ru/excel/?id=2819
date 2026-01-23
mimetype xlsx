--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.02.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Демонстрационные столы OMT</t>
   </si>
   <si>
     <t>Дизайнерские столы OMT для демонстрации и выкладки товаров в торговом зале.В серии представлены стандартные модели демонстрационных столов в широком выборе размеров и конфигураций. Модели отличаются формой, материалом, местом установки и применением. Стильные и функциональные столы позволяют выгодно продемонстрировать товар и устанавливаются в торговом зале, обеспечивая открытый доступ покупателя к товару.
 Столешницы могут быть выполнены из следующих материалов:
 ДСП
 МДФ окрашенный
 Стекло прозрачное
 Стекло матовое
 Металлические каркасы могут быть покрашены в любой цвет по каталогу RAL.
 Под заказ можем изготовить любые другие демонстрационные конструкции под проект Вашего магазина.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
@@ -96,51 +96,51 @@
       <t xml:space="preserve">
 Ширина, мм: 570</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стол неразборный. Металл, порошковая окраска</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17423.00</t>
+      <t xml:space="preserve">17771.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Металлический демонстрационный стол Bubbls</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.022B</t>
@@ -153,51 +153,51 @@
       <t xml:space="preserve">
 Ширина, мм: 570</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стол неразборный. Металл, порошковая окраска</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13552.00</t>
+      <t xml:space="preserve">13823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Металлический демонстрационный стол Grass</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.021A</t>
@@ -210,51 +210,51 @@
       <t xml:space="preserve">
 Ширина, мм: 570</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стол неразборный. Металл, порошковая окраска</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14077.00</t>
+      <t xml:space="preserve">14359.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Металлический демонстрационный стол Grass</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.021B</t>
@@ -267,51 +267,51 @@
       <t xml:space="preserve">
 Ширина, мм: 570</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стол неразборный. Металл, порошковая окраска</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10188.00</t>
+      <t xml:space="preserve">10392.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.017A.DSP</t>
@@ -324,51 +324,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные:полоса 60х6, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14832.00</t>
+      <t xml:space="preserve">15129.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.017B.DSP</t>
@@ -381,51 +381,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные:полоса 60х6, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11097.00</t>
+      <t xml:space="preserve">11319.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.017A.COL</t>
@@ -438,51 +438,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15664.00</t>
+      <t xml:space="preserve">15977.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.017B.COL</t>
@@ -495,51 +495,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10797.00</t>
+      <t xml:space="preserve">11013.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.016A.GL</t>
@@ -552,51 +552,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: стекло прозрачное 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20328.00</t>
+      <t xml:space="preserve">20735.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.016B.GL</t>
@@ -609,51 +609,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: стекло прозрачное 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13833.00</t>
+      <t xml:space="preserve">14110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.016A.MGL</t>
@@ -666,51 +666,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: стекло матовое 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21321.00</t>
+      <t xml:space="preserve">21747.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.016B.MGL</t>
@@ -723,51 +723,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: стекло матовое 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14478.00</t>
+      <t xml:space="preserve">14768.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.015A.DSP</t>
@@ -780,51 +780,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный:полоса 60х6, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19743.00</t>
+      <t xml:space="preserve">20138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.015B.DSP</t>
@@ -837,51 +837,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный:полоса 60х6, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16009.00</t>
+      <t xml:space="preserve">16329.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.015A.COL</t>
@@ -894,51 +894,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19402.00</t>
+      <t xml:space="preserve">19790.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.015B.COL</t>
@@ -951,51 +951,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14689.00</t>
+      <t xml:space="preserve">14983.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.014A.DSP</t>
@@ -1008,51 +1008,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные:полоса 60х6, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14550.00</t>
+      <t xml:space="preserve">14841.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.014B.DSP</t>
@@ -1065,51 +1065,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные:полоса 60х6, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11823.00</t>
+      <t xml:space="preserve">12059.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.014A.COL</t>
@@ -1122,51 +1122,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15468.00</t>
+      <t xml:space="preserve">15777.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.014B.COL</t>
@@ -1179,51 +1179,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10387.00</t>
+      <t xml:space="preserve">10595.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с кожзамом)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.014B.KZ</t>
@@ -1236,51 +1236,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: полоса 60х6, Столешница: МДФ 25мм / кожзам (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9593.00</t>
+      <t xml:space="preserve">9785.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.013A.GL</t>
@@ -1293,51 +1293,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: стекло прозрачное 8 мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16316.00</t>
+      <t xml:space="preserve">16642.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.013B.GL</t>
@@ -1350,51 +1350,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: стекло прозрачное 8 мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10743.00</t>
+      <t xml:space="preserve">10958.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.013A.MGL</t>
@@ -1407,51 +1407,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: стекло матовое 8 мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15709.00</t>
+      <t xml:space="preserve">16023.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.013B.MGL</t>
@@ -1464,51 +1464,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: стекло матовое 8 мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11369.00</t>
+      <t xml:space="preserve">11596.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.012A.DSP</t>
@@ -1521,51 +1521,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: ДСП 25мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14626.00</t>
+      <t xml:space="preserve">14919.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.012B.DSP</t>
@@ -1578,51 +1578,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: ДСП 25мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10366.00</t>
+      <t xml:space="preserve">10573.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.012A.COL</t>
@@ -1635,51 +1635,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16826.00</t>
+      <t xml:space="preserve">17163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.012B.COL</t>
@@ -1692,51 +1692,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11476.00</t>
+      <t xml:space="preserve">11706.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.011A.DSP</t>
@@ -1749,51 +1749,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12440.00</t>
+      <t xml:space="preserve">12689.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.011B.DSP</t>
@@ -1806,51 +1806,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9695.00</t>
+      <t xml:space="preserve">9889.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.011A.COL</t>
@@ -1863,51 +1863,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13825.00</t>
+      <t xml:space="preserve">14102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.011B.COL</t>
@@ -1920,51 +1920,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11279.00</t>
+      <t xml:space="preserve">11505.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.010A.DSP</t>
@@ -1977,51 +1977,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11675.00</t>
+      <t xml:space="preserve">11909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.010B.DSP</t>
@@ -2034,51 +2034,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8965.00</t>
+      <t xml:space="preserve">9144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.010A.COL</t>
@@ -2091,51 +2091,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13246.00</t>
+      <t xml:space="preserve">13511.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.010B.COL</t>
@@ -2148,51 +2148,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9325.00</t>
+      <t xml:space="preserve">9512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.009A.GL</t>
@@ -2205,51 +2205,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло прозрачное 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13429.00</t>
+      <t xml:space="preserve">13698.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.009B.GL</t>
@@ -2262,51 +2262,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло прозрачное 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10652.00</t>
+      <t xml:space="preserve">10865.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.009A.MGL</t>
@@ -2319,51 +2319,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло матовое 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14440.00</t>
+      <t xml:space="preserve">14729.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.009B.MGL</t>
@@ -2376,51 +2376,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло матовое 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11276.00</t>
+      <t xml:space="preserve">11502.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.008A.DSP</t>
@@ -2433,51 +2433,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15746.00</t>
+      <t xml:space="preserve">16061.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.008B.DSP</t>
@@ -2490,51 +2490,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11881.00</t>
+      <t xml:space="preserve">12119.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.008A.COL</t>
@@ -2547,51 +2547,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16330.00</t>
+      <t xml:space="preserve">16657.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.008B.COL</t>
@@ -2604,51 +2604,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11943.00</t>
+      <t xml:space="preserve">12182.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.007A.GL</t>
@@ -2661,51 +2661,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло прозрачное 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11332.00</t>
+      <t xml:space="preserve">11559.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.007B.GL</t>
@@ -2718,51 +2718,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло прозрачное 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9861.00</t>
+      <t xml:space="preserve">10058.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.007A.MGL</t>
@@ -2775,51 +2775,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло матовое 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12345.00</t>
+      <t xml:space="preserve">12592.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.007B.MGL</t>
@@ -2832,51 +2832,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло матовое 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10872.00</t>
+      <t xml:space="preserve">11089.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.006A.DSP</t>
@@ -2889,51 +2889,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13319.00</t>
+      <t xml:space="preserve">13585.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.006B.DSP</t>
@@ -2946,51 +2946,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10740.00</t>
+      <t xml:space="preserve">10955.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.006A.COL</t>
@@ -3003,51 +3003,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14406.00</t>
+      <t xml:space="preserve">14694.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.006B.COL</t>
@@ -3060,51 +3060,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10641.00</t>
+      <t xml:space="preserve">10854.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.005A.GL</t>
@@ -3117,51 +3117,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: стекло прозрачное 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12327.00</t>
+      <t xml:space="preserve">12574.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.005B.GL</t>
@@ -3174,51 +3174,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: стекло прозрачное 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9328.00</t>
+      <t xml:space="preserve">9515.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.005A.MGL</t>
@@ -3231,51 +3231,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: стекло матовое 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13226.00</t>
+      <t xml:space="preserve">13491.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.005B.MGL</t>
@@ -3288,51 +3288,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: стекло матовое 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9953.00</t>
+      <t xml:space="preserve">10152.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.004A.DSP</t>
@@ -3345,51 +3345,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: ДСП 25мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13319.00</t>
+      <t xml:space="preserve">13585.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.004B.DSP</t>
@@ -3402,51 +3402,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: ДСП 25мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10779.00</t>
+      <t xml:space="preserve">10995.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.004A.COL</t>
@@ -3459,51 +3459,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14646.00</t>
+      <t xml:space="preserve">14939.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.004B.COL</t>
@@ -3516,51 +3516,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11406.00</t>
+      <t xml:space="preserve">11634.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.003A.GL</t>
@@ -3573,51 +3573,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: стекло прозрачное 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12730.00</t>
+      <t xml:space="preserve">12985.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.003B.GL</t>
@@ -3630,51 +3630,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: стекло прозрачное 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8793.00</t>
+      <t xml:space="preserve">8969.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.003A.MGL</t>
@@ -3687,51 +3687,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: стекло матовое 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13742.00</t>
+      <t xml:space="preserve">14017.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.003B.MGL</t>
@@ -3744,51 +3744,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: стекло матовое 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9419.00</t>
+      <t xml:space="preserve">9607.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.002A.DSP</t>
@@ -3801,51 +3801,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14532.00</t>
+      <t xml:space="preserve">14823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.002B.DSP</t>
@@ -3858,51 +3858,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10292.00</t>
+      <t xml:space="preserve">10498.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.002A.COL</t>
@@ -3915,51 +3915,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13854.00</t>
+      <t xml:space="preserve">14131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.002B.COL</t>
@@ -3972,51 +3972,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10104.00</t>
+      <t xml:space="preserve">10306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.001A.DSP</t>
@@ -4029,51 +4029,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 30х30, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10312.00</t>
+      <t xml:space="preserve">10518.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.001B.DSP</t>
@@ -4086,51 +4086,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 30х30, Столешница: ДСП 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7733.00</t>
+      <t xml:space="preserve">7888.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.001A.COL</t>
@@ -4143,51 +4143,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12212.00</t>
+      <t xml:space="preserve">12456.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMT.001B.COL</t>
@@ -4200,51 +4200,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Опоры съемные: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8490.00</t>
+      <t xml:space="preserve">8660.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -6872,51 +6872,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.02.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -6948,51 +6948,51 @@
             <t xml:space="preserve">
 Ширина, мм: 570</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стол неразборный. Металл, порошковая окраска</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17423.00</t>
+            <t xml:space="preserve">17771.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металлический демонстрационный стол Bubbls</t>
           </r>
@@ -7008,51 +7008,51 @@
             <t xml:space="preserve">
 Ширина, мм: 570</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стол неразборный. Металл, порошковая окраска</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13552.00</t>
+            <t xml:space="preserve">13823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7070,51 +7070,51 @@
             <t xml:space="preserve">
 Ширина, мм: 570</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стол неразборный. Металл, порошковая окраска</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14077.00</t>
+            <t xml:space="preserve">14359.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металлический демонстрационный стол Grass</t>
           </r>
@@ -7130,51 +7130,51 @@
             <t xml:space="preserve">
 Ширина, мм: 570</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стол неразборный. Металл, порошковая окраска</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10188.00</t>
+            <t xml:space="preserve">10392.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7192,51 +7192,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные:полоса 60х6, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14832.00</t>
+            <t xml:space="preserve">15129.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -7252,51 +7252,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные:полоса 60х6, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11097.00</t>
+            <t xml:space="preserve">11319.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7314,51 +7314,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15664.00</t>
+            <t xml:space="preserve">15977.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
           </r>
@@ -7374,51 +7374,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10797.00</t>
+            <t xml:space="preserve">11013.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7436,51 +7436,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: стекло прозрачное 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20328.00</t>
+            <t xml:space="preserve">20735.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
           </r>
@@ -7496,51 +7496,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: стекло прозрачное 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13833.00</t>
+            <t xml:space="preserve">14110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7558,51 +7558,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: стекло матовое 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21321.00</t>
+            <t xml:space="preserve">21747.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
           </r>
@@ -7618,51 +7618,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: стекло матовое 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14478.00</t>
+            <t xml:space="preserve">14768.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7680,51 +7680,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный:полоса 60х6, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19743.00</t>
+            <t xml:space="preserve">20138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -7740,51 +7740,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный:полоса 60х6, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16009.00</t>
+            <t xml:space="preserve">16329.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7802,51 +7802,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19402.00</t>
+            <t xml:space="preserve">19790.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
           </r>
@@ -7862,51 +7862,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14689.00</t>
+            <t xml:space="preserve">14983.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7924,51 +7924,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные:полоса 60х6, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14550.00</t>
+            <t xml:space="preserve">14841.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -7984,51 +7984,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные:полоса 60х6, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11823.00</t>
+            <t xml:space="preserve">12059.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8046,51 +8046,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15468.00</t>
+            <t xml:space="preserve">15777.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол</t>
           </r>
@@ -8106,51 +8106,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: полоса 60х6, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10387.00</t>
+            <t xml:space="preserve">10595.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8168,51 +8168,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: полоса 60х6, Столешница: МДФ 25мм / кожзам (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9593.00</t>
+            <t xml:space="preserve">9785.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
           </r>
@@ -8228,51 +8228,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: стекло прозрачное 8 мм </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16316.00</t>
+            <t xml:space="preserve">16642.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8290,51 +8290,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: стекло прозрачное 8 мм </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10743.00</t>
+            <t xml:space="preserve">10958.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
           </r>
@@ -8350,51 +8350,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: стекло матовое 8 мм </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15709.00</t>
+            <t xml:space="preserve">16023.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8412,51 +8412,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: стекло матовое 8 мм </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11369.00</t>
+            <t xml:space="preserve">11596.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -8472,51 +8472,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: ДСП 25мм </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14626.00</t>
+            <t xml:space="preserve">14919.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8534,51 +8534,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: ДСП 25мм </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10366.00</t>
+            <t xml:space="preserve">10573.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
           </r>
@@ -8594,51 +8594,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16826.00</t>
+            <t xml:space="preserve">17163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8656,51 +8656,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11476.00</t>
+            <t xml:space="preserve">11706.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -8716,51 +8716,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12440.00</t>
+            <t xml:space="preserve">12689.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8778,51 +8778,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9695.00</t>
+            <t xml:space="preserve">9889.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
           </r>
@@ -8838,51 +8838,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13825.00</t>
+            <t xml:space="preserve">14102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8900,51 +8900,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11279.00</t>
+            <t xml:space="preserve">11505.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -8960,51 +8960,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11675.00</t>
+            <t xml:space="preserve">11909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9022,51 +9022,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8965.00</t>
+            <t xml:space="preserve">9144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
           </r>
@@ -9082,51 +9082,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13246.00</t>
+            <t xml:space="preserve">13511.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9144,51 +9144,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9325.00</t>
+            <t xml:space="preserve">9512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
           </r>
@@ -9204,51 +9204,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло прозрачное 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13429.00</t>
+            <t xml:space="preserve">13698.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9266,51 +9266,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло прозрачное 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10652.00</t>
+            <t xml:space="preserve">10865.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
           </r>
@@ -9326,51 +9326,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло матовое 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14440.00</t>
+            <t xml:space="preserve">14729.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9388,51 +9388,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло матовое 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11276.00</t>
+            <t xml:space="preserve">11502.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -9448,51 +9448,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15746.00</t>
+            <t xml:space="preserve">16061.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9510,51 +9510,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11881.00</t>
+            <t xml:space="preserve">12119.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
           </r>
@@ -9570,51 +9570,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16330.00</t>
+            <t xml:space="preserve">16657.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9632,51 +9632,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11943.00</t>
+            <t xml:space="preserve">12182.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
           </r>
@@ -9692,51 +9692,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло прозрачное 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11332.00</t>
+            <t xml:space="preserve">11559.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9754,51 +9754,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло прозрачное 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9861.00</t>
+            <t xml:space="preserve">10058.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
           </r>
@@ -9814,51 +9814,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло матовое 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12345.00</t>
+            <t xml:space="preserve">12592.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9876,51 +9876,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: стекло матовое 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10872.00</t>
+            <t xml:space="preserve">11089.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -9936,51 +9936,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13319.00</t>
+            <t xml:space="preserve">13585.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9998,51 +9998,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10740.00</t>
+            <t xml:space="preserve">10955.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
           </r>
@@ -10058,51 +10058,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14406.00</t>
+            <t xml:space="preserve">14694.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10120,51 +10120,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 50х20, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10641.00</t>
+            <t xml:space="preserve">10854.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
           </r>
@@ -10180,51 +10180,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: стекло прозрачное 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12327.00</t>
+            <t xml:space="preserve">12574.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10242,51 +10242,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: стекло прозрачное 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9328.00</t>
+            <t xml:space="preserve">9515.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
           </r>
@@ -10302,51 +10302,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: стекло матовое 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13226.00</t>
+            <t xml:space="preserve">13491.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10364,51 +10364,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: стекло матовое 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9953.00</t>
+            <t xml:space="preserve">10152.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -10424,51 +10424,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: ДСП 25мм </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13319.00</t>
+            <t xml:space="preserve">13585.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10486,51 +10486,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: ДСП 25мм </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10779.00</t>
+            <t xml:space="preserve">10995.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
           </r>
@@ -10546,51 +10546,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14646.00</t>
+            <t xml:space="preserve">14939.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10608,51 +10608,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас неразборный: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11406.00</t>
+            <t xml:space="preserve">11634.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Прозрачное стекло)</t>
           </r>
@@ -10668,51 +10668,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: стекло прозрачное 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12730.00</t>
+            <t xml:space="preserve">12985.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10730,51 +10730,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: стекло прозрачное 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8793.00</t>
+            <t xml:space="preserve">8969.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (Матовое стекло)</t>
           </r>
@@ -10790,51 +10790,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: стекло матовое 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13742.00</t>
+            <t xml:space="preserve">14017.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10852,51 +10852,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: стекло матовое 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9419.00</t>
+            <t xml:space="preserve">9607.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -10912,51 +10912,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14532.00</t>
+            <t xml:space="preserve">14823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10974,51 +10974,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10292.00</t>
+            <t xml:space="preserve">10498.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
           </r>
@@ -11034,51 +11034,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13854.00</t>
+            <t xml:space="preserve">14131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11096,51 +11096,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Каркас разборный: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10104.00</t>
+            <t xml:space="preserve">10306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (ДСП)</t>
           </r>
@@ -11156,51 +11156,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 30х30, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10312.00</t>
+            <t xml:space="preserve">10518.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11218,51 +11218,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 30х30, Столешница: ДСП 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7733.00</t>
+            <t xml:space="preserve">7888.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Демонстрационный стол (МДФ с покраской)</t>
           </r>
@@ -11278,51 +11278,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12212.00</t>
+            <t xml:space="preserve">12456.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11340,51 +11340,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Опоры съемные: труба 30х30, Столешница: МДФ 25мм / покраска (Цвета на выбор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8490.00</t>
+            <t xml:space="preserve">8660.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>