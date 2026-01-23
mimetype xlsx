--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.03.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Global в цвете черный муар</t>
   </si>
   <si>
     <t>Система Глобал в цвете черный муар – популярная система торгового оборудования Глобал. Изготавливается на собственном производстве нашей компании.
 Основой служат вертикальные пристенные стойки, на которые крепятся различные кронштейны, крючки и полкодержатели. Перфорированные стойки представляют из себя П-образные конструкции длиной 2395 мм и размером сторон 30х25.
 Черные навесные элементы являются универсальными и при желании могут использоваться в сочетании с хромированными системами "Global", "Four", "Roto".
 Вы можете дополнить пристенные системы вешалами и островными конструкциями Global в цвете черный муар, вешалами Primo Rus, вешалами JVS в цвете черный, шагрень либо другими вешалами из нашего ассортимента.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 1S \ Стойка Global</t>
     </r>
     <r>
@@ -104,51 +104,51 @@
       <t xml:space="preserve">
 Примечание: Не имеет боковой перфорации. Максимальная распределенная нагрузка на полку 40 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">980.00</t>
+      <t xml:space="preserve">1000.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 209 \ Стойка &amp;quot;L&amp;quot;-образная (L-2395мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.209.V3.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -169,51 +169,51 @@
       <t xml:space="preserve">
 Примечание: Для соединителей GLS 211. Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3381.30</t>
+      <t xml:space="preserve">3449.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 210 \ Стойка гондолы (L-1515мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.210.V3.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -234,51 +234,51 @@
       <t xml:space="preserve">
 Примечание: Для соединителей GLS 212. Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3517.00</t>
+      <t xml:space="preserve">3587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.038A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -295,51 +295,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">516.00</t>
+      <t xml:space="preserve">526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.038B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -360,51 +360,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 35 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">589.00</t>
+      <t xml:space="preserve">601.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.038C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -425,51 +425,51 @@
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 35 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">670.00</t>
+      <t xml:space="preserve">683.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.039A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -482,51 +482,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">328.00</t>
+      <t xml:space="preserve">335.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.039B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -539,51 +539,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">399.00</t>
+      <t xml:space="preserve">407.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.039C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -596,51 +596,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">480.00</t>
+      <t xml:space="preserve">490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023C.R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -661,51 +661,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.00</t>
+      <t xml:space="preserve">100.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23L \ Полкодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023C.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -726,51 +726,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.00</t>
+      <t xml:space="preserve">100.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23L \ Полкодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023D.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -791,51 +791,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">112.00</t>
+      <t xml:space="preserve">114.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023D.R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -856,51 +856,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">112.00</t>
+      <t xml:space="preserve">114.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023A.R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -921,51 +921,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23L \ Полкодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023A.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -986,51 +986,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023B.R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1051,51 +1051,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">145.00</t>
+      <t xml:space="preserve">148.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23L \ Полкодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023B.L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1116,51 +1116,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">145.00</t>
+      <t xml:space="preserve">148.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.055R \ Держатель стекла, правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.055R.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1173,51 +1173,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">329.00</t>
+      <t xml:space="preserve">336.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.055L \ Держатель стекла, левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.055L.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1230,51 +1230,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">329.00</t>
+      <t xml:space="preserve">336.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 005 \ Кронштейн для шапок  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.005.9005.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный матовый</t>
@@ -1283,51 +1283,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1590.00</t>
+      <t xml:space="preserve">1622.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 006 \ Кронштейн для шапок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.006.9005.25</t>
@@ -1340,51 +1340,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2080.00</t>
+      <t xml:space="preserve">2122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 007 \ Кронштейн для шапок  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.007.9005.25</t>
@@ -1397,51 +1397,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2870.00</t>
+      <t xml:space="preserve">2927.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.305A \ Полка нижняя для стойки GLS.209.V3  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.305A.V4.22450.4N100</t>
@@ -1462,51 +1462,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1890.00</t>
+      <t xml:space="preserve">1928.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.305B \ Полка нижняя для стойки GLS.209.V3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.305B.V4.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1523,51 +1523,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2360.00</t>
+      <t xml:space="preserve">2407.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.305C \ Полка нижняя для стойки GLS.209.V3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.305C.V4.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1584,51 +1584,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3140.00</t>
+      <t xml:space="preserve">3203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-LEFT.V5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1649,51 +1649,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063BR-R \ Кронштейн для корзины правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-RIGHT.V5.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1714,51 +1714,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063A \ Корзина 600х300х150 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.600.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1783,51 +1783,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">780.00</t>
+      <t xml:space="preserve">796.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 290 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.032.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1844,51 +1844,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">80.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 291 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.028.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1905,51 +1905,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.00</t>
+      <t xml:space="preserve">86.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 292 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.029.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1966,51 +1966,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 293 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.030.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2027,51 +2027,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.00</t>
+      <t xml:space="preserve">90.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 294 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.033.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2088,51 +2088,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.00</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 290-S-BL \ Крючок одинарный на перфорацию (L-100, d-5мм, шаг 50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.290S.BL.9005.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2149,51 +2149,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32.00</t>
+      <t xml:space="preserve">32.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 292-S-BL \ Крючок одинарный на перфорацию (L-200, d-5мм, шаг 50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.292S.BL.9005.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2210,51 +2210,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.00</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 291-S-BL \ Крючок одинарный на перфорацию (L-150, d-5мм, шаг 50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.291S.BL.9005.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2271,51 +2271,51 @@
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.50</t>
+      <t xml:space="preserve">35.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 150 \ Кронштейн наклонный на овальную трубу 30х15, L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.050.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2328,51 +2328,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">339.00</t>
+      <t xml:space="preserve">346.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 113 \ Кронштейн прямой на овальную трубу 30х15мм (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.021.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2385,51 +2385,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">219.00</t>
+      <t xml:space="preserve">223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 153 \ Кронштейн прямой на овальную трубу 30х15мм (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.048.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2442,51 +2442,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">239.00</t>
+      <t xml:space="preserve">244.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу 30х15мм c ограничителями, (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.048V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2499,51 +2499,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">319.00</t>
+      <t xml:space="preserve">325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 109 \ Кронштейн ступенчатый на овальную трубу 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.047.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2556,51 +2556,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">529.00</t>
+      <t xml:space="preserve">540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 41 \ Штанга на овальную трубу 30х15 (L=600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.041A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2609,51 +2609,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">680.00</t>
+      <t xml:space="preserve">694.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 40 \ Штанга (L=1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.040.22450.4N100</t>
@@ -2678,51 +2678,51 @@
       <t xml:space="preserve">
 Примечание: дистанционная секция может быть как слева, так и справа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">800.00</t>
+      <t xml:space="preserve">816.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 37 \ Штанга 2 секции из прямоуг. трубы 30х15, L-1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.037.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2739,51 +2739,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4-5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">990.00</t>
+      <t xml:space="preserve">1010.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 38 \ Штанга дистанционная из прямоуг. трубы 30х15, L-600 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.038A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2800,51 +2800,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">790.00</t>
+      <t xml:space="preserve">806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 38 \ Штанга дистанционная из прямоуг. трубы 30х15, L-900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.038B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2861,51 +2861,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">850.00</t>
+      <t xml:space="preserve">867.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 38 \ Штанга дистанционная из прямоуг. трубы 30х15, L-1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.038C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -2922,100 +2922,100 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">898.00</t>
+      <t xml:space="preserve">916.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Заглушка пластиковая внутренняя для прямоугольных труб размером 30х15 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 15-30ПЧC.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6.50</t>
+      <t xml:space="preserve">6.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 39 \ Штанга из прямоуг. трубы 30х15, L-600мм</t>
@@ -3036,51 +3036,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">359.00</t>
+      <t xml:space="preserve">366.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 39 \ Штанга из прямоуг. трубы 30х15, L-900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.039B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3093,51 +3093,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">450.00</t>
+      <t xml:space="preserve">459.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 39 \ Штанга из прямоуг. трубы 30х15, L-1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.039C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3150,51 +3150,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">499.00</t>
+      <t xml:space="preserve">509.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 41 \ Рама для полки 600х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.041A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3394,51 +3394,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется с ценником арт. MRT.521.TR </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">290.00</t>
+      <t xml:space="preserve">296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 066 \  Полка для обуви с отгибом на прямоугольную трубу 30х15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.066.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -3455,88 +3455,88 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется с самоклеющимся ценником арт. MRT.139.159.TR.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">355.00</t>
+      <t xml:space="preserve">362.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 42 \  Полка стекло для рамы 600х400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.042A.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">636.00</t>
+      <t xml:space="preserve">649.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3549,51 +3549,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 42 \ Полка стекло для рамы 900х400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.042B.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">910.00</t>
+      <t xml:space="preserve">928.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3606,51 +3606,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 42 \ Полка стекло для рамы 1200х400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.042C.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1184.00</t>
+      <t xml:space="preserve">1208.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3663,51 +3663,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 42 \ Полка матовое стекло для рамы 600х400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.042A.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">758.00</t>
+      <t xml:space="preserve">773.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3720,51 +3720,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 42 \ Полка матовое стекло для рамы 900х400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.042B.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1094.00</t>
+      <t xml:space="preserve">1116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3777,51 +3777,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 42 \ Полка матовое стекло для рамы 1200х400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.042C.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1429.00</t>
+      <t xml:space="preserve">1458.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3834,51 +3834,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 42 \ Полка ДСП для рамы 600х400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.042A.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">780.00</t>
+      <t xml:space="preserve">796.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3891,51 +3891,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 42 \ Полка ДСП для рамы 900х400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.042B.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1122.00</t>
+      <t xml:space="preserve">1144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3948,51 +3948,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 42 \ Полка ДСП для рамы 1200х400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.042C.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1465.00</t>
+      <t xml:space="preserve">1494.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -4013,51 +4013,51 @@
       <t xml:space="preserve">
 Артикул: GLPR.051NK.300.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: 1шт. Кронштейны используются с металлическими полками GLPR 51P.  Все характеристики аналогичные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">142.00</t>
+      <t xml:space="preserve">145.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -4086,51 +4086,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1420.00</t>
+      <t xml:space="preserve">1448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.051P.B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4147,51 +4147,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1840.00</t>
+      <t xml:space="preserve">1877.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.051P.C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4208,51 +4208,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2240.00</t>
+      <t xml:space="preserve">2285.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50P \ Полка металлическая Global </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050P.A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4269,51 +4269,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1390.00</t>
+      <t xml:space="preserve">1418.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050P.B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4330,51 +4330,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1870.00</t>
+      <t xml:space="preserve">1907.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050P.C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4391,51 +4391,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2360.00</t>
+      <t xml:space="preserve">2407.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 61 \ Кронштейн ступенчатый на прямоуг. трубу 30х15, L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.061.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4505,51 +4505,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">229.00</t>
+      <t xml:space="preserve">234.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.046 \ Кронштейн для шапок на прямоуг. трубу 30х15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.046.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4562,51 +4562,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 135</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">500.00</t>
+      <t xml:space="preserve">510.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 64 Кронштейн наклонный на прямоуг. трубу 30х15, L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.064.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4684,51 +4684,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">80.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 \ Крючок на прямоуг. трубу 30х15, d-6, L-150мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4745,51 +4745,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">82.00</t>
+      <t xml:space="preserve">83.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 \ Крючок на прямоуг. трубу 30х15, d-6, L-200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4806,51 +4806,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.00</t>
+      <t xml:space="preserve">86.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 \ Крючок на прямоуг. трубу 30х15, d-6, L250мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063D.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4867,51 +4867,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.00</t>
+      <t xml:space="preserve">90.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 \ Крючок на прямоуг. трубу 30х15, d-8, L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063E.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4924,51 +4924,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 \ Крючок на прямоуг. трубу 30х15, d-8, L-350мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063F.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4985,51 +4985,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">112.00</t>
+      <t xml:space="preserve">114.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-600мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.211-L.A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5042,51 +5042,51 @@
       <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">450.00</t>
+      <t xml:space="preserve">459.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-900мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.211-L.B.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5099,51 +5099,51 @@
       <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">520.00</t>
+      <t xml:space="preserve">530.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.211-L.C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5156,51 +5156,51 @@
       <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">550.00</t>
+      <t xml:space="preserve">561.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 212 \ Соединитель для стоек гондол, L-600мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.212.A.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5384,100 +5384,100 @@
       <t xml:space="preserve">
 Примечание: Для стойки GLS 210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.340.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
@@ -5490,51 +5490,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.303A \ Задняя стенка перфорированная для стеллажа Global </t>
@@ -5563,51 +5563,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1190.00</t>
+      <t xml:space="preserve">1214.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.303B \ Задняя стенка перфорированная для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.303B.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5628,51 +5628,51 @@
       <t xml:space="preserve">
 Производитель: Роосия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1670.00</t>
+      <t xml:space="preserve">1703.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.303C \ Задняя стенка перфорированная для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.303C.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5693,51 +5693,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2080.00</t>
+      <t xml:space="preserve">2122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.302A \ Задняя стенка для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.302A.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5754,51 +5754,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">780.00</t>
+      <t xml:space="preserve">796.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.302B \ Задняя стенка для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.302B.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5811,51 +5811,51 @@
       <t xml:space="preserve">
 Высота, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1079.00</t>
+      <t xml:space="preserve">1101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.302C \ Задняя стенка для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.302C.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5872,51 +5872,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1350.00</t>
+      <t xml:space="preserve">1377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.301A \ Задняя стенка для стеллажа Global </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.301A.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5933,51 +5933,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">690.00</t>
+      <t xml:space="preserve">704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.301B \ Задняя стенка для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.301B.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -5994,51 +5994,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">940.00</t>
+      <t xml:space="preserve">959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.301C \ Задняя стенка для стеллажа Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.301C.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -6055,100 +6055,100 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1180.00</t>
+      <t xml:space="preserve">1204.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка информационная рекламная на ножке (h-150мм) А4, A5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: AP.002.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">978.00</t>
+      <t xml:space="preserve">998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка информационная рекламная наклонная (h-300мм) A5</t>
@@ -6161,51 +6161,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1001.00</t>
+      <t xml:space="preserve">1021.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка информационная рекламная А4,  A5</t>
@@ -6214,51 +6214,51 @@
       <t xml:space="preserve">
 Артикул: AP.001.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">575.00</t>
+      <t xml:space="preserve">587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -6279,51 +6279,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3956.00</t>
+      <t xml:space="preserve">4035.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.310B \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.310B.DSP</t>
@@ -6336,51 +6336,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5645.00</t>
+      <t xml:space="preserve">5758.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.310C \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.310C.DSP</t>
@@ -6393,51 +6393,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7330.00</t>
+      <t xml:space="preserve">7477.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311A \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311A.DSP</t>
@@ -6450,51 +6450,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1098.00</t>
+      <t xml:space="preserve">1120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311C.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311C.EP.AL</t>
@@ -6507,51 +6507,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6471.00</t>
+      <t xml:space="preserve">6600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311A.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311A.EP.AL</t>
@@ -6564,51 +6564,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3250.50</t>
+      <t xml:space="preserve">3316.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311B.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311B.EP.AL</t>
@@ -6621,51 +6621,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6456.00</t>
+      <t xml:space="preserve">6585.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311C.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311C.EP.PL</t>
@@ -6678,51 +6678,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4885.50</t>
+      <t xml:space="preserve">4983.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311A.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311A.EP.PL</t>
@@ -6735,51 +6735,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2457.00</t>
+      <t xml:space="preserve">2506.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311B.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311B.EP.PL</t>
@@ -6792,51 +6792,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4870.50</t>
+      <t xml:space="preserve">4968.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311B \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311B.DSP</t>
@@ -6849,51 +6849,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1575.00</t>
+      <t xml:space="preserve">1607.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311C \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311C.DSP</t>
@@ -6906,51 +6906,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">877.00</t>
+      <t xml:space="preserve">895.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.312 \ Декор вертикальный ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.312.DSP</t>
@@ -6959,51 +6959,51 @@
       <t xml:space="preserve">
 Длина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.50 -3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1143.00</t>
+      <t xml:space="preserve">1166.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.313A \ Подиум ЛДСП для стоек GLS.001</t>
@@ -7020,51 +7020,51 @@
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2026.50</t>
+      <t xml:space="preserve">2067.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.313B \ Подиум ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.313B.DSP</t>
@@ -7077,51 +7077,51 @@
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2562.00</t>
+      <t xml:space="preserve">2613.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.313C \ Подиум ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.313C.DSP</t>
@@ -7134,96 +7134,96 @@
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3349.50</t>
+      <t xml:space="preserve">3416.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RK.612-05.200.V2 \ Комплект реек 200мм для мебельных навесов с креплениями к ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RK.612-05.200.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.00</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -7236,51 +7236,51 @@
       </rPr>
       <t xml:space="preserve">RK.612-05.400.V2 \ Комплект реек 400мм для мебельных навесов с креплениями к ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RK.612-05.400.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -7293,51 +7293,51 @@
       </rPr>
       <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RK.612-05.50.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -11447,51 +11447,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.03.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -11535,51 +11535,51 @@
             <t xml:space="preserve">
 Примечание: Не имеет боковой перфорации. Максимальная распределенная нагрузка на полку 40 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">980.00</t>
+            <t xml:space="preserve">1000.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 209 \ Стойка &amp;quot;L&amp;quot;-образная (L-2395мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.209.V3.22450.4N100</t>
           </r>
@@ -11603,51 +11603,51 @@
             <t xml:space="preserve">
 Примечание: Для соединителей GLS 211. Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3381.30</t>
+            <t xml:space="preserve">3449.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 210 \ Стойка гондолы (L-1515мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11673,51 +11673,51 @@
             <t xml:space="preserve">
 Примечание: Для соединителей GLS 212. Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3517.00</t>
+            <t xml:space="preserve">3587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.038A.22450.4N100</t>
           </r>
@@ -11737,51 +11737,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">516.00</t>
+            <t xml:space="preserve">526.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11807,51 +11807,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 35 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">589.00</t>
+            <t xml:space="preserve">601.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 38 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.038C.22450.4N100</t>
           </r>
@@ -11875,51 +11875,51 @@
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 35 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">670.00</t>
+            <t xml:space="preserve">683.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11937,51 +11937,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">328.00</t>
+            <t xml:space="preserve">335.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.039B.22450.4N100</t>
           </r>
@@ -11997,51 +11997,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">399.00</t>
+            <t xml:space="preserve">407.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 39 \ Штанга из овальной трубы 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12059,51 +12059,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">480.00</t>
+            <t xml:space="preserve">490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023C.R.22450.4N100</t>
           </r>
@@ -12127,51 +12127,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.00</t>
+            <t xml:space="preserve">100.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23L \ Полкодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12197,51 +12197,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.00</t>
+            <t xml:space="preserve">100.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23L \ Полкодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023D.L.22450.4N100</t>
           </r>
@@ -12265,51 +12265,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">112.00</t>
+            <t xml:space="preserve">114.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12335,51 +12335,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">112.00</t>
+            <t xml:space="preserve">114.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023A.R.22450.4N100</t>
           </r>
@@ -12403,51 +12403,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23L \ Полкодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12473,51 +12473,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023B.R.22450.4N100</t>
           </r>
@@ -12541,51 +12541,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">145.00</t>
+            <t xml:space="preserve">148.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23L \ Полкодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12611,51 +12611,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">145.00</t>
+            <t xml:space="preserve">148.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.055R \ Держатель стекла, правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.055R.22450.4N100</t>
           </r>
@@ -12671,51 +12671,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">329.00</t>
+            <t xml:space="preserve">336.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.055L \ Держатель стекла, левый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12733,51 +12733,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">329.00</t>
+            <t xml:space="preserve">336.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 005 \ Кронштейн для шапок  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.005.9005.25</t>
           </r>
@@ -12789,51 +12789,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1590.00</t>
+            <t xml:space="preserve">1622.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12851,51 +12851,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2080.00</t>
+            <t xml:space="preserve">2122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 007 \ Кронштейн для шапок  </t>
           </r>
@@ -12911,51 +12911,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2870.00</t>
+            <t xml:space="preserve">2927.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12981,51 +12981,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1890.00</t>
+            <t xml:space="preserve">1928.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.305B \ Полка нижняя для стойки GLS.209.V3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.305B.V4.22450.4N100</t>
           </r>
@@ -13045,51 +13045,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2360.00</t>
+            <t xml:space="preserve">2407.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.305C \ Полка нижняя для стойки GLS.209.V3</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13111,51 +13111,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Полка металлическая. Устанавливается между стоек GLS.209.V3 и GLS.210.V3, доп. элементов не нужно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3140.00</t>
+            <t xml:space="preserve">3203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-LEFT.V5.22450.4N100</t>
           </r>
@@ -13179,51 +13179,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063BR-R \ Кронштейн для корзины правый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13249,51 +13249,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063A \ Корзина 600х300х150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.063.600.22450.4N100</t>
           </r>
@@ -13321,51 +13321,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">780.00</t>
+            <t xml:space="preserve">796.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 290 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13387,51 +13387,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 291 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.028.22450.4N100</t>
           </r>
@@ -13451,51 +13451,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.00</t>
+            <t xml:space="preserve">86.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 292 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13517,51 +13517,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 293 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.030.22450.4N100</t>
           </r>
@@ -13581,51 +13581,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.00</t>
+            <t xml:space="preserve">90.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 294 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13647,51 +13647,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.00</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 290-S-BL \ Крючок одинарный на перфорацию (L-100, d-5мм, шаг 50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.290S.BL.9005.MU</t>
           </r>
@@ -13711,51 +13711,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.00</t>
+            <t xml:space="preserve">32.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 292-S-BL \ Крючок одинарный на перфорацию (L-200, d-5мм, шаг 50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13777,51 +13777,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.00</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 291-S-BL \ Крючок одинарный на перфорацию (L-150, d-5мм, шаг 50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.291S.BL.9005.MU</t>
           </r>
@@ -13841,51 +13841,51 @@
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: полимерно-порошковое покрытие</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.50</t>
+            <t xml:space="preserve">35.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 150 \ Кронштейн наклонный на овальную трубу 30х15, L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13903,51 +13903,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">339.00</t>
+            <t xml:space="preserve">346.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 113 \ Кронштейн прямой на овальную трубу 30х15мм (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.021.22450.4N100</t>
           </r>
@@ -13963,51 +13963,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">219.00</t>
+            <t xml:space="preserve">223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 153 \ Кронштейн прямой на овальную трубу 30х15мм (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14025,51 +14025,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">239.00</t>
+            <t xml:space="preserve">244.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу 30х15мм c ограничителями, (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.048V2.22450.4N100</t>
           </r>
@@ -14085,51 +14085,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">319.00</t>
+            <t xml:space="preserve">325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 109 \ Кронштейн ступенчатый на овальную трубу 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14147,51 +14147,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">529.00</t>
+            <t xml:space="preserve">540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 41 \ Штанга на овальную трубу 30х15 (L=600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.041A.22450.4N100</t>
           </r>
@@ -14203,51 +14203,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">680.00</t>
+            <t xml:space="preserve">694.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14277,51 +14277,51 @@
             <t xml:space="preserve">
 Примечание: дистанционная секция может быть как слева, так и справа</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">800.00</t>
+            <t xml:space="preserve">816.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 37 \ Штанга 2 секции из прямоуг. трубы 30х15, L-1200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.037.22450.4N100</t>
           </r>
@@ -14341,51 +14341,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4-5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">990.00</t>
+            <t xml:space="preserve">1010.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 38 \ Штанга дистанционная из прямоуг. трубы 30х15, L-600 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14407,51 +14407,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">790.00</t>
+            <t xml:space="preserve">806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 38 \ Штанга дистанционная из прямоуг. трубы 30х15, L-900мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.038B.22450.4N100</t>
           </r>
@@ -14471,51 +14471,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">850.00</t>
+            <t xml:space="preserve">867.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 38 \ Штанга дистанционная из прямоуг. трубы 30х15, L-1200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14537,51 +14537,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">898.00</t>
+            <t xml:space="preserve">916.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Заглушка пластиковая внутренняя для прямоугольных труб размером 30х15 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 15-30ПЧC.BL</t>
           </r>
@@ -14589,51 +14589,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6.50</t>
+            <t xml:space="preserve">6.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -14659,51 +14659,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">359.00</t>
+            <t xml:space="preserve">366.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 39 \ Штанга из прямоуг. трубы 30х15, L-900мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.039B.22450.4N100</t>
           </r>
@@ -14719,51 +14719,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">450.00</t>
+            <t xml:space="preserve">459.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 39 \ Штанга из прямоуг. трубы 30х15, L-1200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14781,51 +14781,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">499.00</t>
+            <t xml:space="preserve">509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 41 \ Рама для полки 600х400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.041A.22450.4N100</t>
           </r>
@@ -15041,51 +15041,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется с ценником арт. MRT.521.TR </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">290.00</t>
+            <t xml:space="preserve">296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 066 \  Полка для обуви с отгибом на прямоугольную трубу 30х15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.066.22450.4N100</t>
           </r>
@@ -15105,93 +15105,93 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется с самоклеющимся ценником арт. MRT.139.159.TR.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">355.00</t>
+            <t xml:space="preserve">362.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 42 \  Полка стекло для рамы 600х400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.042A.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">636.00</t>
+            <t xml:space="preserve">649.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15207,51 +15207,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 42 \ Полка стекло для рамы 900х400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.042B.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">910.00</t>
+            <t xml:space="preserve">928.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15269,51 +15269,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 42 \ Полка стекло для рамы 1200х400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.042C.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1184.00</t>
+            <t xml:space="preserve">1208.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15329,51 +15329,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 42 \ Полка матовое стекло для рамы 600х400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.042A.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">758.00</t>
+            <t xml:space="preserve">773.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15391,51 +15391,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 42 \ Полка матовое стекло для рамы 900х400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.042B.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1094.00</t>
+            <t xml:space="preserve">1116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15451,51 +15451,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 42 \ Полка матовое стекло для рамы 1200х400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.042C.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1429.00</t>
+            <t xml:space="preserve">1458.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15513,51 +15513,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 42 \ Полка ДСП для рамы 600х400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.042A.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">780.00</t>
+            <t xml:space="preserve">796.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15573,51 +15573,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 42 \ Полка ДСП для рамы 900х400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.042B.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1122.00</t>
+            <t xml:space="preserve">1144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15635,51 +15635,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 42 \ Полка ДСП для рамы 1200х400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.042C.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1465.00</t>
+            <t xml:space="preserve">1494.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15703,51 +15703,51 @@
             <t xml:space="preserve">
 Артикул: GLPR.051NK.300.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: 1шт. Кронштейны используются с металлическими полками GLPR 51P.  Все характеристики аналогичные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">142.00</t>
+            <t xml:space="preserve">145.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -15781,51 +15781,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1420.00</t>
+            <t xml:space="preserve">1448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.051P.B.22450.4N100</t>
           </r>
@@ -15845,51 +15845,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1840.00</t>
+            <t xml:space="preserve">1877.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15911,51 +15911,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2240.00</t>
+            <t xml:space="preserve">2285.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50P \ Полка металлическая Global </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.050P.A.22450.4N100</t>
           </r>
@@ -15975,51 +15975,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1390.00</t>
+            <t xml:space="preserve">1418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16041,51 +16041,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1870.00</t>
+            <t xml:space="preserve">1907.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.050P.C.22450.4N100</t>
           </r>
@@ -16105,51 +16105,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2360.00</t>
+            <t xml:space="preserve">2407.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 61 \ Кронштейн ступенчатый на прямоуг. трубу 30х15, L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16227,51 +16227,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">229.00</t>
+            <t xml:space="preserve">234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.046 \ Кронштейн для шапок на прямоуг. трубу 30х15</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16289,51 +16289,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 135</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">500.00</t>
+            <t xml:space="preserve">510.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 64 Кронштейн наклонный на прямоуг. трубу 30х15, L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.064.22450.4N100</t>
           </r>
@@ -16419,51 +16419,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 \ Крючок на прямоуг. трубу 30х15, d-6, L-150мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.063B.22450.4N100</t>
           </r>
@@ -16483,51 +16483,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">82.00</t>
+            <t xml:space="preserve">83.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 \ Крючок на прямоуг. трубу 30х15, d-6, L-200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16549,51 +16549,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.00</t>
+            <t xml:space="preserve">86.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 \ Крючок на прямоуг. трубу 30х15, d-6, L250мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.063D.22450.4N100</t>
           </r>
@@ -16613,51 +16613,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.00</t>
+            <t xml:space="preserve">90.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 \ Крючок на прямоуг. трубу 30х15, d-8, L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16675,51 +16675,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 \ Крючок на прямоуг. трубу 30х15, d-8, L-350мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.063F.22450.4N100</t>
           </r>
@@ -16739,51 +16739,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">112.00</t>
+            <t xml:space="preserve">114.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-600мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16801,51 +16801,51 @@
             <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">450.00</t>
+            <t xml:space="preserve">459.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-900мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.211-L.B.22450.4N100</t>
           </r>
@@ -16861,51 +16861,51 @@
             <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">520.00</t>
+            <t xml:space="preserve">530.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек, L-1200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16923,51 +16923,51 @@
             <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550.00</t>
+            <t xml:space="preserve">561.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 212 \ Соединитель для стоек гондол, L-600мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.212.A.V2.22450.4N100</t>
           </r>
@@ -17167,51 +17167,51 @@
             <t xml:space="preserve">
 Примечание: Для стойки GLS 210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.340.BL</t>
           </r>
@@ -17219,51 +17219,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -17281,51 +17281,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -17357,51 +17357,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1190.00</t>
+            <t xml:space="preserve">1214.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.303B \ Задняя стенка перфорированная для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17427,51 +17427,51 @@
             <t xml:space="preserve">
 Производитель: Роосия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1670.00</t>
+            <t xml:space="preserve">1703.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.303C \ Задняя стенка перфорированная для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.303C.V2.22450.4N100</t>
           </r>
@@ -17495,51 +17495,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2080.00</t>
+            <t xml:space="preserve">2122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.302A \ Задняя стенка для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17561,51 +17561,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">780.00</t>
+            <t xml:space="preserve">796.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.302B \ Задняя стенка для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.302B.V2.22450.4N100</t>
           </r>
@@ -17621,51 +17621,51 @@
             <t xml:space="preserve">
 Высота, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1079.00</t>
+            <t xml:space="preserve">1101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.302C \ Задняя стенка для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17687,51 +17687,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1350.00</t>
+            <t xml:space="preserve">1377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.301A \ Задняя стенка для стеллажа Global </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.301A.V2.22450.4N100</t>
           </r>
@@ -17751,51 +17751,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">690.00</t>
+            <t xml:space="preserve">704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.301B \ Задняя стенка для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17817,51 +17817,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">940.00</t>
+            <t xml:space="preserve">959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.301C \ Задняя стенка для стеллажа Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.301C.V2.22450.4N100</t>
           </r>
@@ -17881,51 +17881,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Металлическая, толщиной 0,8мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1180.00</t>
+            <t xml:space="preserve">1204.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стойка информационная рекламная на ножке (h-150мм) А4, A5</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17935,51 +17935,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">978.00</t>
+            <t xml:space="preserve">998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -17995,51 +17995,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1001.00</t>
+            <t xml:space="preserve">1021.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -18053,51 +18053,51 @@
             <t xml:space="preserve">
 Артикул: AP.001.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">575.00</t>
+            <t xml:space="preserve">587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -18121,51 +18121,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3956.00</t>
+            <t xml:space="preserve">4035.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -18183,51 +18183,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5645.00</t>
+            <t xml:space="preserve">5758.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.310C \ Задняя панель ЛДСП для стоек GLS.001</t>
           </r>
@@ -18243,51 +18243,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7330.00</t>
+            <t xml:space="preserve">7477.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="4"/>
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -18305,51 +18305,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1098.00</t>
+            <t xml:space="preserve">1120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311C.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
           </r>
@@ -18365,51 +18365,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6471.00</t>
+            <t xml:space="preserve">6600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -18427,51 +18427,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3250.50</t>
+            <t xml:space="preserve">3316.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311B.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
           </r>
@@ -18487,51 +18487,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6456.00</t>
+            <t xml:space="preserve">6585.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="4"/>
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -18549,51 +18549,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4885.50</t>
+            <t xml:space="preserve">4983.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311A.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
           </r>
@@ -18609,51 +18609,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2457.00</t>
+            <t xml:space="preserve">2506.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="4"/>
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -18671,51 +18671,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4870.50</t>
+            <t xml:space="preserve">4968.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311B \ Задняя панель ЛДСП для стоек GLS.001</t>
           </r>
@@ -18731,51 +18731,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1575.00</t>
+            <t xml:space="preserve">1607.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="4"/>
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -18793,51 +18793,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">877.00</t>
+            <t xml:space="preserve">895.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.312 \ Декор вертикальный ЛДСП для стоек GLS.001</t>
           </r>
@@ -18849,51 +18849,51 @@
             <t xml:space="preserve">
 Длина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.50 -3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1143.00</t>
+            <t xml:space="preserve">1166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="4"/>
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -18915,51 +18915,51 @@
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2026.50</t>
+            <t xml:space="preserve">2067.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.313B \ Подиум ЛДСП для стоек GLS.001</t>
           </r>
@@ -18975,51 +18975,51 @@
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2562.00</t>
+            <t xml:space="preserve">2613.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="4"/>
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -19037,99 +19037,99 @@
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3349.50</t>
+            <t xml:space="preserve">3416.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RK.612-05.200.V2 \ Комплект реек 200мм для мебельных навесов с креплениями к ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RK.612-05.200.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.00</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="4"/>
@@ -19147,51 +19147,51 @@
             </rPr>
             <t xml:space="preserve">RK.612-05.400.V2 \ Комплект реек 400мм для мебельных навесов с креплениями к ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RK.612-05.400.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
@@ -19207,51 +19207,51 @@
             </rPr>
             <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RK.612-05.50.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>