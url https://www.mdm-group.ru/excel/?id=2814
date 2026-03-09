--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -5401,86 +5401,86 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+      <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">89.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -7413,51 +7413,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2700857_2626_11ea_80b7_0025902b3cc1_stoika22.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4afd0311_3737_11ec_80bc_0025902b3cc1_GLS_209_22450_4N1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6877c5d_37b5_11ec_80bc_0025902b3cc1_GLS_210_22450_4N1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e42a4e9_1e1c_11e8_ade2_0025902b3cc1_shtanga15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22878c2_1e1b_11e8_ade2_0025902b3cc1_shtanga16.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ccbd544_1e1c_11e8_ade2_0025902b3cc1_shtanga17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a238ef68_1e1b_11e8_ade2_0025902b3cc1_AE05301B_561C_4963_93A8_A36B036E12158.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80677851_1e1b_11e8_ade2_0025902b3cc1_0253659B_AEC3_4DC9_9152_B39CF8A5EE239.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20a9e08_1e1b_11e8_ade2_0025902b3cc1_944D4D4B_3BD5_4C44_A3FB_D8CAB9CE696010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad02fafd_1e1c_11e8_ade2_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b47fb77_1e1d_11e8_ade2_0025902b3cc1_F4C1CE77_1707_4881_947E_A5EA146CA48F12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff05fcf3_1e1c_11e8_ade2_0025902b3cc1_66DA5DE0_0858_4E0F_8FA2_0A1FE4268CA013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9480482e_1e1c_11e8_ade2_0025902b3cc1_EC24D996_B830_4C23_B461_458FD194FAF814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f61c79b_1e1c_11e8_ade2_0025902b3cc1_500ADF1E_7831_4EAC_BD62_149D902DC8A615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb468f5_1e1c_11e8_ade2_0025902b3cc1_0F3860AB_3172_4601_9D91_9214EE15753D16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e538193_1e1c_11e8_ade2_0025902b3cc1_1DFDDC0E_2AC4_4CDB_A14F_E5251AE3EC6817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d49848fb_1e1c_11e8_ade2_0025902b3cc1_4C4DC25B_0CB1_495E_9AD8_F3C61369259518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b89cd3b2_b72e_11ec_81b7_ac1f6b40b531_GLS055R224504N10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb9b9f2_b72f_11ec_81b7_ac1f6b40b531_GLS055L224504N10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2addceb_a58e_11e6_9f4a_0025902b3cc0_GLS00590052521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe487229_943d_11e5_a43a_0025902b3cc1_GLS00690052522.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44337a9_a588_11e6_9f4a_0025902b3cc0_GLS00790052523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d1cd30_092d_11ef_a821_0050569cf81d_GLS305A224504N100_124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb21322_092d_11ef_a821_0050569cf81d_GLS305B224504N100_125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06f280b5_fbe0_11ee_a821_0050569cf81d_GLS305C224504N100_126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85761dfb_6067_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9a41eb0_6067_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33bae0c8_3eaf_11ea_80b7_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cc6c257_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e3e7ee7_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b7bd221_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29232.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c057bb91_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e609e17d_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9996f35_cbd6_11ee_a821_0050569cf81d_IMG_20240403_12105835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b4bd6a7_cbd7_11ee_a821_0050569cf81d_IMG_20240403_12113136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b7cfba9_cbd7_11ee_a821_0050569cf81d_IMG_20240403_12115437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a9e467_8e83_11e8_ade2_0025902b3cc1_Rs_TOP_15038.JPG"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e910acb4_8e83_11e8_ade2_0025902b3cc1_Rs_TOP_11339.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb8b1049_7ecb_11e8_ade2_0025902b3cc1_Rs_TOP_15340.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed07cc3_d381_11e8_a710_0025902b3cc1_RS41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223c8c03_8e83_11e8_ade2_0025902b3cc1_10942.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc13ea5_97b0_11eb_80bc_0025902b3cc1_GLS041A224504N10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f22e538d_97af_11eb_80bc_0025902b3cc1_GLS040224504N10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9124ce_9264_11e9_80b7_0025902b3cc1_GLPR_037_22450_4N10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb16d75_9264_11e9_80b7_0025902b3cc1_GLPR_038A_22450_4N10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e108b564_9264_11e9_80b7_0025902b3cc1_GLPR_038B_22450_4N10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57efc21_9264_11e9_80b7_0025902b3cc1_GLPR_038C_22450_4N10048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ba674f_e270_11ed_85bb_ac1f6b40b531_15_30PCHCBL_0049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09bc09d8_9265_11e9_80b7_0025902b3cc1_GLPR_039A_22450_4N10050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e240259_9265_11e9_80b7_0025902b3cc1_GLPR_039B_22450_4N10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a7b5cc_9265_11e9_80b7_0025902b3cc1_GLPR_039C_22450_4N10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ca895b_9265_11e9_80b7_0025902b3cc1_GLPR_041A_22450_4N10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f79c6a8_9265_11e9_80b7_0025902b3cc1_GLPR_041B_22450_4N10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726b69f7_9265_11e9_80b7_0025902b3cc1_GLPR_041C_22450_4N10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50758c4d_8031_11ec_8de2_ac1f6b40b531_GLPR065224504N10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98349bf1_8031_11ec_8de2_ac1f6b40b531_GLPR066224504N10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f00e5551_9261_11e9_80b7_0025902b3cc1_GLPR_042_GL58.JPG"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d457919d_9262_11e9_80b7_0025902b3cc1_GLPR_042_GL59.JPG"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253fdcaa_9263_11e9_80b7_0025902b3cc1_GLPR_042_GL60.JPG"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b73fff4_9263_11e9_80b7_0025902b3cc1_GLPR_042_MGL61.JPG"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a4eefb2_9263_11e9_80b7_0025902b3cc1_GLPR_042_MGL62.JPG"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b6d4107_9263_11e9_80b7_0025902b3cc1_GLPR_042_MGL63.JPG"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ec19520_9260_11e9_80b7_0025902b3cc1_GLPR_042_DSP64.JPG"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8c4e6_9261_11e9_80b7_0025902b3cc1_GLPR_042_DSP65.JPG"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9acef685_9261_11e9_80b7_0025902b3cc1_GLPR_042_DSP66.JPG"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6614cb6_5ec9_11ef_8a3e_0050569cf81d_GLPR051NK300224504N100_267.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a324716_14b1_11ed_a675_ac1f6b40b531_GLPR051PA224504N10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95f74d96_14b1_11ed_a675_ac1f6b40b531_GLPR051PB224504N10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b141b136_14b1_11ed_a675_ac1f6b40b531_GLPR051PC224504N10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d267b716_14b1_11ed_a675_ac1f6b40b531_GLPR050PA224504N10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7033c76_14b1_11ed_a675_ac1f6b40b531_GLPR050PB224504N10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23c8b916_14b2_11ed_a675_ac1f6b40b531_GLPR050PC224504N10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44c94882_9266_11e9_80b7_0025902b3cc1_GLPR_061_22450_4N10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe05649_fd6f_11ee_a821_0050569cf81d_GLPR062V2224504N10075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dee5827_77b8_11ed_b2c7_ac1f6b40b531_GLPR046224504N10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db8b694_eb8c_11ea_80b7_0025902b3cc1_GLPR_064_22450_4N100_177.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/715edc4d_9266_11e9_80b7_0025902b3cc1_GLPR_063A_22450_4N10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/845a091b_9266_11e9_80b7_0025902b3cc1_GLPR_063B_22450_4N10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/987817e9_9266_11e9_80b7_0025902b3cc1_GLPR_063C_22450_4N10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd64464_9266_11e9_80b7_0025902b3cc1_GLPR_063D_22450_4N10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3aa6986_9266_11e9_80b7_0025902b3cc1_GLPR_063E_22450_4N10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de35a09b_9266_11e9_80b7_0025902b3cc1_GLPR_063F_22450_4N10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5491acb0_4947_11e9_aacc_0025902b3cc1_GLS_211_L_A_22450_4N10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fffdbff_4947_11e9_aacc_0025902b3cc1_GLS_211_L_B_22450_4N10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346ca04e_4947_11e9_aacc_0025902b3cc1_GLS_211_L_C_22450_4N10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/719a7377_dfea_11ec_b147_ac1f6b40b531_GLS_212_A_22450_4N10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cca483d7_dfea_11ec_b147_ac1f6b40b531_GLS212BV2224504N10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7817d741_90b8_11ec_81b7_ac1f6b40b531_GLS_212_C_22450_4N10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01c9b49_932c_11e9_80b7_0025902b3cc1_GLS_213_22450_4N10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ad913e7_9bba_11ec_81b7_ac1f6b40b531_GLS303AV2224504N10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dadd9791_9bba_11ec_81b7_ac1f6b40b531_GLS303BV2224504N10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f819aab_9bbb_11ec_81b7_ac1f6b40b531_GLS303CV2224504N10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc8c976_9bbb_11ec_81b7_ac1f6b40b531_GLS302AV2224504N10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b31c78_9bbb_11ec_81b7_ac1f6b40b531_GLS302BV2224504N10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026c8d79_9bbc_11ec_81b7_ac1f6b40b531_GLS302CV2224504N10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4545266e_9bbc_11ec_81b7_ac1f6b40b531_GLS301AV2224504N10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68dae381_9bbc_11ec_81b7_ac1f6b40b531_GLS301BV2224504N100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8da1511b_9bbc_11ec_81b7_ac1f6b40b531_GLS301CV2224504N100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55a64022_2d7d_11eb_80bc_0025902b3cc1_002_22450_4N100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d63824_2d7d_11eb_80bc_0025902b3cc1_003_22450_4N100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145f3c61_2d7d_11eb_80bc_0025902b3cc1_001_22450_4N100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c1_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP.resize2105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c6_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP_.resize2106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd98bdd3_fe90_11ec_b44f_ac1f6b40b531_GLS310CDSP.resize2107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44664_fe90_11ec_b44f_ac1f6b40b531_GLS311ADSP.resize2108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a31130f_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPAL.resize2109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a2736_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPAL.resize2110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e69_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPAL.resize2111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a311314_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPPL_1.resize2112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a273b_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPPL_1.resize2113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e6e_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPPL_1.resize2114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44669_fe90_11ec_b44f_ac1f6b40b531_GLS311BDSP.resize2115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0507590_fe90_11ec_b44f_ac1f6b40b531_GLS311CDSP.resize2116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ba7c6e_fe91_11ec_b44f_ac1f6b40b531_GLS312DSP.resize2117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b0e_fe91_11ec_b44f_ac1f6b40b531_GLS313ADSP.resize2118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b15_fe91_11ec_b44f_ac1f6b40b531_GLS313BDSP.resize2119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dec4119_fe91_11ec_b44f_ac1f6b40b531_GLS313CDSP.resize2120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab0279a_f320_11ed_907c_ac1f6b40b531_RK612_05121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d43cda_f320_11ed_907c_ac1f6b40b531_RK612_05122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267d5ebb_f320_11ed_907c_ac1f6b40b531_RK612_05123.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2700857_2626_11ea_80b7_0025902b3cc1_stoika22.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4afd0311_3737_11ec_80bc_0025902b3cc1_GLS_209_22450_4N1003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6877c5d_37b5_11ec_80bc_0025902b3cc1_GLS_210_22450_4N1004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e42a4e9_1e1c_11e8_ade2_0025902b3cc1_shtanga15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22878c2_1e1b_11e8_ade2_0025902b3cc1_shtanga16.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ccbd544_1e1c_11e8_ade2_0025902b3cc1_shtanga17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a238ef68_1e1b_11e8_ade2_0025902b3cc1_AE05301B_561C_4963_93A8_A36B036E12158.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80677851_1e1b_11e8_ade2_0025902b3cc1_0253659B_AEC3_4DC9_9152_B39CF8A5EE239.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20a9e08_1e1b_11e8_ade2_0025902b3cc1_944D4D4B_3BD5_4C44_A3FB_D8CAB9CE696010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad02fafd_1e1c_11e8_ade2_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b47fb77_1e1d_11e8_ade2_0025902b3cc1_F4C1CE77_1707_4881_947E_A5EA146CA48F12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff05fcf3_1e1c_11e8_ade2_0025902b3cc1_66DA5DE0_0858_4E0F_8FA2_0A1FE4268CA013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9480482e_1e1c_11e8_ade2_0025902b3cc1_EC24D996_B830_4C23_B461_458FD194FAF814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f61c79b_1e1c_11e8_ade2_0025902b3cc1_500ADF1E_7831_4EAC_BD62_149D902DC8A615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb468f5_1e1c_11e8_ade2_0025902b3cc1_0F3860AB_3172_4601_9D91_9214EE15753D16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e538193_1e1c_11e8_ade2_0025902b3cc1_1DFDDC0E_2AC4_4CDB_A14F_E5251AE3EC6817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d49848fb_1e1c_11e8_ade2_0025902b3cc1_4C4DC25B_0CB1_495E_9AD8_F3C61369259518.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b89cd3b2_b72e_11ec_81b7_ac1f6b40b531_GLS055R224504N10019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb9b9f2_b72f_11ec_81b7_ac1f6b40b531_GLS055L224504N10020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2addceb_a58e_11e6_9f4a_0025902b3cc0_GLS00590052521.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe487229_943d_11e5_a43a_0025902b3cc1_GLS00690052522.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44337a9_a588_11e6_9f4a_0025902b3cc0_GLS00790052523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d1cd30_092d_11ef_a821_0050569cf81d_GLS305A224504N100_124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb21322_092d_11ef_a821_0050569cf81d_GLS305B224504N100_125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06f280b5_fbe0_11ee_a821_0050569cf81d_GLS305C224504N100_126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85761dfb_6067_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9a41eb0_6067_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33bae0c8_3eaf_11ea_80b7_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cc6c257_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e3e7ee7_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b7bd221_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29232.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c057bb91_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e609e17d_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9996f35_cbd6_11ee_a821_0050569cf81d_IMG_20240403_12105835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b4bd6a7_cbd7_11ee_a821_0050569cf81d_IMG_20240403_12113136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b7cfba9_cbd7_11ee_a821_0050569cf81d_IMG_20240403_12115437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a9e467_8e83_11e8_ade2_0025902b3cc1_Rs_TOP_15038.JPG"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e910acb4_8e83_11e8_ade2_0025902b3cc1_Rs_TOP_11339.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb8b1049_7ecb_11e8_ade2_0025902b3cc1_Rs_TOP_15340.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed07cc3_d381_11e8_a710_0025902b3cc1_RS41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223c8c03_8e83_11e8_ade2_0025902b3cc1_10942.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc13ea5_97b0_11eb_80bc_0025902b3cc1_GLS041A224504N10043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f22e538d_97af_11eb_80bc_0025902b3cc1_GLS040224504N10044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9124ce_9264_11e9_80b7_0025902b3cc1_GLPR_037_22450_4N10045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb16d75_9264_11e9_80b7_0025902b3cc1_GLPR_038A_22450_4N10046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e108b564_9264_11e9_80b7_0025902b3cc1_GLPR_038B_22450_4N10047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57efc21_9264_11e9_80b7_0025902b3cc1_GLPR_038C_22450_4N10048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ba674f_e270_11ed_85bb_ac1f6b40b531_15_30PCHCBL_0049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09bc09d8_9265_11e9_80b7_0025902b3cc1_GLPR_039A_22450_4N10050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e240259_9265_11e9_80b7_0025902b3cc1_GLPR_039B_22450_4N10051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a7b5cc_9265_11e9_80b7_0025902b3cc1_GLPR_039C_22450_4N10052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ca895b_9265_11e9_80b7_0025902b3cc1_GLPR_041A_22450_4N10053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f79c6a8_9265_11e9_80b7_0025902b3cc1_GLPR_041B_22450_4N10054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726b69f7_9265_11e9_80b7_0025902b3cc1_GLPR_041C_22450_4N10055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50758c4d_8031_11ec_8de2_ac1f6b40b531_GLPR065224504N10056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98349bf1_8031_11ec_8de2_ac1f6b40b531_GLPR066224504N10057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f00e5551_9261_11e9_80b7_0025902b3cc1_GLPR_042_GL58.JPG"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d457919d_9262_11e9_80b7_0025902b3cc1_GLPR_042_GL59.JPG"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253fdcaa_9263_11e9_80b7_0025902b3cc1_GLPR_042_GL60.JPG"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b73fff4_9263_11e9_80b7_0025902b3cc1_GLPR_042_MGL61.JPG"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a4eefb2_9263_11e9_80b7_0025902b3cc1_GLPR_042_MGL62.JPG"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b6d4107_9263_11e9_80b7_0025902b3cc1_GLPR_042_MGL63.JPG"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ec19520_9260_11e9_80b7_0025902b3cc1_GLPR_042_DSP64.JPG"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8c4e6_9261_11e9_80b7_0025902b3cc1_GLPR_042_DSP65.JPG"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9acef685_9261_11e9_80b7_0025902b3cc1_GLPR_042_DSP66.JPG"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6614cb6_5ec9_11ef_8a3e_0050569cf81d_GLPR051NK300224504N100_267.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a324716_14b1_11ed_a675_ac1f6b40b531_GLPR051PA224504N10068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95f74d96_14b1_11ed_a675_ac1f6b40b531_GLPR051PB224504N10069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b141b136_14b1_11ed_a675_ac1f6b40b531_GLPR051PC224504N10070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d267b716_14b1_11ed_a675_ac1f6b40b531_GLPR050PA224504N10071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7033c76_14b1_11ed_a675_ac1f6b40b531_GLPR050PB224504N10072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23c8b916_14b2_11ed_a675_ac1f6b40b531_GLPR050PC224504N10073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44c94882_9266_11e9_80b7_0025902b3cc1_GLPR_061_22450_4N10074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe05649_fd6f_11ee_a821_0050569cf81d_GLPR062V2224504N10075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dee5827_77b8_11ed_b2c7_ac1f6b40b531_GLPR046224504N10076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db8b694_eb8c_11ea_80b7_0025902b3cc1_GLPR_064_22450_4N100_177.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/715edc4d_9266_11e9_80b7_0025902b3cc1_GLPR_063A_22450_4N10078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/845a091b_9266_11e9_80b7_0025902b3cc1_GLPR_063B_22450_4N10079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/987817e9_9266_11e9_80b7_0025902b3cc1_GLPR_063C_22450_4N10080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd64464_9266_11e9_80b7_0025902b3cc1_GLPR_063D_22450_4N10081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3aa6986_9266_11e9_80b7_0025902b3cc1_GLPR_063E_22450_4N10082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de35a09b_9266_11e9_80b7_0025902b3cc1_GLPR_063F_22450_4N10083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5491acb0_4947_11e9_aacc_0025902b3cc1_GLS_211_L_A_22450_4N10084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fffdbff_4947_11e9_aacc_0025902b3cc1_GLS_211_L_B_22450_4N10085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346ca04e_4947_11e9_aacc_0025902b3cc1_GLS_211_L_C_22450_4N10086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/719a7377_dfea_11ec_b147_ac1f6b40b531_GLS_212_A_22450_4N10087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cca483d7_dfea_11ec_b147_ac1f6b40b531_GLS212BV2224504N10088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7817d741_90b8_11ec_81b7_ac1f6b40b531_GLS_212_C_22450_4N10089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01c9b49_932c_11e9_80b7_0025902b3cc1_GLS_213_22450_4N10090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c01353e_b894_11ef_8ec3_0050569cf81d_SEV340-40-BL91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ad913e7_9bba_11ec_81b7_ac1f6b40b531_GLS303AV2224504N10093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dadd9791_9bba_11ec_81b7_ac1f6b40b531_GLS303BV2224504N10094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f819aab_9bbb_11ec_81b7_ac1f6b40b531_GLS303CV2224504N10095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc8c976_9bbb_11ec_81b7_ac1f6b40b531_GLS302AV2224504N10096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b31c78_9bbb_11ec_81b7_ac1f6b40b531_GLS302BV2224504N10097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026c8d79_9bbc_11ec_81b7_ac1f6b40b531_GLS302CV2224504N10098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4545266e_9bbc_11ec_81b7_ac1f6b40b531_GLS301AV2224504N10099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68dae381_9bbc_11ec_81b7_ac1f6b40b531_GLS301BV2224504N100100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8da1511b_9bbc_11ec_81b7_ac1f6b40b531_GLS301CV2224504N100101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55a64022_2d7d_11eb_80bc_0025902b3cc1_002_22450_4N100102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d63824_2d7d_11eb_80bc_0025902b3cc1_003_22450_4N100103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145f3c61_2d7d_11eb_80bc_0025902b3cc1_001_22450_4N100104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c1_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP.resize2105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c6_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP_.resize2106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd98bdd3_fe90_11ec_b44f_ac1f6b40b531_GLS310CDSP.resize2107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44664_fe90_11ec_b44f_ac1f6b40b531_GLS311ADSP.resize2108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a31130f_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPAL.resize2109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a2736_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPAL.resize2110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e69_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPAL.resize2111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a311314_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPPL_1.resize2112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a273b_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPPL_1.resize2113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e6e_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPPL_1.resize2114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44669_fe90_11ec_b44f_ac1f6b40b531_GLS311BDSP.resize2115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0507590_fe90_11ec_b44f_ac1f6b40b531_GLS311CDSP.resize2116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ba7c6e_fe91_11ec_b44f_ac1f6b40b531_GLS312DSP.resize2117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b0e_fe91_11ec_b44f_ac1f6b40b531_GLS313ADSP.resize2118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b15_fe91_11ec_b44f_ac1f6b40b531_GLS313BDSP.resize2119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dec4119_fe91_11ec_b44f_ac1f6b40b531_GLS313CDSP.resize2120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab0279a_f320_11ed_907c_ac1f6b40b531_RK612_05121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d43cda_f320_11ed_907c_ac1f6b40b531_RK612_05122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267d5ebb_f320_11ed_907c_ac1f6b40b531_RK612_05123.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -17187,86 +17187,86 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+            <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">89.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>