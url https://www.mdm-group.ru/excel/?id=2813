--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -333,54 +333,50 @@
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 9309 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6157.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -463,55 +459,51 @@
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5811 руб.</t>
+Старая цена: 5901 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -707,55 +699,51 @@
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 10990 руб.</t>
+Старая цена: 11209 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8984.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -902,54 +890,50 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1083</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка с вешалом FIT.052.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 06.10.2025 11:15:08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 5410 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -1382,54 +1366,50 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ориентация: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
@@ -1451,55 +1431,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ориентация: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5590 руб.</t>
+Старая цена: 5690 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -3232,54 +3208,50 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 9309 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6157.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
@@ -3370,55 +3342,51 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5811 руб.</t>
+Старая цена: 5901 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
@@ -3630,55 +3598,51 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 10990 руб.</t>
+Старая цена: 11209 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8984.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
@@ -3836,54 +3800,50 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1083</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка с вешалом FIT.052.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 06.10.2025 11:15:08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 5410 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
@@ -4348,54 +4308,50 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ориентация: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
@@ -4422,55 +4378,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ориентация: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5590 руб.</t>
+Старая цена: 5690 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>