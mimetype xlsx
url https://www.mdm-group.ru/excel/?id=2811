--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11.11.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Fit (Торговое оборудование в стиле лофт собственного производства)</t>
   </si>
   <si>
     <t>Система Fit – торговое оборудование в стиле лофт. Представляет из себя торговую систему и мебель из водопроводных труб и фитингов. В основе системы Fit лежит перфорированная с внутренней стороны стойка, которая в сочетании с полками, навесными вешалами, крючками и кронштейнам позволяет создавать разнообразные пристенные конструкции.
 Дополняют систему зеркала, светильники, мебель из водопроводных труб, а также специально разработанная серия вешал в стиле лофт Fit. Широкий ассортимент элементов системы Fit позволяет оборудовать все торговое пространство в едином стиле.
 Элементы системы Fit это качественное оборудование для магазина в стиле лофт или индастриал, также они подойдут и будут отлично смотреться в любом современном магазине.
 Металлические элементы выполнены из стали и покрыты прозрачным лаком. По желанию их можно покрасить в цвета по каталогу RAL или другие цвета с эффектами. Полки могут быть выполнены из различных материалов (ДСП, МДФ, стекло). Украшением данной системы являются полки из ДСП (имитация состаренного дерева), армированного стекла и металлической сетки.
 На металле допускаются и не являются браком следы ржавчины и побежалости на поверхности металла, а также не зачищенные сварочные швы. Все это входит в дизайнерскую концепцию, металл надежно покрыт прозрачным лаком, который не допускает возможности испачкаться и испачкать товар.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 001А \ Стойка</t>
     </r>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Глубина, мм: 125</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3260.00</t>
+      <t xml:space="preserve">3325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 001B \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.001B.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -162,51 +162,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 3640 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3260.00</t>
+      <t xml:space="preserve">3325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 007A \Штанга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.007A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -215,51 +215,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">570.00</t>
+      <t xml:space="preserve">581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 007B \ Штанга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.007B</t>
@@ -272,51 +272,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">708.00</t>
+      <t xml:space="preserve">722.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 007C \ Штанга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.007C</t>
@@ -329,51 +329,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">930.00</t>
+      <t xml:space="preserve">949.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 008A \ Штанга П-образная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.008A</t>
@@ -390,51 +390,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1220.00</t>
+      <t xml:space="preserve">1244.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 008B \ Штанга П-образная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.008B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -447,51 +447,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1268.00</t>
+      <t xml:space="preserve">1293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 008C \ Штанга П-образная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.008C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -504,51 +504,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1317.00</t>
+      <t xml:space="preserve">1343.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 012 \ Кронштейн прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.012</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -557,51 +557,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">590.00</t>
+      <t xml:space="preserve">602.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT.014 \ Крючок d-6мм L-150мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.014.150</t>
@@ -614,51 +614,51 @@
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">168.00</t>
+      <t xml:space="preserve">171.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT.014 \ Крючок d-6мм L-200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.014.200</t>
@@ -671,51 +671,51 @@
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">178.00</t>
+      <t xml:space="preserve">182.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT.014 Крючок d-6мм L-250мм - \ Крючок d-6мм L-250мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.014.250</t>
@@ -728,51 +728,51 @@
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">186.00</t>
+      <t xml:space="preserve">190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT.014 \ Крючок d-6мм L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.014.300</t>
@@ -785,51 +785,51 @@
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">198.00</t>
+      <t xml:space="preserve">202.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 013 \ Кронштейн ступенчатый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.013</t>
@@ -842,51 +842,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1038.00</t>
+      <t xml:space="preserve">1059.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 002A \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.002A.DSP</t>
@@ -899,51 +899,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рама металлическая. Возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2960.00</t>
+      <t xml:space="preserve">3019.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 002B \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.002B.DSP</t>
@@ -956,51 +956,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рама металлическая. Возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3558.00</t>
+      <t xml:space="preserve">3629.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 002C \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.002C.DSP</t>
@@ -1013,51 +1013,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рама металлическая. Возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3465.00</t>
+      <t xml:space="preserve">3534.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 006A \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.006A.GL</t>
@@ -1070,51 +1070,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2730.00</t>
+      <t xml:space="preserve">2785.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 006B \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.006B.GL</t>
@@ -1127,51 +1127,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3413.00</t>
+      <t xml:space="preserve">3481.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 006C \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.006C.GL</t>
@@ -1184,51 +1184,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4043.00</t>
+      <t xml:space="preserve">4124.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 009A \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.009A.MGL</t>
@@ -1241,51 +1241,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2888.00</t>
+      <t xml:space="preserve">2946.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 009B \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.009B.MGL</t>
@@ -1298,51 +1298,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3570.00</t>
+      <t xml:space="preserve">3641.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 009C \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.009C.MGL</t>
@@ -1355,51 +1355,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4305.00</t>
+      <t xml:space="preserve">4391.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 011A \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.011A.GRID</t>
@@ -1412,51 +1412,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3999.00</t>
+      <t xml:space="preserve">4079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 011B \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.011B.GRID</t>
@@ -1469,51 +1469,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6409.00</t>
+      <t xml:space="preserve">6537.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 011C \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.011C.GRID</t>
@@ -1526,51 +1526,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7409.00</t>
+      <t xml:space="preserve">7557.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 202 \ Держатель штанги для примерочной крайний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.202</t>
@@ -1583,51 +1583,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 203 \ Держатель штанги для примерочной центральный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.203</t>
@@ -1648,51 +1648,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 670 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">568.00</t>
+      <t xml:space="preserve">579.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 204 \ Штанга для примерочной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.204.L1160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -1701,100 +1701,100 @@
       <t xml:space="preserve">
 Длина, мм: 1160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">480.00</t>
+      <t xml:space="preserve">490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 205 \ Держатель штанги для примерочной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.205</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">368.00</t>
+      <t xml:space="preserve">375.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1811,51 +1811,51 @@
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">680.00</t>
+      <t xml:space="preserve">694.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 059 V2 \ Вешало (рейл)</t>
@@ -1880,51 +1880,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8809.00</t>
+      <t xml:space="preserve">8985.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 060 V2 \  Вешало (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.060.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -1941,51 +1941,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9909.00</t>
+      <t xml:space="preserve">10107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 061 V2 \ Вешало (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.061.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2002,51 +2002,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10809.00</t>
+      <t xml:space="preserve">11025.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 062 V2 \ Вешало ступенчатое (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.062.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2063,51 +2063,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10309.00</t>
+      <t xml:space="preserve">10515.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 063 \ Вешало (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.063</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2132,51 +2132,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 9309 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6036.00</t>
+      <t xml:space="preserve">6157.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 064 \ Вешало (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.064</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2193,116 +2193,120 @@
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9709.00</t>
+      <t xml:space="preserve">9903.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 057A V2 \ Вешало наклонное (рейл) (3 опоры)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.057A.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 5811 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4940.00</t>
+      <t xml:space="preserve">5039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 057B V2 \ Вешало наклонное (рейл) (3 опоры)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.057B.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2319,51 +2323,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6274.00</t>
+      <t xml:space="preserve">6399.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 058A V2 \ Вешало наклонное (рейл) (4 опоры)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.058A.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2376,51 +2380,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5775.00</t>
+      <t xml:space="preserve">5891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 058B V2 \ Вешало наклонное (рейл) (4 опоры)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.058B.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2433,116 +2437,120 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6143.00</t>
+      <t xml:space="preserve">6266.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 052 V2 \ Вешало (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.052.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 10990 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8808.00</t>
+      <t xml:space="preserve">8984.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 072 \ Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.072</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2559,51 +2567,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10083.00</t>
+      <t xml:space="preserve">10285.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 071 \ Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.071</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2620,51 +2628,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1970</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10723.00</t>
+      <t xml:space="preserve">10937.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 053 V2 \ Полка для вешал (рейлов) FIT 052 V2 и FIT 072</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.053.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
@@ -2750,51 +2758,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5409.00</t>
+      <t xml:space="preserve">5517.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 056 \ Вешало двухрядное (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.056</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2811,51 +2819,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13590.00</t>
+      <t xml:space="preserve">13862.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 055 \ Вешало двухрядное (рейл)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.055</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2872,51 +2880,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1970</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14490.00</t>
+      <t xml:space="preserve">14780.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 065 \ Вешало подвесное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.065</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2929,51 +2937,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8909.00</t>
+      <t xml:space="preserve">9087.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 066 V2 \ Вешало подвесное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.066.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -2986,51 +2994,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6709.00</t>
+      <t xml:space="preserve">6843.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 073 V2 \ Полка для подвесного вешала FIT 066 V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.073.V2.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3043,51 +3051,51 @@
       <t xml:space="preserve">
 Глубина, мм: 335</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка с подвесным вешалом FIT.066.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1124.00</t>
+      <t xml:space="preserve">1146.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 073 V2 \ Полка для подвесного вешала FIT 066 V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.073.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
@@ -3169,51 +3177,51 @@
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5590.00</t>
+      <t xml:space="preserve">5702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 067R V2 \ Вешало с опорой на пол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.067.R.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -3242,51 +3250,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 5590 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3912.00</t>
+      <t xml:space="preserve">3990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 068 \ Вешало для ремней</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.068</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -3295,51 +3303,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1990.00</t>
+      <t xml:space="preserve">2030.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 069 \ Вешало для ремней</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.069</t>
@@ -3352,51 +3360,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2450.00</t>
+      <t xml:space="preserve">2499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 070 \ Вешало для ремней</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.070</t>
@@ -3409,51 +3417,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2950.00</t>
+      <t xml:space="preserve">3009.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 022 \ Каркас стола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.022</t>
@@ -3474,51 +3482,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6309.00</t>
+      <t xml:space="preserve">6435.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 020 \ Каркас стола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.020</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -3535,51 +3543,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7209.00</t>
+      <t xml:space="preserve">7353.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 023 V2 \ Полка для каркаса стола FIT 022</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.023.V2.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3592,51 +3600,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка ДСП с каркасом стола FIT.022</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1260.00</t>
+      <t xml:space="preserve">1285.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 023 V2 \ Полка для каркаса стола FIT 022</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.023.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
@@ -3714,51 +3722,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка ДСП (имитация старой доски) с каркасом стола FIT.020</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1565.00</t>
+      <t xml:space="preserve">1596.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 021 V2 \ Полка для каркаса стола FIT 020</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.021.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
@@ -3836,51 +3844,51 @@
       <t xml:space="preserve">
 Глубина, мм: 470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6709.00</t>
+      <t xml:space="preserve">6843.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 025 \ Каркас скамьи</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -3897,51 +3905,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6654.00</t>
+      <t xml:space="preserve">6787.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 026 V2 \ Полка для каркаса скамьи FIT 025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.026.V2.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3954,51 +3962,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка с каркасом скамьи FIT.025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2205.00</t>
+      <t xml:space="preserve">2249.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 026 V2 \ Полка для каркаса скамьи FIT 025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.026.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
@@ -4072,51 +4080,51 @@
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6825.00</t>
+      <t xml:space="preserve">6962.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 100B \ Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.100B.DSP</t>
@@ -4129,51 +4137,51 @@
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7560.00</t>
+      <t xml:space="preserve">7711.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 100C \ Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.100C.DSP</t>
@@ -4186,51 +4194,51 @@
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8390.00</t>
+      <t xml:space="preserve">8558.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 100B \ Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.100B.UW</t>
@@ -4316,51 +4324,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13409.00</t>
+      <t xml:space="preserve">13677.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 303 \ Светильник (Кран)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.303.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -4373,51 +4381,51 @@
       <t xml:space="preserve">
 Глубина, мм: 175</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами. Лампа в комплект не входит.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2760.00</t>
+      <t xml:space="preserve">2815.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 300 \ Светильник настенный трехрожковый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.300.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -4430,51 +4438,51 @@
       <t xml:space="preserve">
 Глубина, мм: 375</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 570</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами. Лампы в комплект не входят.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7780.00</t>
+      <t xml:space="preserve">7936.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 301 \ Люстра (5 ламп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.301.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -4487,51 +4495,51 @@
       <t xml:space="preserve">
 Глубина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 630</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборная, возможна окраска по каталогу RAL и другие цвета с эффектами. Лампы в комплект не входят.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15000.00</t>
+      <t xml:space="preserve">15300.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 304 \ Светильник напольный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.304</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -4544,96 +4552,96 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами. Лампа в комплект не входит.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11509.00</t>
+      <t xml:space="preserve">11739.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка информационная рекламная А4,  A5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: AP.001.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">575.00</t>
+      <t xml:space="preserve">587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -4650,51 +4658,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">978.00</t>
+      <t xml:space="preserve">998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка информационная рекламная наклонная (h-300мм) A5</t>
@@ -4707,51 +4715,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для кармана А5 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1001.00</t>
+      <t xml:space="preserve">1021.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -7563,51 +7571,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11.11.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -7643,51 +7651,51 @@
             <t xml:space="preserve">
 Глубина, мм: 125</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3260.00</t>
+            <t xml:space="preserve">3325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 001B \ Стойка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.001B.V2</t>
           </r>
@@ -7711,51 +7719,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 3640 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3260.00</t>
+            <t xml:space="preserve">3325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 007A \Штанга</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7769,51 +7777,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">570.00</t>
+            <t xml:space="preserve">581.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 007B \ Штанга</t>
           </r>
@@ -7829,51 +7837,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">708.00</t>
+            <t xml:space="preserve">722.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7891,51 +7899,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">930.00</t>
+            <t xml:space="preserve">949.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 008A \ Штанга П-образная</t>
           </r>
@@ -7955,51 +7963,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1220.00</t>
+            <t xml:space="preserve">1244.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 008B \ Штанга П-образная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8017,51 +8025,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1268.00</t>
+            <t xml:space="preserve">1293.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 008C \ Штанга П-образная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.008C</t>
           </r>
@@ -8077,51 +8085,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1317.00</t>
+            <t xml:space="preserve">1343.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 012 \ Кронштейн прямой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8135,51 +8143,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">590.00</t>
+            <t xml:space="preserve">602.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT.014 \ Крючок d-6мм L-150мм</t>
           </r>
@@ -8195,51 +8203,51 @@
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">168.00</t>
+            <t xml:space="preserve">171.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8257,51 +8265,51 @@
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">178.00</t>
+            <t xml:space="preserve">182.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT.014 Крючок d-6мм L-250мм - \ Крючок d-6мм L-250мм</t>
           </r>
@@ -8317,51 +8325,51 @@
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">186.00</t>
+            <t xml:space="preserve">190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8379,51 +8387,51 @@
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">198.00</t>
+            <t xml:space="preserve">202.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 013 \ Кронштейн ступенчатый</t>
           </r>
@@ -8439,51 +8447,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1038.00</t>
+            <t xml:space="preserve">1059.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8501,51 +8509,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рама металлическая. Возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2960.00</t>
+            <t xml:space="preserve">3019.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 002B \ Полка в раме</t>
           </r>
@@ -8561,51 +8569,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рама металлическая. Возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3558.00</t>
+            <t xml:space="preserve">3629.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8623,51 +8631,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рама металлическая. Возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3465.00</t>
+            <t xml:space="preserve">3534.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 006A \ Полка в раме</t>
           </r>
@@ -8683,51 +8691,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2730.00</t>
+            <t xml:space="preserve">2785.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8745,51 +8753,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3413.00</t>
+            <t xml:space="preserve">3481.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 006C \ Полка в раме</t>
           </r>
@@ -8805,51 +8813,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4043.00</t>
+            <t xml:space="preserve">4124.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8867,51 +8875,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2888.00</t>
+            <t xml:space="preserve">2946.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 009B \ Полка в раме</t>
           </r>
@@ -8927,51 +8935,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3570.00</t>
+            <t xml:space="preserve">3641.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8989,51 +8997,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4305.00</t>
+            <t xml:space="preserve">4391.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 011A \ Полка в раме</t>
           </r>
@@ -9049,51 +9057,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3999.00</t>
+            <t xml:space="preserve">4079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9111,51 +9119,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6409.00</t>
+            <t xml:space="preserve">6537.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 011C \ Полка в раме</t>
           </r>
@@ -9171,51 +9179,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7409.00</t>
+            <t xml:space="preserve">7557.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9233,51 +9241,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 203 \ Держатель штанги для примерочной центральный</t>
           </r>
@@ -9301,51 +9309,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 670 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">568.00</t>
+            <t xml:space="preserve">579.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 204 \ Штанга для примерочной</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9359,51 +9367,51 @@
             <t xml:space="preserve">
 Длина, мм: 1160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">480.00</t>
+            <t xml:space="preserve">490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 205 \ Держатель штанги для примерочной</t>
           </r>
@@ -9411,51 +9419,51 @@
             <t xml:space="preserve">
 Артикул: FIT.205</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">368.00</t>
+            <t xml:space="preserve">375.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -9477,51 +9485,51 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">680.00</t>
+            <t xml:space="preserve">694.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9549,51 +9557,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8809.00</t>
+            <t xml:space="preserve">8985.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 060 V2 \  Вешало (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9615,51 +9623,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9909.00</t>
+            <t xml:space="preserve">10107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 061 V2 \ Вешало (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.061.V2</t>
           </r>
@@ -9679,51 +9687,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10809.00</t>
+            <t xml:space="preserve">11025.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 062 V2 \ Вешало ступенчатое (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9745,51 +9753,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10309.00</t>
+            <t xml:space="preserve">10515.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 063 \ Вешало (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.063</t>
           </r>
@@ -9817,51 +9825,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 9309 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6036.00</t>
+            <t xml:space="preserve">6157.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 064 \ Вешало (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9883,51 +9891,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9709.00</t>
+            <t xml:space="preserve">9903.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 057A V2 \ Вешало наклонное (рейл) (3 опоры)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.057A.V2</t>
           </r>
@@ -9935,67 +9943,71 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 5811 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4940.00</t>
+            <t xml:space="preserve">5039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 057B V2 \ Вешало наклонное (рейл) (3 опоры)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10017,51 +10029,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6274.00</t>
+            <t xml:space="preserve">6399.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 058A V2 \ Вешало наклонное (рейл) (4 опоры)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.058A.V2</t>
           </r>
@@ -10077,51 +10089,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5775.00</t>
+            <t xml:space="preserve">5891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 058B V2 \ Вешало наклонное (рейл) (4 опоры)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10139,51 +10151,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6143.00</t>
+            <t xml:space="preserve">6266.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 052 V2 \ Вешало (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.052.V2</t>
           </r>
@@ -10191,67 +10203,71 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 10990 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8808.00</t>
+            <t xml:space="preserve">8984.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 072 \ Вешало</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10273,51 +10289,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10083.00</t>
+            <t xml:space="preserve">10285.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 071 \ Вешало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.071</t>
           </r>
@@ -10337,51 +10353,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1970</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10723.00</t>
+            <t xml:space="preserve">10937.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 053 V2 \ Полка для вешал (рейлов) FIT 052 V2 и FIT 072</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10475,51 +10491,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5409.00</t>
+            <t xml:space="preserve">5517.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 056 \ Вешало двухрядное (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10541,51 +10557,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13590.00</t>
+            <t xml:space="preserve">13862.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 055 \ Вешало двухрядное (рейл)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.055</t>
           </r>
@@ -10605,51 +10621,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1970</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14490.00</t>
+            <t xml:space="preserve">14780.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 065 \ Вешало подвесное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10667,51 +10683,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8909.00</t>
+            <t xml:space="preserve">9087.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 066 V2 \ Вешало подвесное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.066.V2</t>
           </r>
@@ -10727,51 +10743,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6709.00</t>
+            <t xml:space="preserve">6843.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 073 V2 \ Полка для подвесного вешала FIT 066 V2</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10789,51 +10805,51 @@
             <t xml:space="preserve">
 Глубина, мм: 335</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка с подвесным вешалом FIT.066.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1124.00</t>
+            <t xml:space="preserve">1146.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 073 V2 \ Полка для подвесного вешала FIT 066 V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.073.V2.UW</t>
           </r>
@@ -10923,51 +10939,51 @@
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5590.00</t>
+            <t xml:space="preserve">5702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 067R V2 \ Вешало с опорой на пол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.067.R.V2</t>
           </r>
@@ -10999,51 +11015,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 5590 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3912.00</t>
+            <t xml:space="preserve">3990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 068 \ Вешало для ремней</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11057,51 +11073,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1990.00</t>
+            <t xml:space="preserve">2030.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 069 \ Вешало для ремней</t>
           </r>
@@ -11117,51 +11133,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2450.00</t>
+            <t xml:space="preserve">2499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11179,51 +11195,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2950.00</t>
+            <t xml:space="preserve">3009.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 022 \ Каркас стола</t>
           </r>
@@ -11247,51 +11263,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6309.00</t>
+            <t xml:space="preserve">6435.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 020 \ Каркас стола</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11313,51 +11329,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7209.00</t>
+            <t xml:space="preserve">7353.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 023 V2 \ Полка для каркаса стола FIT 022</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.023.V2.DSP</t>
           </r>
@@ -11373,51 +11389,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка ДСП с каркасом стола FIT.022</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1260.00</t>
+            <t xml:space="preserve">1285.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 023 V2 \ Полка для каркаса стола FIT 022</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11503,51 +11519,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка ДСП (имитация старой доски) с каркасом стола FIT.020</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1565.00</t>
+            <t xml:space="preserve">1596.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 021 V2 \ Полка для каркаса стола FIT 020</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11633,51 +11649,51 @@
             <t xml:space="preserve">
 Глубина, мм: 470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6709.00</t>
+            <t xml:space="preserve">6843.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 025 \ Каркас скамьи</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11699,51 +11715,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм.Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6654.00</t>
+            <t xml:space="preserve">6787.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 026 V2 \ Полка для каркаса скамьи FIT 025</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.026.V2.DSP</t>
           </r>
@@ -11759,51 +11775,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка с каркасом скамьи FIT.025</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2205.00</t>
+            <t xml:space="preserve">2249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 026 V2 \ Полка для каркаса скамьи FIT 025</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11885,51 +11901,51 @@
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6825.00</t>
+            <t xml:space="preserve">6962.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11947,51 +11963,51 @@
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7560.00</t>
+            <t xml:space="preserve">7711.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 100C \ Зеркало</t>
           </r>
@@ -12007,51 +12023,51 @@
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8390.00</t>
+            <t xml:space="preserve">8558.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12145,51 +12161,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13409.00</t>
+            <t xml:space="preserve">13677.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 303 \ Светильник (Кран)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12207,51 +12223,51 @@
             <t xml:space="preserve">
 Глубина, мм: 175</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами. Лампа в комплект не входит.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2760.00</t>
+            <t xml:space="preserve">2815.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 300 \ Светильник настенный трехрожковый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.300.V2</t>
           </r>
@@ -12267,51 +12283,51 @@
             <t xml:space="preserve">
 Глубина, мм: 375</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 570</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами. Лампы в комплект не входят.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7780.00</t>
+            <t xml:space="preserve">7936.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 301 \ Люстра (5 ламп)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12329,51 +12345,51 @@
             <t xml:space="preserve">
 Глубина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 630</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборная, возможна окраска по каталогу RAL и другие цвета с эффектами. Лампы в комплект не входят.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15000.00</t>
+            <t xml:space="preserve">15300.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 304 \ Светильник напольный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.304</t>
           </r>
@@ -12389,101 +12405,101 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборный, возможна окраска по каталогу RAL и другие цвета с эффектами. Лампа в комплект не входит.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11509.00</t>
+            <t xml:space="preserve">11739.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стойка информационная рекламная А4,  A5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: AP.001.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">575.00</t>
+            <t xml:space="preserve">587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -12503,51 +12519,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 горизонтального, А4 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">978.00</t>
+            <t xml:space="preserve">998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12565,51 +12581,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для кармана А5 вертикального. Карман покупается отдельно. Толщина кармана не более 4мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1001.00</t>
+            <t xml:space="preserve">1021.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>