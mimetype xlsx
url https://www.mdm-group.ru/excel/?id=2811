--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.2026</t>
+      <t xml:space="preserve">16.02.2026</t>
     </r>
   </si>
   <si>
     <t>Система Fit (Торговое оборудование в стиле лофт собственного производства)</t>
   </si>
   <si>
     <t>Система Fit – торговое оборудование в стиле лофт. Представляет из себя торговую систему и мебель из водопроводных труб и фитингов. В основе системы Fit лежит перфорированная с внутренней стороны стойка, которая в сочетании с полками, навесными вешалами, крючками и кронштейнам позволяет создавать разнообразные пристенные конструкции.
 Дополняют систему зеркала, светильники, мебель из водопроводных труб, а также специально разработанная серия вешал в стиле лофт Fit. Широкий ассортимент элементов системы Fit позволяет оборудовать все торговое пространство в едином стиле.
 Элементы системы Fit это качественное оборудование для магазина в стиле лофт или индастриал, также они подойдут и будут отлично смотреться в любом современном магазине.
 Металлические элементы выполнены из стали и покрыты прозрачным лаком. По желанию их можно покрасить в цвета по каталогу RAL или другие цвета с эффектами. Полки могут быть выполнены из различных материалов (ДСП, МДФ, стекло). Украшением данной системы являются полки из ДСП (имитация состаренного дерева), армированного стекла и металлической сетки.
 На металле допускаются и не являются браком следы ржавчины и побежалости на поверхности металла, а также не зачищенные сварочные швы. Все это входит в дизайнерскую концепцию, металл надежно покрыт прозрачным лаком, который не допускает возможности испачкаться и испачкать товар.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 001А \ Стойка</t>
     </r>
@@ -142,71 +142,63 @@
       <t xml:space="preserve">
 Артикул: FIT.001B.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 125</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3325.00</t>
+      <t xml:space="preserve">3645.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 007A \Штанга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.007A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -1412,51 +1404,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4079.00</t>
+      <t xml:space="preserve">4609.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 011B \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.011B.GRID</t>
@@ -1628,124 +1620,120 @@
       </rPr>
       <t xml:space="preserve">FIT 203 \ Держатель штанги для примерочной центральный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.203</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">579.00</t>
+      <t xml:space="preserve">690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 204 \ Штанга для примерочной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.204.L1160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">490.00</t>
+      <t xml:space="preserve">590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 205 \ Держатель штанги для примерочной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.205</t>
@@ -2112,54 +2100,50 @@
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 9309 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6157.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -2242,55 +2226,51 @@
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5811 руб.</t>
+Старая цена: 5901 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2486,55 +2466,51 @@
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 10990 руб.</t>
+Старая цена: 11209 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8984.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2681,54 +2657,50 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1083</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка с вешалом FIT.052.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 06.10.2025 11:15:08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 5410 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -3161,54 +3133,50 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ориентация: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
@@ -3230,55 +3198,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ориентация: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5590 руб.</t>
+Старая цена: 5690 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -7571,51 +7535,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.2026</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -7699,71 +7663,63 @@
             <t xml:space="preserve">
 Артикул: FIT.001B.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 125</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3325.00</t>
+            <t xml:space="preserve">3645.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 007A \Штанга</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9057,51 +9013,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4079.00</t>
+            <t xml:space="preserve">4609.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9289,74 +9245,70 @@
             </rPr>
             <t xml:space="preserve">FIT 203 \ Держатель штанги для примерочной центральный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.203</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">579.00</t>
+            <t xml:space="preserve">690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 204 \ Штанга для примерочной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.204.L1160</t>
           </r>
           <r>
@@ -9367,51 +9319,51 @@
             <t xml:space="preserve">
 Длина, мм: 1160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">490.00</t>
+            <t xml:space="preserve">590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 205 \ Держатель штанги для примерочной</t>
           </r>
@@ -9805,54 +9757,50 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 9309 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6157.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
@@ -9943,55 +9891,51 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5811 руб.</t>
+Старая цена: 5901 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
@@ -10203,55 +10147,51 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 10990 руб.</t>
+Старая цена: 11209 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8984.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
@@ -10411,54 +10351,50 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1083</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка с вешалом FIT.052.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 06.10.2025 11:15:08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 5410 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
@@ -10923,54 +10859,50 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ориентация: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
@@ -10995,55 +10927,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ориентация: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5590 руб.</t>
+Старая цена: 5690 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>