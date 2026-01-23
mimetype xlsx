--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стеллажи лофт серия Unit (Собственное производство)</t>
   </si>
   <si>
     <t xml:space="preserve">Стеллажи лофт серия Unit – востребованное современное оборудование для магазинов. Стиль лофт популярен для офисов, магазинов и квартир и общественных помещений.
 Серия Unit  - универсальное оборудование для магазинов, шоу румов и демонстрационных залов.
 Стеллажи лофт из металла представляют собой цельно сварные конструкции из квадратной трубы 20х20мм.
 Стеллажи могут использоваться как пристенные, так и островные. При необходимости стеллажи можно скреплять между собой.   Стеллажи производятся на заказ, поэтому могут быть окрашены в любой цвет каталогу RAL.
 Полки изготавливаются из ДСП, или могут быть стеклянные прозрачные или матовые. Возможны другие варианты полок. Уточняйте у менеджеров. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 01A \ Каркас стеллажа с 5-ю полками</t>
     </r>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25703.00</t>
+      <t xml:space="preserve">26217.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 02 \ Каркас стеллажа с перекладиной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.002.PWD</t>
@@ -150,51 +150,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19931.00</t>
+      <t xml:space="preserve">20330.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 03 \ Каркас стеллажа с перекладиной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.003.PWD</t>
@@ -207,51 +207,51 @@
       <t xml:space="preserve">
 Длина, мм: 1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25112.00</t>
+      <t xml:space="preserve">25614.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 04 \ Каркас стеллажа с 2-мя перекладинами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.004.PWD</t>
@@ -264,51 +264,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21140.00</t>
+      <t xml:space="preserve">21563.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 05 \ Каркас стеллажа с 2-мя перекладинами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.005.PWD</t>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 Длина, мм: 1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26395.00</t>
+      <t xml:space="preserve">26923.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 06L \ Каркас стеллажа с перекладиной и 5-ю полками слева</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.006L.PWD</t>
@@ -378,51 +378,51 @@
       <t xml:space="preserve">
 Длина, мм: 1080</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40874.00</t>
+      <t xml:space="preserve">41691.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 06R \ Каркас стеллажа с перекладиной и 5-ю полками справа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.006R.PWD</t>
@@ -435,51 +435,51 @@
       <t xml:space="preserve">
 Длина, мм: 1080</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40874.00</t>
+      <t xml:space="preserve">41691.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 07 \ Каркас стеллажа с перекладиной и 10-ю полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.007.PWD</t>
@@ -492,51 +492,51 @@
       <t xml:space="preserve">
 Длина, мм: 1510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59621.00</t>
+      <t xml:space="preserve">60813.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 08L \ Каркас стеллажа с перекладиной и 5-ю полками слева</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.008L.PWD</t>
@@ -549,51 +549,51 @@
       <t xml:space="preserve">
 Длина, мм: 1650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45585.00</t>
+      <t xml:space="preserve">46497.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 08R \ Каркас стеллажа с перекладиной и 5-ю полками справа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.008R.PWD</t>
@@ -606,51 +606,51 @@
       <t xml:space="preserve">
 Длина, мм: 1650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45585.00</t>
+      <t xml:space="preserve">46497.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 10A \ Каркас стеллажа с 4-мя полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.010A.PWD</t>
@@ -663,51 +663,51 @@
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20524.00</t>
+      <t xml:space="preserve">20934.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 10C \ Каркас стеллажа с 4-мя полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.010C.PWD</t>
@@ -720,51 +720,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24593.00</t>
+      <t xml:space="preserve">25085.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 12 \ Каркас стеллажа с перекладиной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.012.PWD</t>
@@ -777,51 +777,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15639.00</t>
+      <t xml:space="preserve">15952.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 13 \ Каркас стеллажа с перекладиной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.013.PWD</t>
@@ -834,51 +834,51 @@
       <t xml:space="preserve">
 Длина, мм: 1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20498.00</t>
+      <t xml:space="preserve">20908.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 14 \ Полка ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.014.DSP</t>
@@ -887,51 +887,51 @@
       <t xml:space="preserve">
 Глубина, мм: 405</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 408</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">419.00</t>
+      <t xml:space="preserve">427.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 15 \ Полка ДСП</t>
@@ -944,51 +944,51 @@
       <t xml:space="preserve">
 Глубина, мм: 405</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 858</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">864.00</t>
+      <t xml:space="preserve">881.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 18 \ Полка ДСП</t>
@@ -1001,51 +1001,51 @@
       <t xml:space="preserve">
 Глубина, мм: 405</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 608</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">616.00</t>
+      <t xml:space="preserve">628.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 19 \ Полка ДСП</t>
@@ -1058,51 +1058,51 @@
       <t xml:space="preserve">
 Глубина, мм: 405</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1178</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1184.00</t>
+      <t xml:space="preserve">1208.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 16 \ Полка стекло прозрачное</t>
@@ -1119,51 +1119,51 @@
       <t xml:space="preserve">
 Длина, мм: 608</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">525.00</t>
+      <t xml:space="preserve">536.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 17 \ Полка стекло прозрачное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.017.GL</t>
@@ -1176,51 +1176,51 @@
       <t xml:space="preserve">
 Длина, мм: 1178</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 6 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">935.00</t>
+      <t xml:space="preserve">954.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 16 \ Полка стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.016.MGL</t>
@@ -1233,51 +1233,51 @@
       <t xml:space="preserve">
 Длина, мм: 608</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">662.00</t>
+      <t xml:space="preserve">675.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 17 \ Полка стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.017.MGL</t>
@@ -1290,51 +1290,51 @@
       <t xml:space="preserve">
 Длина, мм: 1178</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 6 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1187.00</t>
+      <t xml:space="preserve">1211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 21 \ Полка стекло прозрачное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.021.GL</t>
@@ -1347,51 +1347,51 @@
       <t xml:space="preserve">
 Длина, мм: 408</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">389.00</t>
+      <t xml:space="preserve">397.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 22 \ Полка стекло прозрачное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.022.GL</t>
@@ -1404,51 +1404,51 @@
       <t xml:space="preserve">
 Длина, мм: 858</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">935.00</t>
+      <t xml:space="preserve">954.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 21 \ Полка стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.021.MGL</t>
@@ -1461,51 +1461,51 @@
       <t xml:space="preserve">
 Длина, мм: 408</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">473.00</t>
+      <t xml:space="preserve">482.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 22 \ Полка стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.022.MGL</t>
@@ -1518,96 +1518,96 @@
       <t xml:space="preserve">
 Длина, мм: 858</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1187.00</t>
+      <t xml:space="preserve">1211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Unit 20A \ Держатель для деревянной полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.020A.PWD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 405</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">271.00</t>
+      <t xml:space="preserve">276.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1620,51 +1620,51 @@
       </rPr>
       <t xml:space="preserve">Unit 20B \ Держатель для деревянной полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.020B.PWD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 605</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">371.00</t>
+      <t xml:space="preserve">378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1677,51 +1677,51 @@
       </rPr>
       <t xml:space="preserve">Unit 20C \ Держатель для деревянной полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.020C.PWD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 855</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">493.00</t>
+      <t xml:space="preserve">503.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1734,51 +1734,51 @@
       </rPr>
       <t xml:space="preserve">Unit 20D \ Держатель для деревянной полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNT.020D.PWD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1175</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">616.00</t>
+      <t xml:space="preserve">628.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1787,51 +1787,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полкодержатель с резьбой М5 в пластиковом чехольчике</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PK5,0X16B+K-T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.10</t>
+      <t xml:space="preserve">86.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3215,51 +3215,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3291,51 +3291,51 @@
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25703.00</t>
+            <t xml:space="preserve">26217.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 02 \ Каркас стеллажа с перекладиной</t>
           </r>
@@ -3351,51 +3351,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19931.00</t>
+            <t xml:space="preserve">20330.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3413,51 +3413,51 @@
             <t xml:space="preserve">
 Длина, мм: 1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25112.00</t>
+            <t xml:space="preserve">25614.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 04 \ Каркас стеллажа с 2-мя перекладинами</t>
           </r>
@@ -3473,51 +3473,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21140.00</t>
+            <t xml:space="preserve">21563.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3535,51 +3535,51 @@
             <t xml:space="preserve">
 Длина, мм: 1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26395.00</t>
+            <t xml:space="preserve">26923.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 06L \ Каркас стеллажа с перекладиной и 5-ю полками слева</t>
           </r>
@@ -3595,51 +3595,51 @@
             <t xml:space="preserve">
 Длина, мм: 1080</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40874.00</t>
+            <t xml:space="preserve">41691.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3657,51 +3657,51 @@
             <t xml:space="preserve">
 Длина, мм: 1080</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40874.00</t>
+            <t xml:space="preserve">41691.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 07 \ Каркас стеллажа с перекладиной и 10-ю полками</t>
           </r>
@@ -3717,51 +3717,51 @@
             <t xml:space="preserve">
 Длина, мм: 1510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59621.00</t>
+            <t xml:space="preserve">60813.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3779,51 +3779,51 @@
             <t xml:space="preserve">
 Длина, мм: 1650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45585.00</t>
+            <t xml:space="preserve">46497.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 08R \ Каркас стеллажа с перекладиной и 5-ю полками справа</t>
           </r>
@@ -3839,51 +3839,51 @@
             <t xml:space="preserve">
 Длина, мм: 1650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45585.00</t>
+            <t xml:space="preserve">46497.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3901,51 +3901,51 @@
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20524.00</t>
+            <t xml:space="preserve">20934.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 10C \ Каркас стеллажа с 4-мя полками</t>
           </r>
@@ -3961,51 +3961,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24593.00</t>
+            <t xml:space="preserve">25085.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4023,51 +4023,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15639.00</t>
+            <t xml:space="preserve">15952.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 13 \ Каркас стеллажа с перекладиной</t>
           </r>
@@ -4083,51 +4083,51 @@
             <t xml:space="preserve">
 Длина, мм: 1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Регулировочные опоры в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20498.00</t>
+            <t xml:space="preserve">20908.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4141,51 +4141,51 @@
             <t xml:space="preserve">
 Глубина, мм: 405</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 408</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">419.00</t>
+            <t xml:space="preserve">427.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4201,51 +4201,51 @@
             <t xml:space="preserve">
 Глубина, мм: 405</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 858</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">864.00</t>
+            <t xml:space="preserve">881.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4263,51 +4263,51 @@
             <t xml:space="preserve">
 Глубина, мм: 405</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 608</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">616.00</t>
+            <t xml:space="preserve">628.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4323,51 +4323,51 @@
             <t xml:space="preserve">
 Глубина, мм: 405</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1178</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1184.00</t>
+            <t xml:space="preserve">1208.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4389,51 +4389,51 @@
             <t xml:space="preserve">
 Длина, мм: 608</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">525.00</t>
+            <t xml:space="preserve">536.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 17 \ Полка стекло прозрачное</t>
           </r>
@@ -4449,51 +4449,51 @@
             <t xml:space="preserve">
 Длина, мм: 1178</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 6 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">935.00</t>
+            <t xml:space="preserve">954.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4511,51 +4511,51 @@
             <t xml:space="preserve">
 Длина, мм: 608</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">662.00</t>
+            <t xml:space="preserve">675.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 17 \ Полка стекло матовое</t>
           </r>
@@ -4571,51 +4571,51 @@
             <t xml:space="preserve">
 Длина, мм: 1178</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 6 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1187.00</t>
+            <t xml:space="preserve">1211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4633,51 +4633,51 @@
             <t xml:space="preserve">
 Длина, мм: 408</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">389.00</t>
+            <t xml:space="preserve">397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 22 \ Полка стекло прозрачное</t>
           </r>
@@ -4693,51 +4693,51 @@
             <t xml:space="preserve">
 Длина, мм: 858</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">935.00</t>
+            <t xml:space="preserve">954.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4755,51 +4755,51 @@
             <t xml:space="preserve">
 Длина, мм: 408</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">473.00</t>
+            <t xml:space="preserve">482.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 22 \ Полка стекло матовое</t>
           </r>
@@ -4815,101 +4815,101 @@
             <t xml:space="preserve">
 Длина, мм: 858</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полок необходимо купить полкодержатели арт. PK5,0X16B+K-T в количестве 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1187.00</t>
+            <t xml:space="preserve">1211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Unit 20A \ Держатель для деревянной полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNT.020A.PWD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 405</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">271.00</t>
+            <t xml:space="preserve">276.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
@@ -4925,51 +4925,51 @@
             </rPr>
             <t xml:space="preserve">Unit 20B \ Держатель для деревянной полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNT.020B.PWD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 605</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">371.00</t>
+            <t xml:space="preserve">378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
@@ -4987,51 +4987,51 @@
             </rPr>
             <t xml:space="preserve">Unit 20C \ Держатель для деревянной полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNT.020C.PWD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 855</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">493.00</t>
+            <t xml:space="preserve">503.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
@@ -5047,51 +5047,51 @@
             </rPr>
             <t xml:space="preserve">Unit 20D \ Держатель для деревянной полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNT.020D.PWD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1175</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">616.00</t>
+            <t xml:space="preserve">628.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
@@ -5105,51 +5105,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полкодержатель с резьбой М5 в пластиковом чехольчике</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PK5,0X16B+K-T</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.10</t>
+            <t xml:space="preserve">86.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>