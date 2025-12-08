--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -1547,172 +1547,172 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">370.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HPF-08-400 \  Держатель на штангу 30х15 универсальный 310х400мм</t>
-[...3 lines deleted...]
-Артикул: HPF.3015.08-400.V2.CH</t>
+      <t xml:space="preserve">HPF-08-200 \  Держатель на штангу 30х15 универсальный 310х200мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HPF.3015.08-200.V2.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Держатель применяется для демонстрации всех товаров имеющих жестку основу или упаковку в коробки, а так же подходит для демонстрации напольных покрытий или длинномеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...3 lines deleted...]
-Ширина, мм: 310</t>
+Глубина, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Угол: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">350.00</t>
+      <t xml:space="preserve">290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HPF-08-200 \  Держатель на штангу 30х15 универсальный 310х200мм</t>
-[...3 lines deleted...]
-Артикул: HPF.3015.08-200.V2.CH</t>
+      <t xml:space="preserve">HPF-08-400 \  Держатель на штангу 30х15 универсальный 310х400мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HPF.3015.08-400.V2.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Держатель применяется для демонстрации всех товаров имеющих жестку основу или упаковку в коробки, а так же подходит для демонстрации напольных покрытий или длинномеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
-[...3 lines deleted...]
-Ширина, мм: 300</t>
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 310</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Угол: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">290.00</t>
+      <t xml:space="preserve">350.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HPF-09 \  Держатель 3-х ярусный на штангу 30х15 200х400х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPF.3015.09.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1902,51 +1902,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8ac748_1395_11eb_80bc_0025902b3cc1_STGU700V135CH2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/STGU1250.1.2.NS.POL.02698.MGV133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f153461_23f6_11ef_a821_0050569cf81d_STGU950V135SVCH_14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/STGU1250.1.2.NS.POL.02698.MGV135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e4dff3_558a_11ef_8a3e_0050569cf81d_STGU700V135CH6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6391d6_0a89_11e9_8add_0025902b3cc1_HPF_017.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8c0704_0a89_11e9_8add_0025902b3cc1_HPF_028.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00fcfa7c_0a8a_11e9_8add_0025902b3cc1_HPF_039.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bdff73_0a8a_11e9_8add_0025902b3cc1_HPF_0410.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a7fab05_0a8a_11e9_8add_0025902b3cc1_HPF_0511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ac6ccf_7884_11e8_ade2_0025902b3cc1_HP_29212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7589a5_7884_11e8_ade2_0025902b3cc1_HP_29413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea97bc1_7c89_11ed_81ba_ac1f6b40b531_HPA30158300CH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bd36ba9_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23175dfb_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f2273d2_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a8d3a8a_42ba_11ec_ae4a_ac1f6b40b531_HPD30155100CH.resize218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da90f0ca_42ba_11ec_ae4a_ac1f6b40b531_HPD30155150CH.resize219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635f5731_42bb_11ec_ae4a_ac1f6b40b531_HPD30155200CH.resize220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111aa4b5_61ae_11ed_8774_ac1f6b40b531_HPPA30155200CH21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d798dc0a_9fd3_11ee_aa1f_ac1f6b40b531_HPPA30156300CH22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e8e5cc_7c86_11ed_81ba_ac1f6b40b531_HPPA30158400CH23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337bcc42_38cb_11e0_b4b4_003048f27c5f_MRT_521_TR24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8106ee6_5de5_11ee_907c_ac1f6b40b531_CND_VH39_50_TR25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d506bf_5715_11eb_80bc_0025902b3cc1_HPF301508_500V2CH_426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ff1615_be63_11e9_80b7_0025902b3cc1_HPF301508_400V2CH_427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a9ab50_be62_11e9_80b7_0025902b3cc1_HPF301508_200V2CH-_-428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414c4247_627e_11e9_80b7_0025902b3cc1_HPF301509CH_129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c207eb7b_bf0c_11ed_93f3_ac1f6b40b531_HPF301517_130.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8ac748_1395_11eb_80bc_0025902b3cc1_STGU700V135CH2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/STGU1250.1.2.NS.POL.02698.MGV133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f153461_23f6_11ef_a821_0050569cf81d_STGU950V135SVCH_14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/STGU1250.1.2.NS.POL.02698.MGV135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e4dff3_558a_11ef_8a3e_0050569cf81d_STGU700V135CH6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6391d6_0a89_11e9_8add_0025902b3cc1_HPF_017.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8c0704_0a89_11e9_8add_0025902b3cc1_HPF_028.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00fcfa7c_0a8a_11e9_8add_0025902b3cc1_HPF_039.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bdff73_0a8a_11e9_8add_0025902b3cc1_HPF_0410.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a7fab05_0a8a_11e9_8add_0025902b3cc1_HPF_0511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ac6ccf_7884_11e8_ade2_0025902b3cc1_HP_29212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7589a5_7884_11e8_ade2_0025902b3cc1_HP_29413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea97bc1_7c89_11ed_81ba_ac1f6b40b531_HPA30158300CH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bd36ba9_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23175dfb_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f2273d2_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a8d3a8a_42ba_11ec_ae4a_ac1f6b40b531_HPD30155100CH.resize218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da90f0ca_42ba_11ec_ae4a_ac1f6b40b531_HPD30155150CH.resize219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635f5731_42bb_11ec_ae4a_ac1f6b40b531_HPD30155200CH.resize220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111aa4b5_61ae_11ed_8774_ac1f6b40b531_HPPA30155200CH21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d798dc0a_9fd3_11ee_aa1f_ac1f6b40b531_HPPA30156300CH22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e8e5cc_7c86_11ed_81ba_ac1f6b40b531_HPPA30158400CH23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337bcc42_38cb_11e0_b4b4_003048f27c5f_MRT_521_TR24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8106ee6_5de5_11ee_907c_ac1f6b40b531_CND_VH39_50_TR25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d506bf_5715_11eb_80bc_0025902b3cc1_HPF301508_500V2CH_426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a9ab50_be62_11e9_80b7_0025902b3cc1_HPF301508_200V2CH-_-427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ff1615_be63_11e9_80b7_0025902b3cc1_HPF301508_400V2CH_428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414c4247_627e_11e9_80b7_0025902b3cc1_HPF301509CH_129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c207eb7b_bf0c_11ed_93f3_ac1f6b40b531_HPF301517_130.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2694,81 +2694,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="866775"/>
+    <xdr:ext cx="857250" cy="685800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="685800"/>
+    <xdr:ext cx="857250" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -4778,177 +4778,177 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">370.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HPF-08-400 \  Держатель на штангу 30х15 универсальный 310х400мм</t>
-[...3 lines deleted...]
-Артикул: HPF.3015.08-400.V2.CH</t>
+            <t xml:space="preserve">HPF-08-200 \  Держатель на штангу 30х15 универсальный 310х200мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HPF.3015.08-200.V2.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Держатель применяется для демонстрации всех товаров имеющих жестку основу или упаковку в коробки, а так же подходит для демонстрации напольных покрытий или длинномеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...3 lines deleted...]
-Ширина, мм: 310</t>
+Глубина, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Угол: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350.00</t>
+            <t xml:space="preserve">290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HPF-08-200 \  Держатель на штангу 30х15 универсальный 310х200мм</t>
-[...3 lines deleted...]
-Артикул: HPF.3015.08-200.V2.CH</t>
+            <t xml:space="preserve">HPF-08-400 \  Держатель на штангу 30х15 универсальный 310х400мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HPF.3015.08-400.V2.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Держатель применяется для демонстрации всех товаров имеющих жестку основу или упаковку в коробки, а так же подходит для демонстрации напольных покрытий или длинномеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
-[...3 lines deleted...]
-Ширина, мм: 300</t>
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 310</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Угол: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">290.00</t>
+            <t xml:space="preserve">350.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HPF-09 \  Держатель 3-х ярусный на штангу 30х15 200х400х400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HPF.3015.09.CH</t>
           </r>