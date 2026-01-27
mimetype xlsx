--- v1 (2025-12-08)
+++ v2 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.05.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Крючки и кронштейны на штангу (балку) </t>
   </si>
   <si>
     <t>Крючки и кронштейны для штанги используются для вывешивания продукции и применяются с любыми торговыми стеллажами.  Для разных типов продукции используется различная навеска. Практически каждый кронштейн имеет специальный ценникодержатель, на который вывешивается цена и описание изделия. Крючки для штанги являются универсальными и подходят практически для любых товаров. В зависимости от длины крючка используется пруток различного диаметра.
 Под заказ по вашим чертежам или образцам могут быть произведены любые другие модификации крючков и кронштейнов.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STGU-700 \ Штанга 30х15х1,35 универсальная (690-750мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STGU700.V1.35.CH</t>
@@ -163,51 +163,51 @@
       <t xml:space="preserve">
 Картинка анонса: 8216950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Толщина металла трубы - 1,3 мм. Длина штанги регулируется под ширину используемого стеллажа. Тип крепления подходит для большинства стоек торговых стеллажей. Размеры зацепа указаны на изображении. Проверьте на совместимость перед размещением заказа.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">870.00</t>
+      <t xml:space="preserve">887.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STGU-950 \  Штанга 30х15 универсальная (950-1000мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STGU950.V1.35SV.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -285,51 +285,51 @@
       <t xml:space="preserve">
 Цвет: нерж зерк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Толщина металла трубы - 1,3 мм. Длина штанги регулируется под ширину используемого стеллажа. Тип крепления подходит для большинства стоек торговых стеллажей. Размеры зацепа указаны на изображении. Проверьте на совместимость перед размещением заказа.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">970.00</t>
+      <t xml:space="preserve">989.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STGU-1250 \ Штанга 30х15 универсальная (1240-1290мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STGU1250.1.2.NS.POL.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: нерж зерк</t>
@@ -346,51 +346,51 @@
       <t xml:space="preserve">
 Цвет: нерж зерк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Толщина металла трубы - 1,3 мм. Длина штанги регулируется под ширину используемого стеллажа. Тип крепления подходит для большинства стоек торговых стеллажей. Размеры зацепа указаны на изображении. Проверьте на совместимость перед размещением заказа.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1099.00</t>
+      <t xml:space="preserve">1121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HPF-01 \  Держатель для фена, шуруповерта с ценникодержателем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPF.3015.01.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -822,51 +822,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">83.64</t>
+      <t xml:space="preserve">85.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HDP 300 \ Крючок двойной на прямоугольную трубу 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPD.3015.5.100.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1062,51 +1062,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.12</t>
+      <t xml:space="preserve">58.14</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HDPA 301 \ Крючок двойной на прямоугольную трубу 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPDA.3015.5.150.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1119,51 +1119,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.30</t>
+      <t xml:space="preserve">67.32</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HDPA 302 \ Крючок двойной на прямоугольную трубу 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPDA.3015.5.200.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1176,51 +1176,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">83.64</t>
+      <t xml:space="preserve">85.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HPP 342 \ Крючок на штангу c ценникодержателем (L-200, d-4/5мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPPA.3015.5.200.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
@@ -1233,51 +1233,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">81.60</t>
+      <t xml:space="preserve">83.64</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HPP 344 \ Крючок одинарный на прямоуг. трубу 30х15мм c ценникодерж. L-300, d-4/6мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPPA.3015.6.300.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1286,51 +1286,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.94</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HPP 346 \ Крючок на штангу c ценникодержателем (L-400, d-4/8мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPPA.3015.8.400.CH</t>
@@ -1347,51 +1347,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">148.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.521.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1400,51 +1400,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.60</t>
+      <t xml:space="preserve">7.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CND.VH39.50.TR</t>
@@ -1457,51 +1457,51 @@
       <t xml:space="preserve">
 Ширина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.50</t>
+      <t xml:space="preserve">5.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HPF-08-500 \  Держатель на штангу 30х15 универсальный 310х500мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPF.3015.08-500.V2.CH</t>
@@ -1530,189 +1530,189 @@
       <t xml:space="preserve">
 Ширина, мм: 310</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Угол: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HPF-08-200 \  Держатель на штангу 30х15 универсальный 310х200мм</t>
-[...3 lines deleted...]
-Артикул: HPF.3015.08-200.V2.CH</t>
+      <t xml:space="preserve">HPF-08-400 \  Держатель на штангу 30х15 универсальный 310х400мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HPF.3015.08-400.V2.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Держатель применяется для демонстрации всех товаров имеющих жестку основу или упаковку в коробки, а так же подходит для демонстрации напольных покрытий или длинномеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
-[...3 lines deleted...]
-Ширина, мм: 300</t>
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 310</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Угол: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">290.00</t>
+      <t xml:space="preserve">357.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HPF-08-400 \  Держатель на штангу 30х15 универсальный 310х400мм</t>
-[...3 lines deleted...]
-Артикул: HPF.3015.08-400.V2.CH</t>
+      <t xml:space="preserve">HPF-08-200 \  Держатель на штангу 30х15 универсальный 310х200мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HPF.3015.08-200.V2.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Держатель применяется для демонстрации всех товаров имеющих жестку основу или упаковку в коробки, а так же подходит для демонстрации напольных покрытий или длинномеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...3 lines deleted...]
-Ширина, мм: 310</t>
+Глубина, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Угол: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">350.00</t>
+      <t xml:space="preserve">296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HPF-09 \  Держатель 3-х ярусный на штангу 30х15 200х400х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPF.3015.09.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1733,51 +1733,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">747.00</t>
+      <t xml:space="preserve">762.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HPF-17 \ Держатель для крышек на штагу 30х15 200х150х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPF.3015.17.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -1798,51 +1798,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8\5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">855.00</t>
+      <t xml:space="preserve">872.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1902,51 +1902,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8ac748_1395_11eb_80bc_0025902b3cc1_STGU700V135CH2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/STGU1250.1.2.NS.POL.02698.MGV133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f153461_23f6_11ef_a821_0050569cf81d_STGU950V135SVCH_14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/STGU1250.1.2.NS.POL.02698.MGV135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e4dff3_558a_11ef_8a3e_0050569cf81d_STGU700V135CH6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6391d6_0a89_11e9_8add_0025902b3cc1_HPF_017.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8c0704_0a89_11e9_8add_0025902b3cc1_HPF_028.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00fcfa7c_0a8a_11e9_8add_0025902b3cc1_HPF_039.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bdff73_0a8a_11e9_8add_0025902b3cc1_HPF_0410.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a7fab05_0a8a_11e9_8add_0025902b3cc1_HPF_0511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ac6ccf_7884_11e8_ade2_0025902b3cc1_HP_29212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7589a5_7884_11e8_ade2_0025902b3cc1_HP_29413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea97bc1_7c89_11ed_81ba_ac1f6b40b531_HPA30158300CH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bd36ba9_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23175dfb_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f2273d2_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a8d3a8a_42ba_11ec_ae4a_ac1f6b40b531_HPD30155100CH.resize218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da90f0ca_42ba_11ec_ae4a_ac1f6b40b531_HPD30155150CH.resize219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635f5731_42bb_11ec_ae4a_ac1f6b40b531_HPD30155200CH.resize220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111aa4b5_61ae_11ed_8774_ac1f6b40b531_HPPA30155200CH21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d798dc0a_9fd3_11ee_aa1f_ac1f6b40b531_HPPA30156300CH22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e8e5cc_7c86_11ed_81ba_ac1f6b40b531_HPPA30158400CH23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337bcc42_38cb_11e0_b4b4_003048f27c5f_MRT_521_TR24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8106ee6_5de5_11ee_907c_ac1f6b40b531_CND_VH39_50_TR25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d506bf_5715_11eb_80bc_0025902b3cc1_HPF301508_500V2CH_426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a9ab50_be62_11e9_80b7_0025902b3cc1_HPF301508_200V2CH-_-427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ff1615_be63_11e9_80b7_0025902b3cc1_HPF301508_400V2CH_428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414c4247_627e_11e9_80b7_0025902b3cc1_HPF301509CH_129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c207eb7b_bf0c_11ed_93f3_ac1f6b40b531_HPF301517_130.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8ac748_1395_11eb_80bc_0025902b3cc1_STGU700V135CH2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/STGU1250.1.2.NS.POL.02698.MGV133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f153461_23f6_11ef_a821_0050569cf81d_STGU950V135SVCH_14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/STGU1250.1.2.NS.POL.02698.MGV135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e4dff3_558a_11ef_8a3e_0050569cf81d_STGU700V135CH6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6391d6_0a89_11e9_8add_0025902b3cc1_HPF_017.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8c0704_0a89_11e9_8add_0025902b3cc1_HPF_028.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00fcfa7c_0a8a_11e9_8add_0025902b3cc1_HPF_039.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bdff73_0a8a_11e9_8add_0025902b3cc1_HPF_0410.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a7fab05_0a8a_11e9_8add_0025902b3cc1_HPF_0511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ac6ccf_7884_11e8_ade2_0025902b3cc1_HP_29212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7589a5_7884_11e8_ade2_0025902b3cc1_HP_29413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea97bc1_7c89_11ed_81ba_ac1f6b40b531_HPA30158300CH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bd36ba9_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23175dfb_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f2273d2_8e9f_11e9_80b7_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a8d3a8a_42ba_11ec_ae4a_ac1f6b40b531_HPD30155100CH.resize218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da90f0ca_42ba_11ec_ae4a_ac1f6b40b531_HPD30155150CH.resize219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635f5731_42bb_11ec_ae4a_ac1f6b40b531_HPD30155200CH.resize220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111aa4b5_61ae_11ed_8774_ac1f6b40b531_HPPA30155200CH21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d798dc0a_9fd3_11ee_aa1f_ac1f6b40b531_HPPA30156300CH22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e8e5cc_7c86_11ed_81ba_ac1f6b40b531_HPPA30158400CH23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337bcc42_38cb_11e0_b4b4_003048f27c5f_MRT_521_TR24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8106ee6_5de5_11ee_907c_ac1f6b40b531_CND_VH39_50_TR25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d506bf_5715_11eb_80bc_0025902b3cc1_HPF301508_500V2CH_426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ff1615_be63_11e9_80b7_0025902b3cc1_HPF301508_400V2CH_427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a9ab50_be62_11e9_80b7_0025902b3cc1_HPF301508_200V2CH-_-428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414c4247_627e_11e9_80b7_0025902b3cc1_HPF301509CH_129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c207eb7b_bf0c_11ed_93f3_ac1f6b40b531_HPF301517_130.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2694,81 +2694,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="685800"/>
+    <xdr:ext cx="857250" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="866775"/>
+    <xdr:ext cx="857250" cy="685800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -3146,51 +3146,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.05.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3298,51 +3298,51 @@
             <t xml:space="preserve">
 Картинка анонса: 8216950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Толщина металла трубы - 1,3 мм. Длина штанги регулируется под ширину используемого стеллажа. Тип крепления подходит для большинства стоек торговых стеллажей. Размеры зацепа указаны на изображении. Проверьте на совместимость перед размещением заказа.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">870.00</t>
+            <t xml:space="preserve">887.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STGU-950 \  Штанга 30х15 универсальная (950-1000мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3428,51 +3428,51 @@
             <t xml:space="preserve">
 Цвет: нерж зерк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Толщина металла трубы - 1,3 мм. Длина штанги регулируется под ширину используемого стеллажа. Тип крепления подходит для большинства стоек торговых стеллажей. Размеры зацепа указаны на изображении. Проверьте на совместимость перед размещением заказа.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">970.00</t>
+            <t xml:space="preserve">989.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STGU-1250 \ Штанга 30х15 универсальная (1240-1290мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3494,51 +3494,51 @@
             <t xml:space="preserve">
 Цвет: нерж зерк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Толщина металла трубы - 1,3 мм. Длина штанги регулируется под ширину используемого стеллажа. Тип крепления подходит для большинства стоек торговых стеллажей. Размеры зацепа указаны на изображении. Проверьте на совместимость перед размещением заказа.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1099.00</t>
+            <t xml:space="preserve">1121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HPF-01 \  Держатель для фена, шуруповерта с ценникодержателем</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HPF.3015.01.CH</t>
           </r>
@@ -4002,51 +4002,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.64</t>
+            <t xml:space="preserve">85.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HDP 300 \ Крючок двойной на прямоугольную трубу 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HPD.3015.5.100.CH</t>
           </r>
@@ -4258,51 +4258,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.12</t>
+            <t xml:space="preserve">58.14</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HDPA 301 \ Крючок двойной на прямоугольную трубу 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HPDA.3015.5.150.CH</t>
           </r>
@@ -4318,51 +4318,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.30</t>
+            <t xml:space="preserve">67.32</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HDPA 302 \ Крючок двойной на прямоугольную трубу 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4380,51 +4380,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.64</t>
+            <t xml:space="preserve">85.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HPP 342 \ Крючок на штангу c ценникодержателем (L-200, d-4/5мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HPPA.3015.5.200.CH</t>
           </r>
@@ -4440,51 +4440,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">81.60</t>
+            <t xml:space="preserve">83.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HPP 344 \ Крючок одинарный на прямоуг. трубу 30х15мм c ценникодерж. L-300, d-4/6мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4498,51 +4498,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.94</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HPP 346 \ Крючок на штангу c ценникодержателем (L-400, d-4/8мм)</t>
           </r>
@@ -4562,51 +4562,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 4 | 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">148.00</t>
+            <t xml:space="preserve">151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4620,51 +4620,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.60</t>
+            <t xml:space="preserve">7.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
           </r>
@@ -4680,51 +4680,51 @@
             <t xml:space="preserve">
 Ширина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.50</t>
+            <t xml:space="preserve">5.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4758,197 +4758,197 @@
             <t xml:space="preserve">
 Ширина, мм: 310</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Угол: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HPF-08-200 \  Держатель на штангу 30х15 универсальный 310х200мм</t>
-[...3 lines deleted...]
-Артикул: HPF.3015.08-200.V2.CH</t>
+            <t xml:space="preserve">HPF-08-400 \  Держатель на штангу 30х15 универсальный 310х400мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HPF.3015.08-400.V2.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Держатель применяется для демонстрации всех товаров имеющих жестку основу или упаковку в коробки, а так же подходит для демонстрации напольных покрытий или длинномеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
-[...3 lines deleted...]
-Ширина, мм: 300</t>
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 310</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Угол: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">290.00</t>
+            <t xml:space="preserve">357.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HPF-08-400 \  Держатель на штангу 30х15 универсальный 310х400мм</t>
-[...3 lines deleted...]
-Артикул: HPF.3015.08-400.V2.CH</t>
+            <t xml:space="preserve">HPF-08-200 \  Держатель на штангу 30х15 универсальный 310х200мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HPF.3015.08-200.V2.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Держатель применяется для демонстрации всех товаров имеющих жестку основу или упаковку в коробки, а так же подходит для демонстрации напольных покрытий или длинномеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...3 lines deleted...]
-Ширина, мм: 310</t>
+Глубина, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Угол: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350.00</t>
+            <t xml:space="preserve">296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HPF-09 \  Держатель 3-х ярусный на штангу 30х15 200х400х400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HPF.3015.09.CH</t>
           </r>
@@ -4972,51 +4972,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">747.00</t>
+            <t xml:space="preserve">762.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HPF-17 \ Держатель для крышек на штагу 30х15 200х150х400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5042,51 +5042,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8\5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">855.00</t>
+            <t xml:space="preserve">872.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>