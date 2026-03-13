--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -558,54 +558,50 @@
       </rPr>
       <t xml:space="preserve">HPF-04 \ Держатель для миксера с ценникодержателем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HPF.3015.04.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">238.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -684,54 +680,50 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">58.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
@@ -746,54 +738,50 @@
 Артикул: HP.3015.8.300.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">83.64</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -3722,54 +3710,50 @@
             </rPr>
             <t xml:space="preserve">HPF-04 \ Держатель для миксера с ценникодержателем</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HPF.3015.04.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">238.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
@@ -3856,54 +3840,50 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">58.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
@@ -3921,54 +3901,50 @@
 Артикул: HP.3015.8.300.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление для прямоуг. трубы 30x15 мм. Используется с универсальной штангой STGU-950, STGU-1250.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">83.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>