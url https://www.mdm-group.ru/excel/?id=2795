--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.01.2026</t>
+      <t xml:space="preserve">09.03.2026</t>
     </r>
   </si>
   <si>
     <t>Манекен голова и шея (для шапок и украшений)</t>
   </si>
   <si>
     <t>Манекен голова и шея – части тела манекена необходимые для демонстрации и рекламы шапок, кепок и других головных уборов, а также шарфов, палантинов, платков очков и других аксессуаров и украшений.
 Разделяют головы манекенов по полу, возрасту и типу. По полу и возрасту делят на мужские, женские и детские, а по типам бывают реалистичные, скульптурные и абстрактные.
 • Реалистичные головы манекенов имеют телесный цвет, макияж, парик и выглядят очень похоже на головы настоящих людей. Отлично подойдут для демонстрации головных уборов
 • Скульптурные имеют реалистичные черты лица, но выполнены как правило в белых или черных цветах.
 • Абстрактная же голова манекена не имеет лица, белого или черного цвета, художественно представлена и может иметь длинную шею или другие нестандартные формы.
 Все они отлично подойдут для демонстрации головных уборов и шапок, париков, а манекен голова с длинной шеей очень удобен для выставки шарфов, платков или палантинов. Иногда такие манекены шеи используют для демонстрации украшений.
 В зависимости от задач и предпочтений вы можете выбрать и купить голову манекена на любой вкус и под любую продукцию вроде шапок, очков или шарфов. На большие заказы действуют скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
@@ -209,51 +209,51 @@
       <t xml:space="preserve">
 Высота, см: 36</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват, см: 54</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">926.00</t>
+      <t xml:space="preserve">1050.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JASON-PL \ Манекен головы мужской, пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JSN.PL.TL</t>
@@ -266,51 +266,51 @@
       <t xml:space="preserve">
 Высота, см: 36</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват, см: 54</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">926.00</t>
+      <t xml:space="preserve">1050.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JASON-NF \ Манекен головы мужской (без лица)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JSN.NF.WH.90</t>
@@ -437,51 +437,51 @@
       <t xml:space="preserve">
 Высота, см: 35,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват, см: 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">926.00</t>
+      <t xml:space="preserve">1050.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JASON-NF-PL \ Манекен головы мужской (без лица), пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JSN.NF.PL.BL</t>
@@ -494,51 +494,51 @@
       <t xml:space="preserve">
 Высота, см: 35,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват, см: 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">926.00</t>
+      <t xml:space="preserve">1050.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELIS-PL \ Манекен головы женский, пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELS.PL.BL</t>
@@ -555,51 +555,51 @@
       <t xml:space="preserve">
 Обхват, см: 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8225331</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">926.00</t>
+      <t xml:space="preserve">980.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JESSICA \ Манекен головы женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JSC.WH.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -722,51 +722,51 @@
       <t xml:space="preserve">
 Высота, см: 35,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват, см: 52</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">926.00</t>
+      <t xml:space="preserve">980.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JESSICA-PL \ Манекен головы женский, пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JSC.PL.TL</t>
@@ -779,51 +779,51 @@
       <t xml:space="preserve">
 Высота, см: 35,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват, см: 52</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">926.00</t>
+      <t xml:space="preserve">980.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JESSICA \ Манекен головы женский </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JSC.GD.90</t>
@@ -1007,51 +1007,51 @@
       <t xml:space="preserve">
 Высота, см: 35,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват, см: 53,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">926.00</t>
+      <t xml:space="preserve">980.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JESSICA-NF-PL \ Манекен головы женский (без лица), пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JSC.NF.PL.BL</t>
@@ -1064,51 +1064,51 @@
       <t xml:space="preserve">
 Высота, см: 35,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват, см: 53,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">926.00</t>
+      <t xml:space="preserve">980.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JESSICA-NF \ Манекен головы женский (без лица)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JSC.NF.GD.90</t>
@@ -1647,54 +1647,50 @@
 Артикул: H.RETRO.01F.01G.WHG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 62</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, см: 36</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват, см: 54</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 10509 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6309.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -2988,51 +2984,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.01.2026</t>
+            <t xml:space="preserve">09.03.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3186,51 +3182,51 @@
             <t xml:space="preserve">
 Высота, см: 36</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват, см: 54</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">926.00</t>
+            <t xml:space="preserve">1050.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JASON-PL \ Манекен головы мужской, пластик</t>
           </r>
@@ -3246,51 +3242,51 @@
             <t xml:space="preserve">
 Высота, см: 36</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват, см: 54</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">926.00</t>
+            <t xml:space="preserve">1050.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3430,51 +3426,51 @@
             <t xml:space="preserve">
 Высота, см: 35,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват, см: 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">926.00</t>
+            <t xml:space="preserve">1050.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JASON-NF-PL \ Манекен головы мужской (без лица), пластик</t>
           </r>
@@ -3490,51 +3486,51 @@
             <t xml:space="preserve">
 Высота, см: 35,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват, см: 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">926.00</t>
+            <t xml:space="preserve">1050.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3556,51 +3552,51 @@
             <t xml:space="preserve">
 Обхват, см: 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8225331</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">926.00</t>
+            <t xml:space="preserve">980.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JESSICA \ Манекен головы женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JSC.WH.90</t>
           </r>
@@ -3734,51 +3730,51 @@
             <t xml:space="preserve">
 Высота, см: 35,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват, см: 52</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">926.00</t>
+            <t xml:space="preserve">980.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3796,51 +3792,51 @@
             <t xml:space="preserve">
 Высота, см: 35,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват, см: 52</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">926.00</t>
+            <t xml:space="preserve">980.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JESSICA \ Манекен головы женский </t>
           </r>
@@ -4040,51 +4036,51 @@
             <t xml:space="preserve">
 Высота, см: 35,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват, см: 53,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">926.00</t>
+            <t xml:space="preserve">980.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JESSICA-NF-PL \ Манекен головы женский (без лица), пластик</t>
           </r>
@@ -4100,51 +4096,51 @@
             <t xml:space="preserve">
 Высота, см: 35,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват, см: 53,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">926.00</t>
+            <t xml:space="preserve">980.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4723,54 +4719,50 @@
 Артикул: H.RETRO.01F.01G.WHG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 62</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, см: 36</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват, см: 54</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 10509 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6309.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>