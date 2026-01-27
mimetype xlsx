--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.03.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Манекен руки, ноги, стопы, бедра и бюсты подвесные</t>
   </si>
   <si>
     <t>Манекен руки, ноги, стопы, бедра и бюсты подвесные – манекены частей тела, необходимые для демонстрации и рекламы носков, колготок, перчаток, белья, и других аксессуаров и украшений.
 Манекен ноги бывает подвесной, на подставке и с креплением на экономпанель. Подвесной имеет специальное крепление в виде петли или крючка, с помощью которого ноги можно подвесить на любой кронштейн. Ноги на подставке можно установить на любой ровной поверхности - на полу, на демонстрационных столах или стеллажах и др., а специальное крепление у некоторых моделей позволяет разместить ноги манекена на экономпанели.
 Манекен рука используется для показа перчаток, браслетов, колец, и других украшений и аксессуаров. Модели могут иметь разную высоту, форму и цвета.
 Вы можете купить ноги манекена, руку для перчаток или стопы для носков у нас в магазине как оптом, так и в розницу. На крупные заказы действуют специальные скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H-05 \  Манекен руки (деревянный)</t>
     </r>
     <r>
@@ -96,51 +96,51 @@
       <t xml:space="preserve">
 Примечание: подставка 5х5см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2782.00</t>
+      <t xml:space="preserve">2838.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H-05B \ Манекен руки на подставке (деревянный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRD.005B.LO</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 45</t>
@@ -153,51 +153,51 @@
       <t xml:space="preserve">
 Примечание: Подставка (входит в стоимость): прямоугольная, металлическая 15*13 см.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4636.00</t>
+      <t xml:space="preserve">4729.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H-06 \  Манекен руки (деревянный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRD.006.DW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 26</t>
@@ -210,51 +210,51 @@
       <t xml:space="preserve">
 Примечание: подставка 5х5см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темное дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2782.00</t>
+      <t xml:space="preserve">2838.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H-06B \ Манекен руки на подставке (деревянный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRD.006B.DW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 45</t>
@@ -267,51 +267,51 @@
       <t xml:space="preserve">
 Примечание: Подставка (входит в стоимость): прямоугольная, металлическая 15*13 см.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темное дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4636.00</t>
+      <t xml:space="preserve">4729.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">110 R \ Манекен нога женская (на подставке)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JMB.005.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: телесный</t>
@@ -320,51 +320,51 @@
       <t xml:space="preserve">
 Высота, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3961.00</t>
+      <t xml:space="preserve">4040.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">110 T \ Манекен нога женская (на подставке)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JMB.006.TR</t>
@@ -377,51 +377,51 @@
       <t xml:space="preserve">
 Высота, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4623.00</t>
+      <t xml:space="preserve">4715.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">M RO T50 \ Ноги женские</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.025.WH</t>
@@ -625,51 +625,51 @@
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.70</t>
+      <t xml:space="preserve">68.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H-01 \ Рука (ладонь вверх)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.030.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -678,51 +678,51 @@
       <t xml:space="preserve">
 Высота, см: 44</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4358.00</t>
+      <t xml:space="preserve">4445.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H-02 \ Рука (ладонь веером)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.031.00</t>
@@ -735,51 +735,51 @@
       <t xml:space="preserve">
 Высота, см: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4358.00</t>
+      <t xml:space="preserve">4445.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ARM-A \ Рука (короткая)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPL.020.00</t>
@@ -792,51 +792,51 @@
       <t xml:space="preserve">
 Высота, см: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">834.00</t>
+      <t xml:space="preserve">851.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ARM-B \ Рука (длинная)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPL.021.00</t>
@@ -849,51 +849,51 @@
       <t xml:space="preserve">
 Высота, см: 37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">914.00</t>
+      <t xml:space="preserve">932.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SH 22 \ Торс женский (подвесной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MPR.005.WH</t>
@@ -906,51 +906,51 @@
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крючок входит в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.90</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SH 27 \ Бюст женский (с крючком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MPR.008.TR</t>
@@ -2012,51 +2012,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.03.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2092,51 +2092,51 @@
             <t xml:space="preserve">
 Примечание: подставка 5х5см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: светлое дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2782.00</t>
+            <t xml:space="preserve">2838.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H-05B \ Манекен руки на подставке (деревянный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRD.005B.LO</t>
           </r>
@@ -2152,51 +2152,51 @@
             <t xml:space="preserve">
 Примечание: Подставка (входит в стоимость): прямоугольная, металлическая 15*13 см.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: светлое дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4636.00</t>
+            <t xml:space="preserve">4729.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H-06 \  Манекен руки (деревянный)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2214,51 +2214,51 @@
             <t xml:space="preserve">
 Примечание: подставка 5х5см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темное дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2782.00</t>
+            <t xml:space="preserve">2838.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H-06B \ Манекен руки на подставке (деревянный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRD.006B.DW</t>
           </r>
@@ -2274,51 +2274,51 @@
             <t xml:space="preserve">
 Примечание: Подставка (входит в стоимость): прямоугольная, металлическая 15*13 см.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темное дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4636.00</t>
+            <t xml:space="preserve">4729.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">110 R \ Манекен нога женская (на подставке)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2332,51 +2332,51 @@
             <t xml:space="preserve">
 Высота, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3961.00</t>
+            <t xml:space="preserve">4040.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">110 T \ Манекен нога женская (на подставке)</t>
           </r>
@@ -2392,51 +2392,51 @@
             <t xml:space="preserve">
 Высота, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4623.00</t>
+            <t xml:space="preserve">4715.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2656,51 +2656,51 @@
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.70</t>
+            <t xml:space="preserve">68.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H-01 \ Рука (ладонь вверх)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2714,51 +2714,51 @@
             <t xml:space="preserve">
 Высота, см: 44</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4358.00</t>
+            <t xml:space="preserve">4445.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H-02 \ Рука (ладонь веером)</t>
           </r>
@@ -2774,51 +2774,51 @@
             <t xml:space="preserve">
 Высота, см: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4358.00</t>
+            <t xml:space="preserve">4445.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2836,51 +2836,51 @@
             <t xml:space="preserve">
 Высота, см: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">834.00</t>
+            <t xml:space="preserve">851.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ARM-B \ Рука (длинная)</t>
           </r>
@@ -2896,51 +2896,51 @@
             <t xml:space="preserve">
 Высота, см: 37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">914.00</t>
+            <t xml:space="preserve">932.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2958,51 +2958,51 @@
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крючок входит в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.90</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SH 27 \ Бюст женский (с крючком)</t>
           </r>