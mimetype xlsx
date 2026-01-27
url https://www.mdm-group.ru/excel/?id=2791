--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,99 +33,99 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Парики Belle</t>
   </si>
   <si>
     <t>Серия Belle – это широкая коллекция париков для манекенов из искусственных волос. Модельный ряд серии представляет прически самого разнообразного стиля. Многообразие форм укладки, возможность выбора длины прически, а также разнообразные вариации цветов и оттенков позволят Вам выбрать идеальные решения для демонстрации любого стиля и типа одежды.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">123C (1BT33) \ Парик детский, для мальчика</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PAR.087</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -138,51 +138,51 @@
       <t xml:space="preserve">
 Артикул: PAR.086</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: золотистый шатен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 12/27</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -195,51 +195,51 @@
       <t xml:space="preserve">
 Артикул: PAR.002</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -252,51 +252,51 @@
       <t xml:space="preserve">
 Артикул: PAR.003</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 26T613</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -309,51 +309,51 @@
       <t xml:space="preserve">
 Артикул: PAR.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -366,51 +366,51 @@
       <t xml:space="preserve">
 Артикул: PAR.005</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -423,51 +423,51 @@
       <t xml:space="preserve">
 Артикул: PAR.007</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -480,51 +480,51 @@
       <t xml:space="preserve">
 Артикул: PAR.009</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: золотистый шатен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 12/27</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -537,51 +537,51 @@
       <t xml:space="preserve">
 Артикул: PAR.019</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 26T613</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -594,51 +594,51 @@
       <t xml:space="preserve">
 Артикул: PAR.099</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 2#</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2120.00</t>
+      <t xml:space="preserve">2162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -651,51 +651,51 @@
       <t xml:space="preserve">
 Артикул: PAR.100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 2#</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2120.00</t>
+      <t xml:space="preserve">2162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -708,51 +708,51 @@
       <t xml:space="preserve">
 Артикул: PAR.023</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -765,51 +765,51 @@
       <t xml:space="preserve">
 Артикул: PAR.024</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: рыжий каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 4T30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -822,51 +822,51 @@
       <t xml:space="preserve">
 Артикул: PAR.025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: пепельный блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 25TKB88</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -879,51 +879,51 @@
       <t xml:space="preserve">
 Артикул: PAR.098</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: платиновый блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 88#</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -936,51 +936,51 @@
       <t xml:space="preserve">
 Артикул: PAR.028</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -993,51 +993,51 @@
       <t xml:space="preserve">
 Артикул: PAR.029</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1050,51 +1050,51 @@
       <t xml:space="preserve">
 Артикул: PAR.031</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 26T613</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1107,51 +1107,51 @@
       <t xml:space="preserve">
 Артикул: PAR.034</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 26T613</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1164,51 +1164,51 @@
       <t xml:space="preserve">
 Артикул: PAR.043</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1221,51 +1221,51 @@
       <t xml:space="preserve">
 Артикул: PAR.046</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1278,51 +1278,51 @@
       <t xml:space="preserve">
 Артикул: PAR.049</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шоколад</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 4/30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1335,51 +1335,51 @@
       <t xml:space="preserve">
 Артикул: PAR.050</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 26T613</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1392,51 +1392,51 @@
       <t xml:space="preserve">
 Артикул: PAR.096</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: пепельный блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 25ТК88</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1449,51 +1449,51 @@
       <t xml:space="preserve">
 Артикул: PAR.060</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: платиновый блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 88T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1506,51 +1506,51 @@
       <t xml:space="preserve">
 Артикул: PAR.063</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1563,51 +1563,51 @@
       <t xml:space="preserve">
 Артикул: PAR.064</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: пепельный блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 25TKB88</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1620,51 +1620,51 @@
       <t xml:space="preserve">
 Артикул: PAR.078</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 26T613</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1921.00</t>
+      <t xml:space="preserve">1959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1677,51 +1677,51 @@
       <t xml:space="preserve">
 Артикул: PAR.077</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1921.00</t>
+      <t xml:space="preserve">1959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1734,51 +1734,51 @@
       <t xml:space="preserve">
 Артикул: PAR.080</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: пепельный блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 25TKB88</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1791,51 +1791,51 @@
       <t xml:space="preserve">
 Артикул: PAR.094</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1848,51 +1848,51 @@
       <t xml:space="preserve">
 Артикул: PAR.085</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: платиновый блондин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 88#</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1905,51 +1905,51 @@
       <t xml:space="preserve">
 Артикул: PAR.095</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: золотистый шатен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 12/27</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1962,51 +1962,51 @@
       <t xml:space="preserve">
 Артикул: PAR.084</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1B</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2019,51 +2019,51 @@
       <t xml:space="preserve">
 Артикул: PAR.074</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2076,51 +2076,51 @@
       <t xml:space="preserve">
 Артикул: PAR.012</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: жгучий брюнет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 2#</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2133,51 +2133,51 @@
       <t xml:space="preserve">
 Артикул: PAR.013</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный брюнет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 4#</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2190,51 +2190,51 @@
       <t xml:space="preserve">
 Артикул: PAR.076</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2247,51 +2247,51 @@
       <t xml:space="preserve">
 Артикул: PAR.075</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: орех темный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 7A-27</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2304,51 +2304,51 @@
       <t xml:space="preserve">
 Артикул: PAR.088</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: золотистый шатен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2361,51 +2361,51 @@
       <t xml:space="preserve">
 Артикул: PAR.089</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 12/27</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2418,51 +2418,51 @@
       <t xml:space="preserve">
 Артикул: PAR.090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: золотистый шатен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 12/27</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2475,51 +2475,51 @@
       <t xml:space="preserve">
 Артикул: PAR.091</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1854.00</t>
+      <t xml:space="preserve">1891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2532,51 +2532,51 @@
       <t xml:space="preserve">
 Артикул: PAR.092</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: золотистый шатен</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 12/27</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2589,51 +2589,51 @@
       <t xml:space="preserve">
 Артикул: PAR.093</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темный каштан</t>
     </r>
     <r>
       <t xml:space="preserve">
 Код цвета: 1BT33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -4429,51 +4429,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4497,51 +4497,51 @@
             <t xml:space="preserve">
 Артикул: PAR.087</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4557,51 +4557,51 @@
             <t xml:space="preserve">
 Артикул: PAR.086</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: золотистый шатен</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 12/27</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4619,51 +4619,51 @@
             <t xml:space="preserve">
 Артикул: PAR.002</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4679,51 +4679,51 @@
             <t xml:space="preserve">
 Артикул: PAR.003</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 26T613</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4741,51 +4741,51 @@
             <t xml:space="preserve">
 Артикул: PAR.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4801,51 +4801,51 @@
             <t xml:space="preserve">
 Артикул: PAR.005</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4863,51 +4863,51 @@
             <t xml:space="preserve">
 Артикул: PAR.007</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4923,51 +4923,51 @@
             <t xml:space="preserve">
 Артикул: PAR.009</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: золотистый шатен</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 12/27</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4985,51 +4985,51 @@
             <t xml:space="preserve">
 Артикул: PAR.019</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 26T613</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5045,51 +5045,51 @@
             <t xml:space="preserve">
 Артикул: PAR.099</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 2#</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2120.00</t>
+            <t xml:space="preserve">2162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5107,51 +5107,51 @@
             <t xml:space="preserve">
 Артикул: PAR.100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 2#</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2120.00</t>
+            <t xml:space="preserve">2162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5167,51 +5167,51 @@
             <t xml:space="preserve">
 Артикул: PAR.023</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5229,51 +5229,51 @@
             <t xml:space="preserve">
 Артикул: PAR.024</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: рыжий каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 4T30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5289,51 +5289,51 @@
             <t xml:space="preserve">
 Артикул: PAR.025</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: пепельный блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 25TKB88</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5351,51 +5351,51 @@
             <t xml:space="preserve">
 Артикул: PAR.098</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: платиновый блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 88#</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5411,51 +5411,51 @@
             <t xml:space="preserve">
 Артикул: PAR.028</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5473,51 +5473,51 @@
             <t xml:space="preserve">
 Артикул: PAR.029</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5533,51 +5533,51 @@
             <t xml:space="preserve">
 Артикул: PAR.031</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 26T613</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5595,51 +5595,51 @@
             <t xml:space="preserve">
 Артикул: PAR.034</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 26T613</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5655,51 +5655,51 @@
             <t xml:space="preserve">
 Артикул: PAR.043</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5717,51 +5717,51 @@
             <t xml:space="preserve">
 Артикул: PAR.046</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5777,51 +5777,51 @@
             <t xml:space="preserve">
 Артикул: PAR.049</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: шоколад</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 4/30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5839,51 +5839,51 @@
             <t xml:space="preserve">
 Артикул: PAR.050</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 26T613</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5899,51 +5899,51 @@
             <t xml:space="preserve">
 Артикул: PAR.096</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: пепельный блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 25ТК88</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5961,51 +5961,51 @@
             <t xml:space="preserve">
 Артикул: PAR.060</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: платиновый блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 88T</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6021,51 +6021,51 @@
             <t xml:space="preserve">
 Артикул: PAR.063</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6083,51 +6083,51 @@
             <t xml:space="preserve">
 Артикул: PAR.064</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: пепельный блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 25TKB88</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6143,51 +6143,51 @@
             <t xml:space="preserve">
 Артикул: PAR.078</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: бронзовый блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 26T613</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1921.00</t>
+            <t xml:space="preserve">1959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6205,51 +6205,51 @@
             <t xml:space="preserve">
 Артикул: PAR.077</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1921.00</t>
+            <t xml:space="preserve">1959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6265,51 +6265,51 @@
             <t xml:space="preserve">
 Артикул: PAR.080</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: пепельный блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 25TKB88</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6327,51 +6327,51 @@
             <t xml:space="preserve">
 Артикул: PAR.094</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6387,51 +6387,51 @@
             <t xml:space="preserve">
 Артикул: PAR.085</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: платиновый блондин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 88#</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6449,51 +6449,51 @@
             <t xml:space="preserve">
 Артикул: PAR.095</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: золотистый шатен</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 12/27</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6509,51 +6509,51 @@
             <t xml:space="preserve">
 Артикул: PAR.084</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1B</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6571,51 +6571,51 @@
             <t xml:space="preserve">
 Артикул: PAR.074</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6631,51 +6631,51 @@
             <t xml:space="preserve">
 Артикул: PAR.012</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: жгучий брюнет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 2#</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6693,51 +6693,51 @@
             <t xml:space="preserve">
 Артикул: PAR.013</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный брюнет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 4#</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6753,51 +6753,51 @@
             <t xml:space="preserve">
 Артикул: PAR.076</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6815,51 +6815,51 @@
             <t xml:space="preserve">
 Артикул: PAR.075</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: орех темный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 7A-27</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6875,51 +6875,51 @@
             <t xml:space="preserve">
 Артикул: PAR.088</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: золотистый шатен</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6937,51 +6937,51 @@
             <t xml:space="preserve">
 Артикул: PAR.089</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 12/27</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6997,51 +6997,51 @@
             <t xml:space="preserve">
 Артикул: PAR.090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: золотистый шатен</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 12/27</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7059,51 +7059,51 @@
             <t xml:space="preserve">
 Артикул: PAR.091</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1854.00</t>
+            <t xml:space="preserve">1891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7119,51 +7119,51 @@
             <t xml:space="preserve">
 Артикул: PAR.092</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: золотистый шатен</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 12/27</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7181,51 +7181,51 @@
             <t xml:space="preserve">
 Артикул: PAR.093</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: темный каштан</t>
           </r>
           <r>
             <t xml:space="preserve">
 Код цвета: 1BT33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>