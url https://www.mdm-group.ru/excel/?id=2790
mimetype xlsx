--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -1360,152 +1360,152 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">92.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.091.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.091.WD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: светлое дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">189.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.091.WD</t>
-[...3 lines deleted...]
-Цвет: светлое дерево</t>
+Артикул: HNG.091.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">189.00</t>
+      <t xml:space="preserve">196.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1931,51 +1931,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627d37d3_e1e8_11ee_a821_0050569cf81d_HNG110WD_1082.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2fd_fea3_11df_b16f_003048d0c7fe_AT_45_13.JPG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f8_fea3_11df_b16f_003048d0c7fe_HNG_075_BL_24.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aeeac41_3ee3_11e8_ade2_0025902b3cc1_15.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfa8_118d_11e0_99a4_003048f27c5f_4842B728_F8A9_4C73_8A8F_7A57E9C249976.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb38281f_ad67_11e5_a43a_0025902b3cc1_1997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d6ac34_ddec_11ed_bba1_ac1f6b40b531_HNGMR46BL.resize28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ac570_deac_11ed_bba1_ac1f6b40b531_HNGMR46WH.resize29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f2dc94_8c0c_11e0_afc8_003048f27c5f_691DE778_8F47_4666_BDD1_9F69556095C010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3db7f4_83c5_11e5_81c1_0025902b3cc1_8936DF5F_E593_41FF_AF0E_E2949E580FF611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D454212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD663046613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB32915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a240bcdc_ef15_11e4_afdc_0025902b3cc1_ED7EAC20_63A2_450C_A41E_3CD2EF3E4B1D17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a9_02b0_11e0_b16f_003048d0c7fe_BA1E7F34_2963_4B77_AFC2_5C13F0C2BD3A18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0f6ba3_8c12_11e8_ade2_0025902b3cc1_219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d0cec9_8d3d_11eb_80bc_0025902b3cc1_plechiki_veshalki_hng110bk20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad27_fdef_11df_b16f_003048d0c7fe_54EAD825_1FDA_4091_A0EB_BBEF79DC1F8A21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186a2302_5d12_11ee_907c_ac1f6b40b531_HNG110WH_122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294ed_fdef_11df_b16f_003048d0c7fe_3BB16D3C_D232_4310_9DEF_335DA52DE6FB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_00926.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a5_02b0_11e0_b16f_003048d0c7fe_F65601EF_BD25_437C_9421_3C703086473427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbb4d4_5026_11e3_baa0_0025902b3cc1_5F564F5B_BB22_48D8_9B5C_67CB3F220ECF28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0e72e_5026_11e3_baa0_0025902b3cc1_121211129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097857c4_83c6_11e5_81c1_0025902b3cc1_563D140A_B51E_4602_802F_7B9E933548E830.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aaf5ce_5383_11e4_9ca4_0025902b3cc1_D2EDB982_C296_407B_9BE8_D1EB89CC8B1C31.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627d37d3_e1e8_11ee_a821_0050569cf81d_HNG110WD_1082.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2fd_fea3_11df_b16f_003048d0c7fe_AT_45_13.JPG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f8_fea3_11df_b16f_003048d0c7fe_HNG_075_BL_24.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aeeac41_3ee3_11e8_ade2_0025902b3cc1_15.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfa8_118d_11e0_99a4_003048f27c5f_4842B728_F8A9_4C73_8A8F_7A57E9C249976.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb38281f_ad67_11e5_a43a_0025902b3cc1_1997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d6ac34_ddec_11ed_bba1_ac1f6b40b531_HNGMR46BL.resize28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ac570_deac_11ed_bba1_ac1f6b40b531_HNGMR46WH.resize29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f2dc94_8c0c_11e0_afc8_003048f27c5f_691DE778_8F47_4666_BDD1_9F69556095C010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3db7f4_83c5_11e5_81c1_0025902b3cc1_8936DF5F_E593_41FF_AF0E_E2949E580FF611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D454212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD663046613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB32915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a240bcdc_ef15_11e4_afdc_0025902b3cc1_ED7EAC20_63A2_450C_A41E_3CD2EF3E4B1D17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a9_02b0_11e0_b16f_003048d0c7fe_BA1E7F34_2963_4B77_AFC2_5C13F0C2BD3A18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0f6ba3_8c12_11e8_ade2_0025902b3cc1_219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d0cec9_8d3d_11eb_80bc_0025902b3cc1_plechiki_veshalki_hng110bk20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad27_fdef_11df_b16f_003048d0c7fe_54EAD825_1FDA_4091_A0EB_BBEF79DC1F8A21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186a2302_5d12_11ee_907c_ac1f6b40b531_HNG110WH_122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294ed_fdef_11df_b16f_003048d0c7fe_3BB16D3C_D232_4310_9DEF_335DA52DE6FB23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_00926.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a5_02b0_11e0_b16f_003048d0c7fe_F65601EF_BD25_437C_9421_3C703086473427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbb4d4_5026_11e3_baa0_0025902b3cc1_5F564F5B_BB22_48D8_9B5C_67CB3F220ECF28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0e72e_5026_11e3_baa0_0025902b3cc1_121211129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097857c4_83c6_11e5_81c1_0025902b3cc1_563D140A_B51E_4602_802F_7B9E933548E830.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aaf5ce_5383_11e4_9ca4_0025902b3cc1_D2EDB982_C296_407B_9BE8_D1EB89CC8B1C31.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4639,155 +4639,155 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.091.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.091.WD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: светлое дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">189.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.091.WD</t>
-[...3 lines deleted...]
-Цвет: светлое дерево</t>
+Артикул: HNG.091.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">196.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">