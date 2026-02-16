--- v1 (2025-12-06)
+++ v2 (2026-02-16)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.01.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Плечики для одежды больших размеров</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -94,51 +94,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AT 45 \ Плечики (L-450)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.072.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -326,51 +326,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.00</t>
+      <t xml:space="preserve">70.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KV 45-10 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.199.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -387,51 +387,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.00</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.46.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -448,51 +448,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.46.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -509,51 +509,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55.00</t>
+      <t xml:space="preserve">56.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.101.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -574,51 +574,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.195.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -639,51 +639,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.12</t>
+      <t xml:space="preserve">58.14</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.112.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -696,51 +696,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.139.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -753,51 +753,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.084.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -810,51 +810,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.190.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -867,51 +867,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 54 \ Вешалки-плечики для одежды больших размеров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.259.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -924,51 +924,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">135.00</t>
+      <t xml:space="preserve">138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.135.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -981,51 +981,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.86</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.104.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1038,51 +1038,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.86</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2254.WE \ Вешалки-плечики для одежды больших размеров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.258.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1095,51 +1095,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1156,51 +1156,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.TD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темное дерево</t>
@@ -1217,51 +1217,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1278,51 +1278,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.118.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -1339,51 +1339,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.82</t>
+      <t xml:space="preserve">94.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -1400,51 +1400,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">189.00</t>
+      <t xml:space="preserve">193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1461,51 +1461,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1522,51 +1522,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 010 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.092.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -1583,51 +1583,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">114.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.179.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1644,51 +1644,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">106.00</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.179.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1705,51 +1705,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">106.00</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.196.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1766,112 +1766,112 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.184.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 96</t>
+Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3205,51 +3205,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.01.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -3285,51 +3285,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AT 45 \ Плечики (L-450)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.072.BL</t>
           </r>
@@ -3533,51 +3533,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.00</t>
+            <t xml:space="preserve">70.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KV 45-10 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.199.BL</t>
           </r>
@@ -3597,51 +3597,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.00</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3663,51 +3663,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.46.WH</t>
           </r>
@@ -3727,51 +3727,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55.00</t>
+            <t xml:space="preserve">56.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3797,51 +3797,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.195.WH</t>
           </r>
@@ -3865,51 +3865,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.12</t>
+            <t xml:space="preserve">58.14</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3927,51 +3927,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.139.WH</t>
           </r>
@@ -3987,51 +3987,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4049,51 +4049,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.190.WH</t>
           </r>
@@ -4109,51 +4109,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 54 \ Вешалки-плечики для одежды больших размеров</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4171,51 +4171,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">135.00</t>
+            <t xml:space="preserve">138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.135.WH</t>
           </r>
@@ -4231,51 +4231,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.86</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4293,51 +4293,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.86</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2254.WE \ Вешалки-плечики для одежды больших размеров</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.258.BL</t>
           </r>
@@ -4353,51 +4353,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4419,51 +4419,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.110.TD</t>
           </r>
@@ -4483,51 +4483,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4549,51 +4549,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.118.WD</t>
           </r>
@@ -4613,51 +4613,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.82</t>
+            <t xml:space="preserve">94.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4679,51 +4679,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.091.BL</t>
           </r>
@@ -4743,51 +4743,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4809,51 +4809,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 010 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.092.WD</t>
           </r>
@@ -4873,51 +4873,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">114.00</t>
+            <t xml:space="preserve">116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4939,51 +4939,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">106.00</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.179.WH</t>
           </r>
@@ -5003,51 +5003,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">106.00</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5069,115 +5069,115 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.184.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 96</t>
+Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>