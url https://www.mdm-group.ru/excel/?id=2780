--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.2026</t>
+      <t xml:space="preserve">16.02.2026</t>
     </r>
   </si>
   <si>
     <t>Система Fit (Торговое оборудование в стиле лофт собственного производства)</t>
   </si>
   <si>
     <t>Система Fit – торговое оборудование в стиле лофт. Представляет из себя торговую систему и мебель из водопроводных труб и фитингов. В основе системы Fit лежит перфорированная с внутренней стороны стойка, которая в сочетании с полками, навесными вешалами, крючками и кронштейнам позволяет создавать разнообразные пристенные конструкции.
 Дополняют систему зеркала, светильники, мебель из водопроводных труб, а также специально разработанная серия вешал в стиле лофт Fit. Широкий ассортимент элементов системы Fit позволяет оборудовать все торговое пространство в едином стиле .
 Элементы системы Fit это качественное оборудование для магазина в стиле лофт или индастриал, также они подойдут и будут отлично смотреться в любом современном магазине.
 Металлические элементы выполнены из стали и покрыты прозрачным лаком. По желанию их можно покрасить в цвета по каталогу RAL или другие цвета с эффектами. Полки могут быть выполнены из различных материалов (ДСП, МДФ, стекло). Украшением данной системы являются полки из ДСП (имитация состаренного дерева), армированного стекла и металлической сетки.
 На металле допускаются и не являются браком следы ржавчины и побежалости на поверхности металла, а также не зачищенные сварочные швы. Все это входит в дизайнерскую концепцию, металл надежно покрыт прозрачным лаком, который не допускает возможности испачкаться и испачкать товар.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 001А \ Стойка</t>
     </r>
@@ -142,71 +142,63 @@
       <t xml:space="preserve">
 Артикул: FIT.001B.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 125</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3325.00</t>
+      <t xml:space="preserve">3645.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 007A \Штанга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.007A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
@@ -1412,51 +1404,51 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4079.00</t>
+      <t xml:space="preserve">4609.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 011B \ Полка в раме</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.011B.GRID</t>
@@ -1628,124 +1620,120 @@
       </rPr>
       <t xml:space="preserve">FIT 203 \ Держатель штанги для примерочной центральный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.203</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">579.00</t>
+      <t xml:space="preserve">690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 204 \ Штанга для примерочной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.204.L1160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">490.00</t>
+      <t xml:space="preserve">590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FIT 205 \ Держатель штанги для примерочной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIT.205</t>
@@ -2112,54 +2100,50 @@
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 9309 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6157.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -2242,55 +2226,51 @@
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5811 руб.</t>
+Старая цена: 5901 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2486,55 +2466,51 @@
       <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1470</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 10990 руб.</t>
+Старая цена: 11209 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8984.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2673,59 +2649,51 @@
       <t xml:space="preserve">
 Артикул: FIT.053.V2.UW</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1083</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото полка с вешалом FIT.052.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 06.10.2025 11:15:08</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Собственное производство: Да</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 5410 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -3161,54 +3129,50 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ориентация: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
@@ -3230,55 +3194,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ориентация: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5590 руб.</t>
+Старая цена: 5690 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -7571,51 +7531,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.2026</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -7699,71 +7659,63 @@
             <t xml:space="preserve">
 Артикул: FIT.001B.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 125</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3325.00</t>
+            <t xml:space="preserve">3645.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 007A \Штанга</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9057,51 +9009,51 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска рамы по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4079.00</t>
+            <t xml:space="preserve">4609.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9289,74 +9241,70 @@
             </rPr>
             <t xml:space="preserve">FIT 203 \ Держатель штанги для примерочной центральный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.203</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">579.00</t>
+            <t xml:space="preserve">690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 204 \ Штанга для примерочной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIT.204.L1160</t>
           </r>
           <r>
@@ -9367,51 +9315,51 @@
             <t xml:space="preserve">
 Длина, мм: 1160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">490.00</t>
+            <t xml:space="preserve">590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FIT 205 \ Держатель штанги для примерочной</t>
           </r>
@@ -9805,54 +9753,50 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 9309 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6157.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
@@ -9943,55 +9887,51 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-33мм. Разборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5811 руб.</t>
+Старая цена: 5901 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
@@ -10203,55 +10143,51 @@
             <t xml:space="preserve">
 Материал: сталь (покрыта прозрачным лаком)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1470</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами. Регулируемые опоры.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 10990 руб.</t>
+Старая цена: 11209 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8984.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
@@ -10403,59 +10339,51 @@
             <t xml:space="preserve">
 Артикул: FIT.053.V2.UW</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП (имитация старой доски)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1083</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото полка с вешалом FIT.052.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 06.10.2025 11:15:08</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Собственное производство: Да</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 5410 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
@@ -10923,54 +10851,50 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ориентация: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
@@ -10995,55 +10919,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ориентация: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба d-30мм. Неразборное, возможна окраска по каталогу RAL и другие цвета с эффектами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 5590 руб.</t>
+Старая цена: 5690 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>