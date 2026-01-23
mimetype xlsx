--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.09.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Полки для экономпанелей (полки, корзины и накопители)</t>
   </si>
   <si>
     <t xml:space="preserve">Возможна покраска металлических изделий в любой цвет по желанию заказчика. Имеется более 30 цветов, включая металлики и спецэффекты. Цена: +20% к стоимости изделия. 
  Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены * </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ПП 1 \ Полка для обуви на экономпанели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.113.00</t>
@@ -94,51 +94,51 @@
       <t xml:space="preserve">
 Глубина, мм: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 138 Luxe \ Полка для обуви на экономпанели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.364.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -151,51 +151,51 @@
       <t xml:space="preserve">
 Глубина, мм: 140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">73.00</t>
+      <t xml:space="preserve">74.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 132 \ Полка полукруглая для обуви на экономпанели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.062.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -212,51 +212,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой. под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.00</t>
+      <t xml:space="preserve">92.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 143 E \ Полка для обуви с ценником для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.213.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -273,51 +273,51 @@
       <t xml:space="preserve">
 Ширина, мм: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: загиб ценникодержателя наружу. Под заказ от 500шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">78.00</t>
+      <t xml:space="preserve">79.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 138 ценник \ Полка для обуви с ценником для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.358.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -334,51 +334,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: загиб ценникодержателя внутрь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ПП 2М \ Полка для обуви с ценником для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.109.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачный акрил</t>
@@ -395,51 +395,51 @@
       <t xml:space="preserve">
 Примечание: загиб ценникодержателя внутрь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">119.00</t>
+      <t xml:space="preserve">121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 130 P \ Полка поворотная для обуви с опорой под каблук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.341.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -456,51 +456,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.00</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 131 P \ Полка наклонная для обуви с опорой в носке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.342.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -517,51 +517,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.00</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 191 A \ Полка многоцелевая для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.360.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -578,51 +578,51 @@
       <t xml:space="preserve">
 Ширина, мм: 490</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота бортика, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">253.00</t>
+      <t xml:space="preserve">258.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 192 SH \ Полка многоцелевая для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.357.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -639,51 +639,51 @@
       <t xml:space="preserve">
 Ширина, мм: 590</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 189 \ Полка для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.359.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -700,51 +700,51 @@
       <t xml:space="preserve">
 Ширина, мм: 240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 270 \ Накопитель для экономпанелей (А4 вертикальный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.091.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -757,51 +757,51 @@
       <t xml:space="preserve">
 Глубина, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">740.00</t>
+      <t xml:space="preserve">755.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 369 \ Накопитель для экономпанелей (Полка для книг)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.088.T.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -814,51 +814,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">480.00</t>
+      <t xml:space="preserve">490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 360/1 \ Накопитель для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.367.00    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -871,51 +871,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150/200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">249.00</t>
+      <t xml:space="preserve">254.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 361 \ Накопитель для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.378.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -928,51 +928,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100/150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">147.00</t>
+      <t xml:space="preserve">150.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 363 \ Накопитель для экономпанелей (3 ячейки)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.214.TR.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -985,51 +985,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1990.00</t>
+      <t xml:space="preserve">2030.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 364 \ Накопитель для экономпанелей (4 ячейки)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.247.TR.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1042,51 +1042,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2190.00</t>
+      <t xml:space="preserve">2234.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 365 \ Накопитель для экономпанелей (5 ячеек)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.216.TR.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1099,51 +1099,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2390.00</t>
+      <t xml:space="preserve">2438.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 373 \ Полка для экономпанелей (Для печатной продукции)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.114.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1156,51 +1156,51 @@
       <t xml:space="preserve">
 Глубина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 590</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">592.00</t>
+      <t xml:space="preserve">604.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.096.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1217,51 +1217,51 @@
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">207.00</t>
+      <t xml:space="preserve">211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 161 \ Держатель на экономпанель и перфорацию для чаши d-200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.110.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -1278,51 +1278,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1343,51 +1343,51 @@
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 349 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">278.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.364.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1400,51 +1400,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">276.00</t>
+      <t xml:space="preserve">282.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1457,51 +1457,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">299.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">18332S \ Полка прямая на экономпанель 600x300x50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.336S.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -1668,51 +1668,51 @@
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">535.00</t>
+      <t xml:space="preserve">546.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 194 \ Корзина на экономпанели и перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.170.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -1741,51 +1741,51 @@
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">699.00</t>
+      <t xml:space="preserve">713.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 197 \ Корзина на экономпанели и перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.076.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -1814,51 +1814,51 @@
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">650.00</t>
+      <t xml:space="preserve">663.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">18201T \ Корзина на эконом панель (590х300х100)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.18201T.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -1871,51 +1871,51 @@
       <t xml:space="preserve">
 Ширина, мм: 590</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">670.00</t>
+      <t xml:space="preserve">683.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">18201S \ Корзина на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.333.V2.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -2196,51 +2196,51 @@
       <t xml:space="preserve">
 Ширина ячейки, мм: 172</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: ПОД ЗАКАЗ от 30 шт</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">609.00</t>
+      <t xml:space="preserve">621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 119 \ Наклонная полка для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.053.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2318,51 +2318,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">428.00</t>
+      <t xml:space="preserve">437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3906,51 +3906,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.09.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3986,51 +3986,51 @@
             <t xml:space="preserve">
 Глубина, мм: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 138 Luxe \ Полка для обуви на экономпанели</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.364.00</t>
           </r>
@@ -4046,51 +4046,51 @@
             <t xml:space="preserve">
 Глубина, мм: 140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">73.00</t>
+            <t xml:space="preserve">74.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 132 \ Полка полукруглая для обуви на экономпанели</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4112,51 +4112,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой. под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.00</t>
+            <t xml:space="preserve">92.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 143 E \ Полка для обуви с ценником для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.213.TR</t>
           </r>
@@ -4176,51 +4176,51 @@
             <t xml:space="preserve">
 Ширина, мм: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: загиб ценникодержателя наружу. Под заказ от 500шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">78.00</t>
+            <t xml:space="preserve">79.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 138 ценник \ Полка для обуви с ценником для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4242,51 +4242,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: загиб ценникодержателя внутрь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ПП 2М \ Полка для обуви с ценником для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.109.00.T</t>
           </r>
@@ -4306,51 +4306,51 @@
             <t xml:space="preserve">
 Примечание: загиб ценникодержателя внутрь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">119.00</t>
+            <t xml:space="preserve">121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 130 P \ Полка поворотная для обуви с опорой под каблук</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4372,51 +4372,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.00</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 131 P \ Полка наклонная для обуви с опорой в носке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.342.00</t>
           </r>
@@ -4436,51 +4436,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.00</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 191 A \ Полка многоцелевая для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4502,51 +4502,51 @@
             <t xml:space="preserve">
 Ширина, мм: 490</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота бортика, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">253.00</t>
+            <t xml:space="preserve">258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 192 SH \ Полка многоцелевая для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.357.TR</t>
           </r>
@@ -4566,51 +4566,51 @@
             <t xml:space="preserve">
 Ширина, мм: 590</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 189 \ Полка для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4632,51 +4632,51 @@
             <t xml:space="preserve">
 Ширина, мм: 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 270 \ Накопитель для экономпанелей (А4 вертикальный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.091.00.T</t>
           </r>
@@ -4692,51 +4692,51 @@
             <t xml:space="preserve">
 Глубина, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">740.00</t>
+            <t xml:space="preserve">755.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 369 \ Накопитель для экономпанелей (Полка для книг)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4754,51 +4754,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">480.00</t>
+            <t xml:space="preserve">490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 360/1 \ Накопитель для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.367.00    </t>
           </r>
@@ -4814,51 +4814,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150/200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">249.00</t>
+            <t xml:space="preserve">254.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 361 \ Накопитель для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4876,51 +4876,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100/150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">147.00</t>
+            <t xml:space="preserve">150.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 363 \ Накопитель для экономпанелей (3 ячейки)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.214.TR.T</t>
           </r>
@@ -4936,51 +4936,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1990.00</t>
+            <t xml:space="preserve">2030.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 364 \ Накопитель для экономпанелей (4 ячейки)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4998,51 +4998,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2190.00</t>
+            <t xml:space="preserve">2234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 365 \ Накопитель для экономпанелей (5 ячеек)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.216.TR.T</t>
           </r>
@@ -5058,51 +5058,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2390.00</t>
+            <t xml:space="preserve">2438.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 373 \ Полка для экономпанелей (Для печатной продукции)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5120,51 +5120,51 @@
             <t xml:space="preserve">
 Глубина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 590</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">592.00</t>
+            <t xml:space="preserve">604.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.096.TR</t>
           </r>
@@ -5184,51 +5184,51 @@
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">207.00</t>
+            <t xml:space="preserve">211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 161 \ Держатель на экономпанель и перфорацию для чаши d-200</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5250,51 +5250,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
           </r>
@@ -5318,51 +5318,51 @@
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 349 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5380,51 +5380,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">276.00</t>
+            <t xml:space="preserve">282.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.365.9016.80-95</t>
           </r>
@@ -5440,51 +5440,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">299.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">18332S \ Полка прямая на экономпанель 600x300x50</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5664,51 +5664,51 @@
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">535.00</t>
+            <t xml:space="preserve">546.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 194 \ Корзина на экономпанели и перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.170.ZN</t>
           </r>
@@ -5740,51 +5740,51 @@
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">699.00</t>
+            <t xml:space="preserve">713.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 197 \ Корзина на экономпанели и перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5818,51 +5818,51 @@
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не может использоваться с алюминиевой вставкой. Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">650.00</t>
+            <t xml:space="preserve">663.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">18201T \ Корзина на эконом панель (590х300х100)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.18201T.ZN</t>
           </r>
@@ -5878,51 +5878,51 @@
             <t xml:space="preserve">
 Ширина, мм: 590</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">670.00</t>
+            <t xml:space="preserve">683.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">18201S \ Корзина на экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6224,51 +6224,51 @@
             <t xml:space="preserve">
 Ширина ячейки, мм: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: ПОД ЗАКАЗ от 30 шт</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">609.00</t>
+            <t xml:space="preserve">621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 119 \ Наклонная полка для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.053.CH</t>
           </r>
@@ -6354,51 +6354,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">428.00</t>
+            <t xml:space="preserve">437.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>