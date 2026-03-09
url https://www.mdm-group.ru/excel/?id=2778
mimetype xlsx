--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.2026</t>
+      <t xml:space="preserve">28.01.2026</t>
     </r>
   </si>
   <si>
     <t>Полки для экономпанелей (полки, корзины и накопители)</t>
   </si>
   <si>
     <t xml:space="preserve">Возможна покраска металлических изделий в любой цвет по желанию заказчика. Имеется более 30 цветов, включая металлики и спецэффекты. Цена: +20% к стоимости изделия. 
  Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены * </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ПП 1 \ Полка для обуви на экономпанели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.113.00</t>
@@ -94,51 +94,51 @@
       <t xml:space="preserve">
 Глубина, мм: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.10</t>
+      <t xml:space="preserve">69.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 138 Luxe \ Полка для обуви на экономпанели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.364.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -151,51 +151,51 @@
       <t xml:space="preserve">
 Глубина, мм: 140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.50</t>
+      <t xml:space="preserve">96.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 132 \ Полка полукруглая для обуви на экономпанели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.062.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -212,51 +212,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой. под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.80</t>
+      <t xml:space="preserve">99.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 143 E \ Полка для обуви с ценником для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.213.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -273,51 +273,51 @@
       <t xml:space="preserve">
 Ширина, мм: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: загиб ценникодержателя наружу. Под заказ от 500шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.60</t>
+      <t xml:space="preserve">99.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 138 ценник \ Полка для обуви с ценником для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.358.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -334,51 +334,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: загиб ценникодержателя внутрь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.80</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ПП 2М \ Полка для обуви с ценником для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.109.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачный акрил</t>
@@ -456,51 +456,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.30</t>
+      <t xml:space="preserve">92.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 131 P \ Полка наклонная для обуви с опорой в носке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.342.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -517,51 +517,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.30</t>
+      <t xml:space="preserve">92.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 191 A \ Полка многоцелевая для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.360.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -578,51 +578,51 @@
       <t xml:space="preserve">
 Ширина, мм: 490</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота бортика, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">258.00</t>
+      <t xml:space="preserve">365.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 192 SH \ Полка многоцелевая для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.357.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -639,51 +639,51 @@
       <t xml:space="preserve">
 Ширина, мм: 590</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">240.00</t>
+      <t xml:space="preserve">280.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 189 \ Полка для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.359.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -700,51 +700,51 @@
       <t xml:space="preserve">
 Ширина, мм: 240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">200.00</t>
+      <t xml:space="preserve">192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 270 \ Накопитель для экономпанелей (А4 вертикальный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.091.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -871,51 +871,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150/200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">254.00</t>
+      <t xml:space="preserve">275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 361 \ Накопитель для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.378.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -928,51 +928,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100/150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 363 \ Накопитель для экономпанелей (3 ячейки)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.214.TR.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1323,55 +1323,51 @@
       <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ударопрочный полистирол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 2,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 349 руб.</t>
+Старая цена: 355 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2107,54 +2103,50 @@
       <t xml:space="preserve">
 Артикул: NPN.143.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 11:01:34</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 950 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">570.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2234,54 +2226,50 @@
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 119 \ Наклонная полка для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.053.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 11:02:11</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 498 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">249.00</t>
     </r>
@@ -3906,51 +3894,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.2026</t>
+            <t xml:space="preserve">28.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3986,51 +3974,51 @@
             <t xml:space="preserve">
 Глубина, мм: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.10</t>
+            <t xml:space="preserve">69.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 138 Luxe \ Полка для обуви на экономпанели</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.364.00</t>
           </r>
@@ -4046,51 +4034,51 @@
             <t xml:space="preserve">
 Глубина, мм: 140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.50</t>
+            <t xml:space="preserve">96.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 132 \ Полка полукруглая для обуви на экономпанели</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4112,51 +4100,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой. под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.80</t>
+            <t xml:space="preserve">99.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 143 E \ Полка для обуви с ценником для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.213.TR</t>
           </r>
@@ -4176,51 +4164,51 @@
             <t xml:space="preserve">
 Ширина, мм: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: загиб ценникодержателя наружу. Под заказ от 500шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.60</t>
+            <t xml:space="preserve">99.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 138 ценник \ Полка для обуви с ценником для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4242,51 +4230,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: загиб ценникодержателя внутрь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.80</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ПП 2М \ Полка для обуви с ценником для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.109.00.T</t>
           </r>
@@ -4372,51 +4360,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.30</t>
+            <t xml:space="preserve">92.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 131 P \ Полка наклонная для обуви с опорой в носке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.342.00</t>
           </r>
@@ -4436,51 +4424,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.30</t>
+            <t xml:space="preserve">92.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 191 A \ Полка многоцелевая для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4502,51 +4490,51 @@
             <t xml:space="preserve">
 Ширина, мм: 490</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота бортика, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">258.00</t>
+            <t xml:space="preserve">365.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 192 SH \ Полка многоцелевая для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.357.TR</t>
           </r>
@@ -4566,51 +4554,51 @@
             <t xml:space="preserve">
 Ширина, мм: 590</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240.00</t>
+            <t xml:space="preserve">280.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 189 \ Полка для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4632,51 +4620,51 @@
             <t xml:space="preserve">
 Ширина, мм: 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">200.00</t>
+            <t xml:space="preserve">192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 270 \ Накопитель для экономпанелей (А4 вертикальный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.091.00.T</t>
           </r>
@@ -4814,51 +4802,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150/200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">254.00</t>
+            <t xml:space="preserve">275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 361 \ Накопитель для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4876,51 +4864,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100/150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 363 \ Накопитель для экономпанелей (3 ячейки)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.214.TR.T</t>
           </r>
@@ -5298,55 +5286,51 @@
             <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ударопрочный полистирол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 2,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 349 руб.</t>
+Старая цена: 355 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
@@ -6130,54 +6114,50 @@
             <t xml:space="preserve">
 Артикул: NPN.143.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 11:01:34</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 950 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">570.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -6265,54 +6245,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 119 \ Наклонная полка для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.053.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 11:02:11</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 498 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">249.00</t>
           </r>