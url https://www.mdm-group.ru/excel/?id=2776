--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -50,55 +50,55 @@
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">04.04.2024</t>
     </r>
   </si>
   <si>
     <t>Торсы портновские больших размеров</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
-[...3 lines deleted...]
-Артикул: ENR.066.N.BL</t>
+      <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ENR.066.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 81</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 92</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 48-50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват шеи, см: 35</t>
     </r>
@@ -127,55 +127,55 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">14688.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
-[...3 lines deleted...]
-Артикул: ENR.066.BL</t>
+      <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ENR.066.N.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 81</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 92</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 48-50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват шеи, см: 35</t>
     </r>
@@ -348,123 +348,123 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e90d7a_ae7b_11eb_80bc_0025902b3cc1_mujmal2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef32b099_f5c2_11e2_b453_0025902b3cc1_9BEF489C_24BC_4DA0_8681_D73148FF97453.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf7e4b2_d482_11e5_ba27_0025902b3cc0_B27772A5_A4F6_4956_9092_FE90888539B94.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef32b099_f5c2_11e2_b453_0025902b3cc1_9BEF489C_24BC_4DA0_8681_D73148FF97452.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e90d7a_ae7b_11eb_80bc_0025902b3cc1_mujmal3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf7e4b2_d482_11e5_ba27_0025902b3cc0_B27772A5_A4F6_4956_9092_FE90888539B94.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="714375" cy="952500"/>
+    <xdr:ext cx="219075" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="219075" cy="952500"/>
+    <xdr:ext cx="714375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -852,55 +852,55 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
-[...3 lines deleted...]
-Артикул: ENR.066.N.BL</t>
+            <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ENR.066.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 81</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 92</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 48-50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват шеи, см: 35</t>
           </r>
@@ -932,55 +932,55 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">14688.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
-[...3 lines deleted...]
-Артикул: ENR.066.BL</t>
+            <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ENR.066.N.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 81</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 92</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 48-50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват шеи, см: 35</t>
           </r>