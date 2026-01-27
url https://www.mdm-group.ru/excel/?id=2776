--- v1 (2025-12-08)
+++ v2 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торсы портновские больших размеров</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.066.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -110,51 +110,51 @@
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 76</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14688.00</t>
+      <t xml:space="preserve">14982.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.066.N.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -187,51 +187,51 @@
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 76</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14688.00</t>
+      <t xml:space="preserve">14982.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JSM-01 \ Стойка для торсов STI, SH и SF</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JSM.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -240,51 +240,51 @@
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 360х360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">552.00</t>
+      <t xml:space="preserve">563.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -812,51 +812,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>2</v>
       </c>
     </row>
@@ -912,51 +912,51 @@
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 76</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14688.00</t>
+            <t xml:space="preserve">14982.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.066.N.BL</t>
           </r>
@@ -992,51 +992,51 @@
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 76</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14688.00</t>
+            <t xml:space="preserve">14982.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JSM-01 \ Стойка для торсов STI, SH и SF</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1050,51 +1050,51 @@
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 360х360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">552.00</t>
+            <t xml:space="preserve">563.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>