--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14.11.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Подставки из акрила под товар</t>
   </si>
   <si>
     <t xml:space="preserve">Серия универсальных подставок под товар из акрила собственного производства. 
 Подставки отлично подходят для демонстрации:
 Косметики и парфюмерии
 Цифровой техники и аксессуаров
 Бижутерии и украшений
 Очков и аксессуаров к ним
 Столовых принадлежностей
 Кожгалантереи и обуви
 Канцелярских принадлежностей
 И др.
 Применение акриловых подставок в магазине помогает решать ряд маркетинговых задач, например, на подставках в виде «лесенки» можно располагать товар по убыванию или возрастанию цены. Дополнительно, при помощи подставок удобно систематизировать товар или выделять отдельные единицы ассортимента.
 Подставки из акрила являются нейтральным элементом торгового зала, поэтому подходят для магазинов любой стилистики и любого сегмента.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Артикул: PDT.008.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачный акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">149.00</t>
+      <t xml:space="preserve">152.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -223,51 +223,51 @@
       <t xml:space="preserve">
 Ширина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.00</t>
+      <t xml:space="preserve">53.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-100 \ П образная подставка для товаров универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.030.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -284,51 +284,51 @@
       <t xml:space="preserve">
 Ширина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109.00</t>
+      <t xml:space="preserve">111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-130 \ П образная подставка для товаров универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.032.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -341,51 +341,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">127.00</t>
+      <t xml:space="preserve">130.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-184F \ П образная подставка для товаров универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.036.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -402,51 +402,51 @@
       <t xml:space="preserve">
 Ширина, мм: 184</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">112.00</t>
+      <t xml:space="preserve">114.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-192F \ П образная подставка для товаров универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.035.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -463,51 +463,51 @@
       <t xml:space="preserve">
 Ширина, мм: 192</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">143.00</t>
+      <t xml:space="preserve">146.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-200F \ П образная подставка для товаров универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.034.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -524,51 +524,51 @@
       <t xml:space="preserve">
 Ширина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 170</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">172.00</t>
+      <t xml:space="preserve">175.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-150 \ П образная подставка для товаров универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.016.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -585,51 +585,51 @@
       <t xml:space="preserve">
 Ширина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">170.00</t>
+      <t xml:space="preserve">173.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-200 \ П образная подставка для товаров универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.015.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -646,51 +646,51 @@
       <t xml:space="preserve">
 Ширина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">210.00</t>
+      <t xml:space="preserve">214.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-300 \ П образная подставка для товаров универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.014.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -707,51 +707,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">275.00</t>
+      <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-240 \ П образная подставка для товаров универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.033.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -768,51 +768,51 @@
       <t xml:space="preserve">
 Ширина, мм: 240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">480.00</t>
+      <t xml:space="preserve">490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-300N-2Y \ Подставка для товаров универсальная наклонная 2-х ярусная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.012.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -829,51 +829,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">470.00</t>
+      <t xml:space="preserve">479.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-300N-3Y \ Подставка для товаров универсальная наклонная 3-х ярусная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.013.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -890,51 +890,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">590.00</t>
+      <t xml:space="preserve">602.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-300-2Y \ Подставка для товаров универсальная 2-х ярусная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.017.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -951,51 +951,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">570.00</t>
+      <t xml:space="preserve">581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-200-2Y \ Подставка для товаров универсальная 2-х ярусная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.018.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1012,51 +1012,51 @@
       <t xml:space="preserve">
 Ширина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">395.00</t>
+      <t xml:space="preserve">403.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-150-2Y \ Подставка для товаров универсальная 2-х ярусная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.019.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1073,51 +1073,51 @@
       <t xml:space="preserve">
 Ширина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина акрила, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">242.00</t>
+      <t xml:space="preserve">247.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Подставка горка \ лесенка (3 ступени)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.005.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный акрил</t>
@@ -1134,51 +1134,51 @@
       <t xml:space="preserve">
 Глубина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1208.00</t>
+      <t xml:space="preserve">1232.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-100N \ Подставка для товаров универсальная наклонная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.011.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1191,51 +1191,51 @@
       <t xml:space="preserve">
 Глубина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-200N \ Подставка для товаров универсальная наклонная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.009.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный акрил</t>
@@ -1248,51 +1248,51 @@
       <t xml:space="preserve">
 Глубина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Монетница прямоугольная 170х205 мм, прозрачная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.032.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ударопрочный пластик</t>
@@ -1301,51 +1301,51 @@
       <t xml:space="preserve">
 Размеры, мм: 170х205</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Размер информационного поля 157х157мм. Позволяет вставлять бумажную вставку. Имеет 4 ножки с противоскользящими накладками.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">184.00</t>
+      <t xml:space="preserve">188.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Короб 5 секций для стеллажа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.028.0000.T</t>
@@ -1366,51 +1366,51 @@
       <t xml:space="preserve">
 Высота заднего борта, см: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота переднего борта, см: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во отсеков: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4200.00</t>
+      <t xml:space="preserve">4284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Монетница прямоугольная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FBDF016502000000TR00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачный акрил</t>
@@ -1480,51 +1480,51 @@
       <t xml:space="preserve">
 Глубина, мм: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 138 Luxe \ Полка для обуви на экономпанели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.364.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1537,51 +1537,51 @@
       <t xml:space="preserve">
 Глубина, мм: 140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">73.00</t>
+      <t xml:space="preserve">74.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 132 \ Полка полукруглая для обуви на экономпанели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.062.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1598,51 +1598,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой. под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.00</t>
+      <t xml:space="preserve">92.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 143 E \ Полка для обуви с ценником для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.213.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1659,51 +1659,51 @@
       <t xml:space="preserve">
 Ширина, мм: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: загиб ценникодержателя наружу. Под заказ от 500шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">78.00</t>
+      <t xml:space="preserve">79.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 138 ценник \ Полка для обуви с ценником для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.358.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1720,51 +1720,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: загиб ценникодержателя внутрь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 130 P \ Полка поворотная для обуви с опорой под каблук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.341.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1781,51 +1781,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.00</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 131 P \ Полка наклонная для обуви с опорой в носке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.342.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1842,51 +1842,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.00</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 191 A \ Полка многоцелевая для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.360.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1903,51 +1903,51 @@
       <t xml:space="preserve">
 Ширина, мм: 490</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота бортика, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">253.00</t>
+      <t xml:space="preserve">258.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 192 SH \ Полка многоцелевая для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.357.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1964,51 +1964,51 @@
       <t xml:space="preserve">
 Ширина, мм: 590</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 189 \ Полка для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.359.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2025,51 +2025,51 @@
       <t xml:space="preserve">
 Ширина, мм: 240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 270 \ Накопитель для экономпанелей (А4 вертикальный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.091.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2082,51 +2082,51 @@
       <t xml:space="preserve">
 Глубина, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">740.00</t>
+      <t xml:space="preserve">755.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 373 \ Полка для экономпанелей (Для печатной продукции)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.114.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2139,51 +2139,51 @@
       <t xml:space="preserve">
 Глубина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 590</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">592.00</t>
+      <t xml:space="preserve">604.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 369 \ Накопитель для экономпанелей (Полка для книг)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.088.T.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2196,51 +2196,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">480.00</t>
+      <t xml:space="preserve">490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 361 \ Накопитель для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.378.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2253,51 +2253,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100/150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">147.00</t>
+      <t xml:space="preserve">150.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 360/1 \ Накопитель для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.367.00    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2310,51 +2310,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150/200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">249.00</t>
+      <t xml:space="preserve">254.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 363 \ Накопитель для экономпанелей (3 ячейки)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.214.TR.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2367,51 +2367,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1990.00</t>
+      <t xml:space="preserve">2030.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 364 \ Накопитель для экономпанелей (4 ячейки)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.247.TR.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2424,51 +2424,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2190.00</t>
+      <t xml:space="preserve">2234.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 365 \ Накопитель для экономпанелей (5 ячеек)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.216.TR.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2481,51 +2481,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2390.00</t>
+      <t xml:space="preserve">2438.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Короб 5 секций для стеллажа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.029.0000.T	</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина короба, см: 90</t>
@@ -4280,51 +4280,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14.11.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4348,51 +4348,51 @@
             <t xml:space="preserve">
 Артикул: PDT.008.00.T</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачный акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">149.00</t>
+            <t xml:space="preserve">152.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4486,51 +4486,51 @@
             <t xml:space="preserve">
 Ширина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52.00</t>
+            <t xml:space="preserve">53.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-100 \ П образная подставка для товаров универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.030.00.T</t>
           </r>
@@ -4550,51 +4550,51 @@
             <t xml:space="preserve">
 Ширина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-130 \ П образная подставка для товаров универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4612,51 +4612,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">127.00</t>
+            <t xml:space="preserve">130.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-184F \ П образная подставка для товаров универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.036.00.T</t>
           </r>
@@ -4676,51 +4676,51 @@
             <t xml:space="preserve">
 Ширина, мм: 184</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">112.00</t>
+            <t xml:space="preserve">114.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-192F \ П образная подставка для товаров универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4742,51 +4742,51 @@
             <t xml:space="preserve">
 Ширина, мм: 192</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">143.00</t>
+            <t xml:space="preserve">146.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-200F \ П образная подставка для товаров универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.034.00.T</t>
           </r>
@@ -4806,51 +4806,51 @@
             <t xml:space="preserve">
 Ширина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 170</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">172.00</t>
+            <t xml:space="preserve">175.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-150 \ П образная подставка для товаров универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4872,51 +4872,51 @@
             <t xml:space="preserve">
 Ширина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170.00</t>
+            <t xml:space="preserve">173.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-200 \ П образная подставка для товаров универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.015.00.T</t>
           </r>
@@ -4936,51 +4936,51 @@
             <t xml:space="preserve">
 Ширина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">210.00</t>
+            <t xml:space="preserve">214.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-300 \ П образная подставка для товаров универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5002,51 +5002,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">275.00</t>
+            <t xml:space="preserve">281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-240 \ П образная подставка для товаров универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.033.00.T</t>
           </r>
@@ -5066,51 +5066,51 @@
             <t xml:space="preserve">
 Ширина, мм: 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">480.00</t>
+            <t xml:space="preserve">490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-300N-2Y \ Подставка для товаров универсальная наклонная 2-х ярусная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5132,51 +5132,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">470.00</t>
+            <t xml:space="preserve">479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-300N-3Y \ Подставка для товаров универсальная наклонная 3-х ярусная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.013.00.T</t>
           </r>
@@ -5196,51 +5196,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 1,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">590.00</t>
+            <t xml:space="preserve">602.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-300-2Y \ Подставка для товаров универсальная 2-х ярусная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5262,51 +5262,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">570.00</t>
+            <t xml:space="preserve">581.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-200-2Y \ Подставка для товаров универсальная 2-х ярусная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.018.00.T</t>
           </r>
@@ -5326,51 +5326,51 @@
             <t xml:space="preserve">
 Ширина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">395.00</t>
+            <t xml:space="preserve">403.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-150-2Y \ Подставка для товаров универсальная 2-х ярусная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5392,51 +5392,51 @@
             <t xml:space="preserve">
 Ширина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина акрила, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">242.00</t>
+            <t xml:space="preserve">247.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Подставка горка \ лесенка (3 ступени)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.005.00.T</t>
           </r>
@@ -5456,51 +5456,51 @@
             <t xml:space="preserve">
 Глубина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1208.00</t>
+            <t xml:space="preserve">1232.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-100N \ Подставка для товаров универсальная наклонная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5518,51 +5518,51 @@
             <t xml:space="preserve">
 Глубина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-200N \ Подставка для товаров универсальная наклонная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.009.00.T</t>
           </r>
@@ -5578,51 +5578,51 @@
             <t xml:space="preserve">
 Глубина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Монетница прямоугольная 170х205 мм, прозрачная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5636,51 +5636,51 @@
             <t xml:space="preserve">
 Размеры, мм: 170х205</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Размер информационного поля 157х157мм. Позволяет вставлять бумажную вставку. Имеет 4 ножки с противоскользящими накладками.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">184.00</t>
+            <t xml:space="preserve">188.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Короб 5 секций для стеллажа</t>
           </r>
@@ -5704,51 +5704,51 @@
             <t xml:space="preserve">
 Высота заднего борта, см: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота переднего борта, см: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во отсеков: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4200.00</t>
+            <t xml:space="preserve">4284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Монетница прямоугольная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5826,51 +5826,51 @@
             <t xml:space="preserve">
 Глубина, мм: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 138 Luxe \ Полка для обуви на экономпанели</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5888,51 +5888,51 @@
             <t xml:space="preserve">
 Глубина, мм: 140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">73.00</t>
+            <t xml:space="preserve">74.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 132 \ Полка полукруглая для обуви на экономпанели</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.062.00</t>
           </r>
@@ -5952,51 +5952,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой. под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.00</t>
+            <t xml:space="preserve">92.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 143 E \ Полка для обуви с ценником для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6018,51 +6018,51 @@
             <t xml:space="preserve">
 Ширина, мм: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: загиб ценникодержателя наружу. Под заказ от 500шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">78.00</t>
+            <t xml:space="preserve">79.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 138 ценник \ Полка для обуви с ценником для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.358.TR</t>
           </r>
@@ -6082,51 +6082,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: загиб ценникодержателя внутрь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 130 P \ Полка поворотная для обуви с опорой под каблук</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6148,51 +6148,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.00</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 131 P \ Полка наклонная для обуви с опорой в носке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.342.00</t>
           </r>
@@ -6212,51 +6212,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.00</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 191 A \ Полка многоцелевая для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6278,51 +6278,51 @@
             <t xml:space="preserve">
 Ширина, мм: 490</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота бортика, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">253.00</t>
+            <t xml:space="preserve">258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 192 SH \ Полка многоцелевая для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.357.TR</t>
           </r>
@@ -6342,51 +6342,51 @@
             <t xml:space="preserve">
 Ширина, мм: 590</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 189 \ Полка для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6408,51 +6408,51 @@
             <t xml:space="preserve">
 Ширина, мм: 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 270 \ Накопитель для экономпанелей (А4 вертикальный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.091.00.T</t>
           </r>
@@ -6468,51 +6468,51 @@
             <t xml:space="preserve">
 Глубина, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">740.00</t>
+            <t xml:space="preserve">755.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 373 \ Полка для экономпанелей (Для печатной продукции)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6530,51 +6530,51 @@
             <t xml:space="preserve">
 Глубина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 590</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">592.00</t>
+            <t xml:space="preserve">604.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 369 \ Накопитель для экономпанелей (Полка для книг)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.088.T.00</t>
           </r>
@@ -6590,51 +6590,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">480.00</t>
+            <t xml:space="preserve">490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 361 \ Накопитель для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6652,51 +6652,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100/150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">147.00</t>
+            <t xml:space="preserve">150.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 360/1 \ Накопитель для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.367.00    </t>
           </r>
@@ -6712,51 +6712,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150/200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">249.00</t>
+            <t xml:space="preserve">254.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 363 \ Накопитель для экономпанелей (3 ячейки)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6774,51 +6774,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1990.00</t>
+            <t xml:space="preserve">2030.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 364 \ Накопитель для экономпанелей (4 ячейки)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.247.TR.T</t>
           </r>
@@ -6834,51 +6834,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2190.00</t>
+            <t xml:space="preserve">2234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 365 \ Накопитель для экономпанелей (5 ячеек)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6896,51 +6896,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2390.00</t>
+            <t xml:space="preserve">2438.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Короб 5 секций для стеллажа</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.029.0000.T	</t>
           </r>