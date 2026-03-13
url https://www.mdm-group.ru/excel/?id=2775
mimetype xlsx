--- v1 (2026-01-23)
+++ v2 (2026-03-13)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.2026</t>
+      <t xml:space="preserve">28.01.2026</t>
     </r>
   </si>
   <si>
     <t>Подставки из акрила под товар</t>
   </si>
   <si>
     <t xml:space="preserve">Серия универсальных подставок под товар из акрила собственного производства. 
 Подставки отлично подходят для демонстрации:
 Косметики и парфюмерии
 Цифровой техники и аксессуаров
 Бижутерии и украшений
 Очков и аксессуаров к ним
 Столовых принадлежностей
 Кожгалантереи и обуви
 Канцелярских принадлежностей
 И др.
 Применение акриловых подставок в магазине помогает решать ряд маркетинговых задач, например, на подставках в виде «лесенки» можно располагать товар по убыванию или возрастанию цены. Дополнительно, при помощи подставок удобно систематизировать товар или выделять отдельные единицы ассортимента.
 Подставки из акрила являются нейтральным элементом торгового зала, поэтому подходят для магазинов любой стилистики и любого сегмента.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
@@ -142,74 +142,74 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рогоза \ Подставка для обуви &amp;quot;Рогоза&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.007.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачный акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Спец. цена действует пока товар есть на складе.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 120 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">60.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PU-50 \ П образная подставка для товаров универсальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.031.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1480,51 +1480,51 @@
       <t xml:space="preserve">
 Глубина, мм: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.10</t>
+      <t xml:space="preserve">69.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 138 Luxe \ Полка для обуви на экономпанели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.364.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1537,51 +1537,51 @@
       <t xml:space="preserve">
 Глубина, мм: 140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.50</t>
+      <t xml:space="preserve">96.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 132 \ Полка полукруглая для обуви на экономпанели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.062.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1598,51 +1598,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой. под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.80</t>
+      <t xml:space="preserve">99.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 143 E \ Полка для обуви с ценником для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.213.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1659,51 +1659,51 @@
       <t xml:space="preserve">
 Ширина, мм: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: загиб ценникодержателя наружу. Под заказ от 500шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.60</t>
+      <t xml:space="preserve">99.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 138 ценник \ Полка для обуви с ценником для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.358.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1720,51 +1720,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: загиб ценникодержателя внутрь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.80</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 130 P \ Полка поворотная для обуви с опорой под каблук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.341.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1781,51 +1781,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.30</t>
+      <t xml:space="preserve">92.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 131 P \ Полка наклонная для обуви с опорой в носке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.342.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1842,51 +1842,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.30</t>
+      <t xml:space="preserve">92.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 191 A \ Полка многоцелевая для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.360.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1903,51 +1903,51 @@
       <t xml:space="preserve">
 Ширина, мм: 490</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота бортика, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">258.00</t>
+      <t xml:space="preserve">365.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 192 SH \ Полка многоцелевая для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.357.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1964,51 +1964,51 @@
       <t xml:space="preserve">
 Ширина, мм: 590</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">240.00</t>
+      <t xml:space="preserve">280.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 189 \ Полка для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.359.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2025,51 +2025,51 @@
       <t xml:space="preserve">
 Ширина, мм: 240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">200.00</t>
+      <t xml:space="preserve">192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 270 \ Накопитель для экономпанелей (А4 вертикальный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.091.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2253,51 +2253,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100/150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 360/1 \ Накопитель для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.367.00    </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2310,51 +2310,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150/200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">254.00</t>
+      <t xml:space="preserve">275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 363 \ Накопитель для экономпанелей (3 ячейки)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.214.TR.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -4280,51 +4280,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.2026</t>
+            <t xml:space="preserve">28.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4400,74 +4400,74 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рогоза \ Подставка для обуви &amp;quot;Рогоза&amp;quot;</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.007.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачный акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Спец. цена действует пока товар есть на складе.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 120 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">60.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PU-50 \ П образная подставка для товаров универсальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PDT.031.00.T</t>
           </r>
           <r>
@@ -5826,51 +5826,51 @@
             <t xml:space="preserve">
 Глубина, мм: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.10</t>
+            <t xml:space="preserve">69.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 138 Luxe \ Полка для обуви на экономпанели</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5888,51 +5888,51 @@
             <t xml:space="preserve">
 Глубина, мм: 140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.50</t>
+            <t xml:space="preserve">96.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 132 \ Полка полукруглая для обуви на экономпанели</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.062.00</t>
           </r>
@@ -5952,51 +5952,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой. под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.80</t>
+            <t xml:space="preserve">99.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 143 E \ Полка для обуви с ценником для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6018,51 +6018,51 @@
             <t xml:space="preserve">
 Ширина, мм: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: загиб ценникодержателя наружу. Под заказ от 500шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.60</t>
+            <t xml:space="preserve">99.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 138 ценник \ Полка для обуви с ценником для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.358.TR</t>
           </r>
@@ -6082,51 +6082,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: загиб ценникодержателя внутрь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.80</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 130 P \ Полка поворотная для обуви с опорой под каблук</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6148,51 +6148,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.30</t>
+            <t xml:space="preserve">92.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 131 P \ Полка наклонная для обуви с опорой в носке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.342.00</t>
           </r>
@@ -6212,51 +6212,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.30</t>
+            <t xml:space="preserve">92.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 191 A \ Полка многоцелевая для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6278,51 +6278,51 @@
             <t xml:space="preserve">
 Ширина, мм: 490</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота бортика, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">258.00</t>
+            <t xml:space="preserve">365.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 192 SH \ Полка многоцелевая для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.357.TR</t>
           </r>
@@ -6342,51 +6342,51 @@
             <t xml:space="preserve">
 Ширина, мм: 590</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240.00</t>
+            <t xml:space="preserve">280.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 189 \ Полка для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6408,51 +6408,51 @@
             <t xml:space="preserve">
 Ширина, мм: 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ от 500 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">200.00</t>
+            <t xml:space="preserve">192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 270 \ Накопитель для экономпанелей (А4 вертикальный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.091.00.T</t>
           </r>
@@ -6652,51 +6652,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100/150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 360/1 \ Накопитель для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.367.00    </t>
           </r>
@@ -6712,51 +6712,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150/200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">254.00</t>
+            <t xml:space="preserve">275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 363 \ Накопитель для экономпанелей (3 ячейки)</t>
           </r>
           <r>
             <t xml:space="preserve">