--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21.11.2023</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стеллажи перфорированные металлические для магазинов</t>
   </si>
   <si>
     <t>Стеллаж перфорированный – металлический торговый стеллаж с перфорированной стенкой. Задняя стенка стеллажа имеет отверстия диаметром 5,5 мм, а шаг перфорации составляет 25 мм. Данная особенность позволяет дополнительно к основным элементам, таким как полки, фризы и ограничители, использовать широкий ассортимент крючков, корзин и других элементов для перфорации.
 Перфорированные стеллажи для магазинов удобно использовать для выкладки и хранения мелкогабаритного товара, его можно разместить на крючках для перфорации или в корзинках и накопителях. Чаще всего данные стеллажи можно встретить в специализированных строительных магазинах, магазинах автозапчастей, канцелярских товаров, косметики, бытовой химии и многого другого.
 Стеллажи могут быть островными, пристенными и угловыми. Все стеллажи можно дополнить полочными ценникодержателями. 
 У нас вы можете купить торговые перфорированные стеллажи оптом и в розницу. На крупные заказы действуют дилерские скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK049 \  Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
@@ -92,51 +92,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9001.00</t>
+      <t xml:space="preserve">9007.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK050 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK050</t>
@@ -206,51 +206,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9308.00</t>
+      <t xml:space="preserve">9314.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK052 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK052</t>
@@ -320,51 +320,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10401.00</t>
+      <t xml:space="preserve">10407.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK054 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK054</t>
@@ -434,51 +434,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11551.00</t>
+      <t xml:space="preserve">11557.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK056 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK056</t>
@@ -491,51 +491,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9645.00</t>
+      <t xml:space="preserve">9652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK057 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK057</t>
@@ -605,51 +605,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10013.00</t>
+      <t xml:space="preserve">10020.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK059 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK059</t>
@@ -719,51 +719,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11183.00</t>
+      <t xml:space="preserve">11190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK061 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK061</t>
@@ -833,51 +833,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12410.00</t>
+      <t xml:space="preserve">12417.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK063 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK063</t>
@@ -890,51 +890,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10705.00</t>
+      <t xml:space="preserve">10713.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK064 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK064</t>
@@ -1004,51 +1004,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11062.00</t>
+      <t xml:space="preserve">11070.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK066 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK066</t>
@@ -1118,51 +1118,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12376.00</t>
+      <t xml:space="preserve">12384.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK068 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK068</t>
@@ -1232,51 +1232,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13747.00</t>
+      <t xml:space="preserve">13755.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK070 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK070</t>
@@ -1289,51 +1289,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12053.00</t>
+      <t xml:space="preserve">12062.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK071 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK071</t>
@@ -1403,51 +1403,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12275.00</t>
+      <t xml:space="preserve">12284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK073 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK073</t>
@@ -1517,51 +1517,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13739.00</t>
+      <t xml:space="preserve">13748.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK075 \ Стеллаж с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK075</t>
@@ -1631,51 +1631,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15260.00</t>
+      <t xml:space="preserve">15269.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK101 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK101</t>
@@ -1745,51 +1745,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12566.00</t>
+      <t xml:space="preserve">12578.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK103 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK103</t>
@@ -1802,51 +1802,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14469.00</t>
+      <t xml:space="preserve">14481.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK104 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK104</t>
@@ -1916,51 +1916,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13582.00</t>
+      <t xml:space="preserve">13596.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK106 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK106</t>
@@ -1973,51 +1973,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15639.00</t>
+      <t xml:space="preserve">15653.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK107 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK107</t>
@@ -2087,51 +2087,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15174.00</t>
+      <t xml:space="preserve">15190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK109 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK109</t>
@@ -2144,51 +2144,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17519.00</t>
+      <t xml:space="preserve">17535.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK110 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK110</t>
@@ -2258,51 +2258,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17288.00</t>
+      <t xml:space="preserve">17306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK112 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK112</t>
@@ -2315,51 +2315,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19933.00</t>
+      <t xml:space="preserve">19951.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK113 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK113</t>
@@ -2429,51 +2429,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13180.00</t>
+      <t xml:space="preserve">13192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK115 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK115</t>
@@ -2486,51 +2486,51 @@
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15083.00</t>
+      <t xml:space="preserve">15095.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK116 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK116</t>
@@ -2600,51 +2600,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14318.00</t>
+      <t xml:space="preserve">14332.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK118 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK118</t>
@@ -2657,51 +2657,51 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16375.00</t>
+      <t xml:space="preserve">16389.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK119 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK119</t>
@@ -2771,51 +2771,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15888.00</t>
+      <t xml:space="preserve">15904.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK121 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK121</t>
@@ -2828,51 +2828,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18233.00</t>
+      <t xml:space="preserve">18249.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK122 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK122</t>
@@ -2942,51 +2942,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17732.00</t>
+      <t xml:space="preserve">17750.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK124 \ Стеллаж островной с перфорированной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK124</t>
@@ -2999,51 +2999,51 @@
       <t xml:space="preserve">
 Длина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота основания, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20377.00</t>
+      <t xml:space="preserve">20395.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SK139 \ Стеллаж угловой внутренний с перфорированной стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SK139</t>
@@ -5650,51 +5650,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21.11.2023</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5726,51 +5726,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9001.00</t>
+            <t xml:space="preserve">9007.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK050 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -5848,51 +5848,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9308.00</t>
+            <t xml:space="preserve">9314.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK052 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -5970,51 +5970,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10401.00</t>
+            <t xml:space="preserve">10407.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK054 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -6092,51 +6092,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11551.00</t>
+            <t xml:space="preserve">11557.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK056 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -6152,51 +6152,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9645.00</t>
+            <t xml:space="preserve">9652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6274,51 +6274,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10013.00</t>
+            <t xml:space="preserve">10020.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6396,51 +6396,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11183.00</t>
+            <t xml:space="preserve">11190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6518,51 +6518,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12410.00</t>
+            <t xml:space="preserve">12417.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6580,51 +6580,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10705.00</t>
+            <t xml:space="preserve">10713.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK064 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -6702,51 +6702,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11062.00</t>
+            <t xml:space="preserve">11070.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK066 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -6824,51 +6824,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12376.00</t>
+            <t xml:space="preserve">12384.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK068 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -6946,51 +6946,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13747.00</t>
+            <t xml:space="preserve">13755.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK070 \ Стеллаж с перфорированной задней стенкой</t>
           </r>
@@ -7006,51 +7006,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12053.00</t>
+            <t xml:space="preserve">12062.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7128,51 +7128,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12275.00</t>
+            <t xml:space="preserve">12284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7250,51 +7250,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13739.00</t>
+            <t xml:space="preserve">13748.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7372,51 +7372,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15260.00</t>
+            <t xml:space="preserve">15269.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7494,51 +7494,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12566.00</t>
+            <t xml:space="preserve">12578.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7556,51 +7556,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14469.00</t>
+            <t xml:space="preserve">14481.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK104 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -7678,51 +7678,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13582.00</t>
+            <t xml:space="preserve">13596.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK106 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -7738,51 +7738,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15639.00</t>
+            <t xml:space="preserve">15653.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7860,51 +7860,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15174.00</t>
+            <t xml:space="preserve">15190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7922,51 +7922,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17519.00</t>
+            <t xml:space="preserve">17535.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK110 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -8044,51 +8044,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17288.00</t>
+            <t xml:space="preserve">17306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK112 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -8104,51 +8104,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19933.00</t>
+            <t xml:space="preserve">19951.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8226,51 +8226,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13180.00</t>
+            <t xml:space="preserve">13192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8288,51 +8288,51 @@
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15083.00</t>
+            <t xml:space="preserve">15095.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK116 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -8410,51 +8410,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14318.00</t>
+            <t xml:space="preserve">14332.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK118 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -8470,51 +8470,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16375.00</t>
+            <t xml:space="preserve">16389.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8592,51 +8592,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15888.00</t>
+            <t xml:space="preserve">15904.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8654,51 +8654,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18233.00</t>
+            <t xml:space="preserve">18249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK122 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -8776,51 +8776,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17732.00</t>
+            <t xml:space="preserve">17750.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SK124 \ Стеллаж островной с перфорированной задней стенкой</t>
           </r>
@@ -8836,51 +8836,51 @@
             <t xml:space="preserve">
 Длина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота основания, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20377.00</t>
+            <t xml:space="preserve">20395.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>