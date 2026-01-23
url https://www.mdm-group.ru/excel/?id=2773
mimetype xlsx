--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.04.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Тейбл тенты, Менюхолдеры, Подставки для меню</t>
   </si>
   <si>
     <t>Тейбл тент или Менюхолдер настольный предназначен для демонстрации рекламно-информационной, справочной информации или любой другой печатной продукции на столах в холлах, ресепшнах отелей, в местах ожиданий и любой клиентской зоне. Наиболее часто используются для размещения меню в кафе, барах и ресторанах. Благодаря чему и получили уже устоявшееся на английском названия тейбл тенты и менюхолдеры. Такие подставки для меню размещаются на столах и позволяют посетителям ознакомится с основным или специальным сезонным меню, а также с акциями заведения.
 Стандартные форматы тейбл тентов А5, А4, А3, наиболее распространенная ориентация – вертикальная, но также популярен и горизонтальный вариант использования менюхолдера.
 Тейбл тенты изготовлены из прозрачного акрила, что позволяет показывать информацию с обеих сторон. Конструкция достаточно проста и удобна в использовании, позволяет быстро и легко менять рекламно-информационные материалы.
 У нас вы можете купить тейбл тент оптом и в розницу. На крупные заказы действуют специальные цены. Мы являемся производителями и гарантируем отличное качество наших изделий.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MH-А4 EL \ Подставка под меню А4 (менюхолдер / тейбл тент)</t>
     </r>
     <r>
@@ -92,51 +92,51 @@
       <t xml:space="preserve">
 Материал: прозрачный акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Листовка (или меню) формата А4 загружается сверху. Устойчивое треугольное основание</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">729.00</t>
+      <t xml:space="preserve">744.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MH-А3 \ Подставка под меню А3 (менюхолдер / тейбл тент)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.024.00</t>
@@ -206,51 +206,51 @@
       <t xml:space="preserve">
 Материал: Прозрачный акрил </t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Листовка (или меню) формата А4 загружается сверху. Устойчивое треугольное основание. Поставляется под заказ от 200шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: А3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1467.00</t>
+      <t xml:space="preserve">1496.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MH-А4 KL.BL\ Подставка под меню А4 (менюхолдер / тейбл тент)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PDT.055.TR</t>
@@ -865,51 +865,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.04.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -941,51 +941,51 @@
             <t xml:space="preserve">
 Материал: прозрачный акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Листовка (или меню) формата А4 загружается сверху. Устойчивое треугольное основание</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">729.00</t>
+            <t xml:space="preserve">744.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MH-А3 \ Подставка под меню А3 (менюхолдер / тейбл тент)</t>
           </r>
@@ -1063,51 +1063,51 @@
             <t xml:space="preserve">
 Материал: Прозрачный акрил </t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Листовка (или меню) формата А4 загружается сверху. Устойчивое треугольное основание. Поставляется под заказ от 200шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: А3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1467.00</t>
+            <t xml:space="preserve">1496.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MH-А4 KL.BL\ Подставка под меню А4 (менюхолдер / тейбл тент)</t>
           </r>