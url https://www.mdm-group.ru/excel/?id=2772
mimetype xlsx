--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.10.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Буклетницы напольные и стойки Парус для печатной продукции</t>
   </si>
   <si>
     <t>Буклетница напольная и стойка Парус для печатной продукции – одна из самых популярных напольных перфорированных стоек, используемых для размещения и демонстрации печатной продукции. Зарекомендовали себя как современные, надежные и удобные в применении конструкции.
 У нас в ассортименте представлены два самых востребованных варианта буклетницы Парус: шириной 240 мм и 455 мм. В основе конструкции рекламных стоек используется перфорированный лист с шагом перфорации в 12 мм и гнездами диаметром 5 мм.
 В гнезда напольных рекламных стоек Парус устанавливаются карманы для печатной продукции и рекламных буклетов, фризы для размещения логотипа или другой информации, а также полки и крючки.
 У нас вы можете купить напольные буклетницы Парус оптом и в розницу. На крупные заказы действуют дилерские скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Буклетница Парус</t>
     </r>
     <r>
@@ -96,51 +96,51 @@
       <t xml:space="preserve">
 Ширина, мм: 240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: при заказе от 25 штук могут быть изготовлены по той же цене в цветах по каталогу RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4499.00</t>
+      <t xml:space="preserve">4589.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Буклетница  Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.001.0450.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный металлик</t>
@@ -153,51 +153,51 @@
       <t xml:space="preserve">
 Ширина, мм: 455</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: при заказе от 25 штук могут быть изготовлены по той же цене в цветах по каталогу RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6789.00</t>
+      <t xml:space="preserve">6925.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.002.DBM.9006</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный металлик</t>
@@ -206,51 +206,51 @@
       <t xml:space="preserve">
 Размер: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25, 50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">210.00</t>
+      <t xml:space="preserve">214.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.003.DBM.9006</t>
@@ -263,51 +263,51 @@
       <t xml:space="preserve">
 Размер: А5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">182.00</t>
+      <t xml:space="preserve">186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.004.DBM.9006</t>
@@ -320,96 +320,96 @@
       <t xml:space="preserve">
 Размер: А6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">171.00</t>
+      <t xml:space="preserve">174.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Карман &amp;quot;Визитница&amp;quot; для буклетниц Бриг и Парус</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.005.DBM.9006</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный металлик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109.00</t>
+      <t xml:space="preserve">111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1039,51 +1039,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.10.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1119,51 +1119,51 @@
             <t xml:space="preserve">
 Ширина, мм: 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: при заказе от 25 штук могут быть изготовлены по той же цене в цветах по каталогу RAL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4499.00</t>
+            <t xml:space="preserve">4589.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Буклетница  Парус</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.001.0450.00</t>
           </r>
@@ -1179,51 +1179,51 @@
             <t xml:space="preserve">
 Ширина, мм: 455</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: при заказе от 25 штук могут быть изготовлены по той же цене в цветах по каталогу RAL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6789.00</t>
+            <t xml:space="preserve">6925.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1237,51 +1237,51 @@
             <t xml:space="preserve">
 Размер: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25, 50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">210.00</t>
+            <t xml:space="preserve">214.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Карман для буклетниц Бриг и Парус</t>
           </r>
@@ -1297,51 +1297,51 @@
             <t xml:space="preserve">
 Размер: А5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">182.00</t>
+            <t xml:space="preserve">186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -1359,99 +1359,99 @@
             <t xml:space="preserve">
 Размер: А6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Подходят под шаг перфорации 25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">171.00</t>
+            <t xml:space="preserve">174.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Карман &amp;quot;Визитница&amp;quot; для буклетниц Бриг и Парус</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.005.DBM.9006</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серебряный металлик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>