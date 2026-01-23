--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">05.07.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Буклетницы настенные, карманы для печатной продукции</t>
   </si>
   <si>
     <t>Буклетницы настенные и карманы для печатной продукции – торговое оборудование, представляющее из себя конструкции с накопителями или карманами для полиграфии, имеющее крепление к стене.
 Преимущество настенных буклетниц в том, что они не требуют большого пространства для установки. В тех случаях, когда для напольных стоек нет места, можно установить в помещении буклетницы настенные.
 Карманы для печатной продукции имеют разные форматы, что позволяет использовать буклетницы практически под любой вид полиграфии. Карманы А5 подойдут для открыток и небольших брошюр. В ячейки А4 размещают самую разную печатную продукцию: книги, журналы, каталоги и альбомы. Буклетница А3 формата подойдет для больших журналов и газет.
 У нас вы можете купить буклетницы настенные оптом и в розницу. На крупные заказы действуют дилерские скидки.
 Также смотрте настенные платиковые карманы.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">D-A4-8K \ Буклетница (дисплей) настенная, формат А4, 8 карманов</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 23, формат А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: 8 карманов формата 4А, вертикальный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">990.00</t>
+      <t xml:space="preserve">1010.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">А-24-6 \  Стеллаж для открыток и брошюр</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.016.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -166,51 +166,51 @@
       <t xml:space="preserve">
 Ширина ячеек: 12 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Количество ячеек, шт: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">478.00</t>
+      <t xml:space="preserve">488.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">А-24-10 \ Стеллаж для открыток и брошюр</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.098.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -227,51 +227,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 12 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Количество ячеек, шт: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">699.00</t>
+      <t xml:space="preserve">713.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">А-24-15 \ Стеллаж для открыток и брошюр</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.099.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -288,51 +288,51 @@
       <t xml:space="preserve">
 Высота, мм: 1520</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 17 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Количество ячеек, шт: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1039.00</t>
+      <t xml:space="preserve">1060.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Е001 \ Стеллаж для печатной продукции</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.074.0000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -406,51 +406,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 45 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1899.00</t>
+      <t xml:space="preserve">1937.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ТК-3 \ Стеллаж для печатной продукции</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.092.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -467,51 +467,51 @@
       <t xml:space="preserve">
 Высота, мм: 645</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Формат ячеек: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">499.00</t>
+      <t xml:space="preserve">509.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ТК-3 \ Стеллаж для печатной продукции</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.093.0000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -528,51 +528,51 @@
       <t xml:space="preserve">
 Высота, мм: 645</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Формат ячеек: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">499.00</t>
+      <t xml:space="preserve">509.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">APS-8 \ Стеллаж для печатной продукции</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.027.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -589,51 +589,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 30 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1650.00</t>
+      <t xml:space="preserve">1683.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">APS-8 \ Стеллаж для печатной продукции</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.028.0000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -650,51 +650,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 30 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1650.00</t>
+      <t xml:space="preserve">1683.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ASWK 30 \ Стеллаж для открыток и брошюр</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.031.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -715,51 +715,51 @@
       <t xml:space="preserve">
 Ширина ячеек: 17 и 13 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Количество ячеек, шт: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1790.00</t>
+      <t xml:space="preserve">1826.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1523,51 +1523,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">05.07.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1607,51 +1607,51 @@
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 23, формат А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: 8 карманов формата 4А, вертикальный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">990.00</t>
+            <t xml:space="preserve">1010.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">А-24-6 \  Стеллаж для открыток и брошюр</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.016.WH</t>
           </r>
@@ -1675,51 +1675,51 @@
             <t xml:space="preserve">
 Ширина ячеек: 12 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Количество ячеек, шт: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">478.00</t>
+            <t xml:space="preserve">488.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">А-24-10 \ Стеллаж для открыток и брошюр</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1741,51 +1741,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 12 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Количество ячеек, шт: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">699.00</t>
+            <t xml:space="preserve">713.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">А-24-15 \ Стеллаж для открыток и брошюр</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.099.WH</t>
           </r>
@@ -1805,51 +1805,51 @@
             <t xml:space="preserve">
 Высота, мм: 1520</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 17 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Количество ячеек, шт: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1039.00</t>
+            <t xml:space="preserve">1060.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Е001 \ Стеллаж для печатной продукции</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1931,51 +1931,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 45 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1899.00</t>
+            <t xml:space="preserve">1937.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ТК-3 \ Стеллаж для печатной продукции</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1997,51 +1997,51 @@
             <t xml:space="preserve">
 Высота, мм: 645</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Формат ячеек: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">499.00</t>
+            <t xml:space="preserve">509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ТК-3 \ Стеллаж для печатной продукции</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.093.0000</t>
           </r>
@@ -2061,51 +2061,51 @@
             <t xml:space="preserve">
 Высота, мм: 645</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Формат ячеек: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">499.00</t>
+            <t xml:space="preserve">509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">APS-8 \ Стеллаж для печатной продукции</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2127,51 +2127,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 30 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1650.00</t>
+            <t xml:space="preserve">1683.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">APS-8 \ Стеллаж для печатной продукции</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.028.0000</t>
           </r>
@@ -2191,51 +2191,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 30 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1650.00</t>
+            <t xml:space="preserve">1683.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ASWK 30 \ Стеллаж для открыток и брошюр</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2261,51 +2261,51 @@
             <t xml:space="preserve">
 Ширина ячеек: 17 и 13 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Количество ячеек, шт: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1790.00</t>
+            <t xml:space="preserve">1826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>