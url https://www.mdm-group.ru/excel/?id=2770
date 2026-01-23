--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21.06.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Рекламные стойки для печатной продукции напольные</t>
   </si>
   <si>
     <t>Рекламные стойки напольные – напольное торговое оборудование для торговых точек, выставок, шоурумов и любых других помещений, где необходимо организовать выкладку рекламно-информационной продукции.
 Стойки для печатной продукции обеспечивают удобный доступ посетителей и клиентов к каталогам, рекламных брошюрам, журналам, прайс листам, листовкам и, а также позволяют организовать продажу открыток, газет и книг. В некоторых случаях также используются для демонстрации чулок и колготок, рубашек и других товаров.
 Рекламные стойки очень мобильны и могут быть установлены в любом месте помещения. Для демонстрации открыток наилучшим решением будут вращающиеся стойки.
 Некоторые стойки имеют место для логотипа или других изображений, что позволяет брендировать стойки, указав марку или название компании на стойке.
 Стандартная высота напольных стоек для печатной продукции около 1500 мм. но есть и такие, высота которых чуть меньше метра, такие стойки можно использовать как настольные.
 Рекламные стойки для печатной продукции — недорогой и удобный вид торгового оборудования, эффективный при любых рекламных мероприятиях, где необходимо распространять печатную продукцию.
 У нас вы можете купить рекламную стойку напольную оптом и в розницу. При больших объемах действуют дилерские скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
@@ -99,51 +99,51 @@
       <t xml:space="preserve">
 Ширина, мм: 425</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 31 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2990.00</t>
+      <t xml:space="preserve">3050.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">К010 LB-M \ Стойка рекламная узкая &amp;quot;Офис&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.044.0000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/черный</t>
@@ -156,51 +156,51 @@
       <t xml:space="preserve">
 Ширина, мм: 425</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 31 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2990.00</t>
+      <t xml:space="preserve">3050.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">К010 LB-S-M \ Стойка рекламная широкая &amp;quot;Офис&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.045.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -217,51 +217,51 @@
       <t xml:space="preserve">
 Высота, мм: 1700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 45 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3190.00</t>
+      <t xml:space="preserve">3254.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">К010 LB-S-M \ Стойка рекламная широкая &amp;quot;Офис&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.046.0000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром/черный</t>
@@ -278,51 +278,51 @@
       <t xml:space="preserve">
 Высота, мм: 1700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 45 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3190.00</t>
+      <t xml:space="preserve">3254.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HAL 01 \ Стойка HALO</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.109.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -339,51 +339,51 @@
       <t xml:space="preserve">
 Ширина ячеек: 30 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина ячеек, см: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1840.00</t>
+      <t xml:space="preserve">1877.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HAL 01 \ Стойка HALO</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.109.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром/черный</t>
@@ -400,51 +400,51 @@
       <t xml:space="preserve">
 Высота, мм: 1070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина ячеек: 30 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина ячеек, см: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1840.00</t>
+      <t xml:space="preserve">1877.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ROK01 \ Стойка ROKITA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.096.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -465,51 +465,51 @@
       <t xml:space="preserve">
 Ширина ячеек: 23 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Формат ячеек: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2490.00</t>
+      <t xml:space="preserve">2540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ROK01 \ Стойка ROKITA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.095.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром/черный</t>
@@ -530,51 +530,51 @@
       <t xml:space="preserve">
 Ширина ячеек: 23 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Формат ячеек: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2490.00</t>
+      <t xml:space="preserve">2540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-4 / Стеллаж для печатной продукции</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.010.DBN.9016.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -583,51 +583,51 @@
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 630</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5904.00</t>
+      <t xml:space="preserve">6022.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">А-7 k \ Стеллаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.014.WH</t>
@@ -640,51 +640,51 @@
       <t xml:space="preserve">
 Глубина, мм: 530</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1020</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4940.00</t>
+      <t xml:space="preserve">5039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">АА-36 \ Стеллаж настольный для открыток и брошюр</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.020.WH</t>
@@ -709,51 +709,51 @@
       <t xml:space="preserve">
 Ширина ячеек: 17 и 12 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Количество ячеек, шт: 36</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4870.00</t>
+      <t xml:space="preserve">4967.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">А-29 u \ Стеллаж для печатной продукции &amp;quot;Пихта&amp;quot; с колесами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.117.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -778,51 +778,51 @@
       <t xml:space="preserve">
 Примечание: Аналог A-29 k. Колеса съемные, в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Количество ячеек, шт: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Формат ячеек: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7600.00</t>
+      <t xml:space="preserve">7752.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">А-29 U \ Стеллаж для печатной продукции &amp;quot;Пихта&amp;quot; с колесами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.118.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром/черный</t>
@@ -847,51 +847,51 @@
       <t xml:space="preserve">
 Примечание: Аналог A-29 k. Колеса съемные, в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Количество ячеек, шт: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Формат ячеек: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7680.00</t>
+      <t xml:space="preserve">7834.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AP-1 k \ Стеллаж для печатной продукции</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.025.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -904,51 +904,51 @@
       <t xml:space="preserve">
 Ширина ячеек: 25 и 30 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Количество ячеек, шт: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7590.00</t>
+      <t xml:space="preserve">7742.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AZ-8 \ Стеллаж для открыток и брошюр</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SDP.039.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -961,51 +961,51 @@
       <t xml:space="preserve">
 Ширина ячеек: 17 и 12 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Количество ячеек, шт: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10190.00</t>
+      <t xml:space="preserve">10394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1889,51 +1889,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21.06.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1969,51 +1969,51 @@
             <t xml:space="preserve">
 Ширина, мм: 425</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 31 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2990.00</t>
+            <t xml:space="preserve">3050.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">К010 LB-M \ Стойка рекламная узкая &amp;quot;Офис&amp;quot;</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.044.0000</t>
           </r>
@@ -2029,51 +2029,51 @@
             <t xml:space="preserve">
 Ширина, мм: 425</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 31 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2990.00</t>
+            <t xml:space="preserve">3050.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">К010 LB-S-M \ Стойка рекламная широкая &amp;quot;Офис&amp;quot;</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2095,51 +2095,51 @@
             <t xml:space="preserve">
 Высота, мм: 1700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 45 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3190.00</t>
+            <t xml:space="preserve">3254.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">К010 LB-S-M \ Стойка рекламная широкая &amp;quot;Офис&amp;quot;</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.046.0000</t>
           </r>
@@ -2159,51 +2159,51 @@
             <t xml:space="preserve">
 Высота, мм: 1700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 45 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3190.00</t>
+            <t xml:space="preserve">3254.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HAL 01 \ Стойка HALO</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2225,51 +2225,51 @@
             <t xml:space="preserve">
 Ширина ячеек: 30 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина ячеек, см: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1840.00</t>
+            <t xml:space="preserve">1877.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HAL 01 \ Стойка HALO</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.109.CH</t>
           </r>
@@ -2289,51 +2289,51 @@
             <t xml:space="preserve">
 Высота, мм: 1070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина ячеек: 30 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина ячеек, см: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1840.00</t>
+            <t xml:space="preserve">1877.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ROK01 \ Стойка ROKITA</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2359,51 +2359,51 @@
             <t xml:space="preserve">
 Ширина ячеек: 23 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Формат ячеек: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2490.00</t>
+            <t xml:space="preserve">2540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ROK01 \ Стойка ROKITA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.095.CH</t>
           </r>
@@ -2427,51 +2427,51 @@
             <t xml:space="preserve">
 Ширина ячеек: 23 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Формат ячеек: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2490.00</t>
+            <t xml:space="preserve">2540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A-4 / Стеллаж для печатной продукции</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2485,51 +2485,51 @@
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 630</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5904.00</t>
+            <t xml:space="preserve">6022.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">А-7 k \ Стеллаж</t>
           </r>
@@ -2545,51 +2545,51 @@
             <t xml:space="preserve">
 Глубина, мм: 530</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1020</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4940.00</t>
+            <t xml:space="preserve">5039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2619,51 +2619,51 @@
             <t xml:space="preserve">
 Ширина ячеек: 17 и 12 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Количество ячеек, шт: 36</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4870.00</t>
+            <t xml:space="preserve">4967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">А-29 u \ Стеллаж для печатной продукции &amp;quot;Пихта&amp;quot; с колесами</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.117.WH</t>
           </r>
@@ -2691,51 +2691,51 @@
             <t xml:space="preserve">
 Примечание: Аналог A-29 k. Колеса съемные, в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Количество ячеек, шт: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Формат ячеек: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7600.00</t>
+            <t xml:space="preserve">7752.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">А-29 U \ Стеллаж для печатной продукции &amp;quot;Пихта&amp;quot; с колесами</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2765,51 +2765,51 @@
             <t xml:space="preserve">
 Примечание: Аналог A-29 k. Колеса съемные, в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Количество ячеек, шт: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Формат ячеек: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7680.00</t>
+            <t xml:space="preserve">7834.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AP-1 k \ Стеллаж для печатной продукции</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SDP.025.WH</t>
           </r>
@@ -2825,51 +2825,51 @@
             <t xml:space="preserve">
 Ширина ячеек: 25 и 30 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Количество ячеек, шт: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7590.00</t>
+            <t xml:space="preserve">7742.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AZ-8 \ Стеллаж для открыток и брошюр</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2887,51 +2887,51 @@
             <t xml:space="preserve">
 Ширина ячеек: 17 и 12 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Количество ячеек, шт: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10190.00</t>
+            <t xml:space="preserve">10394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>